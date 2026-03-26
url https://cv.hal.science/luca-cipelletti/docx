--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luca Cipelletti </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress-hardening behaviour of biofilm streamers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Savorana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Redaelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Secchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16, pp.9497. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-64557-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of capillary waves in miscible coflowing fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Carbonaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Savorana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rama Govindarajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (5), pp.054001. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.054001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of spherical mesoporous silica beads with tunable size, stiffness and porosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cavalletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 387, pp.113534. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micromeso.2025.113534⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05077789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing microscopic dynamics in a uni-axially strained polymer network with light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (47), pp.8974-8985. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d5sm00865d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phosphorylation of the F-BAR protein Hof1 drives septin ring splitting in budding yeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maritzaida Varela Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid E Adriaans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra A Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Ibanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Lai-Kee-Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.3383. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-47709-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of molecular damage in crack initiation mechanisms of tough elastomers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sanoja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ciccotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bangguo Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (45), pp.e2410515121. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2410515121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-resolved dynamic light scattering within a millimeter-sized drop: From Brownian diffusion to the swelling of hydrogel beads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (6), pp.064613. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.064613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An advanced light scattering apparatus for investigating soft matter onboard the International Space Station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Galand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Behra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niel Segers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NPJ Microgravity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.115. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41526-024-00455-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phosphorylation of the F-BAR protein Hof1 drives septin ring splitting in budding yeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maritzaida Varela Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Adriaans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Ibanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Lai-Kee-Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.3383. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-47709-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Probing out-of-equilibrium soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irmgard Bischofberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Castañeda-Priego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Cerbino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela del Gado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.1173632. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2023.1173632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft Matter Roadmap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela del Gado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Egelhaaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoming Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolein Dijkstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2515-7639/ad06cc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Early Detection of Crack Propagation Precursors in Delayed Fracture of Soft Elastomers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sanoja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zezhou Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (2), pp.021030. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.13.021030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A double rigidity transition rules the fate of drying colloidal drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (36), pp.6968-6977. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D3SM00625E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified state diagram for the yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-023-02153-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Syp1/FCHo2 protein induces septin filament bundling through its intrinsically disordered domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Ibanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima El Alaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Lai Kee Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Cazevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Hoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (10), pp.111765. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.celrep.2022.111765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04114167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling the volume fraction of glass-forming colloidal suspensions using thermosensitive host “mesogels”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Behra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Thiriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 156 (13), pp.134901. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0086822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous nucleation of creases in swelling polymer gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Sekimoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino Creton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetsuharu Narita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (3), pp.034504. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.105.034504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03856746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multispeckle diffusing wave spectroscopy as a tool to study heterogeneous mechanical behavior in soft solids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Zoellner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetsuharu Narita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino Creton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rheology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 66 (6), pp.1269 - 1283. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1122/8.0000401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taylor Dispersion Analysis and Atomic Force Microscopy Provide a Quantitative Insight into the Aggregation Kinetics of Aβ (1–40)/Aβ (1–42) Amyloid Peptide Mixtures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Deleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Deschaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Bartic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (6), pp.786-795. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acschemneuro.1c00784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03801189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced microscopic dynamics in mucus gels under a mechanical load in the linear viscoelastic regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Larobina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Pommella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian-Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (45), pp.e2103995118. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2103995118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling the Speciation of β-Amyloid Peptides during the Aggregation Process by Taylor Dispersion Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Deleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 93 (16), pp.6523-6533. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.1c00527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultralow effective interfacial tension between miscible molecular fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Carbonaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (7), pp.074001. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.074001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic precursors of failure in soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirsten Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (1), pp.82-93. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9SM01730E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Normal Stress in the Creep Dynamics and Failure of a Biopolymer Gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Pommella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (26), pp.268006. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.268006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing shear-induced rearrangements in Fourier space. I. Dynamic light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.200-212. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8sm01563e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01982836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Space-Resolved Dynamic Light Scattering and Rheometry to Investigate Heterogeneous Flow and Nonaffine Dynamics in Glassy and Jammed Soft Matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Pommella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (3), pp.034073. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.11.034073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-based characterization of polysaccharides by Taylor dispersion analysis with photochemical oxidation or back scattering interferometry detections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phoonthawee Saetear</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chamieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 52 (12), pp.4421-4431. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.macromol.9b00605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03036236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncovering the dynamic precursors to motor-driven contraction of active gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gijsje Koenderink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (42), pp.8552-8565. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9sm01172b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spinning Drop Dynamics in Miscible and Immiscible Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Carbonaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (35), pp.11330-11339. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing shear-induced rearrangements in Fourier space. II. Differential dynamic microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.213-226. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8sm01564c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01982835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-characterization of natural and synthetic polyisoprenes by Taylor dispersion analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bonfils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 66, pp.244-250. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.01.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power law viscoelasticity of a fractal colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rheology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62, pp.1429-1441. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1122/1.5025622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and failure precursors of a gel under mechanical load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 115 (14), pp.3587-3592. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1717403115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic instabilities in miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 30, pp.033001. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-648X/aa9eaa⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transitions in polymorphic materials probed using space-resolved diffusing wave spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dieudonne-George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (31), pp.6439-6448. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8sm00911b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian-Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Galvan-Myoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dieudonné-George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (4), pp.040601. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.97.040601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (1), pp.13-21. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6sm01026a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mucus as an Arrested Phase Separation Gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Larobina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 50 (20), pp.8221-8230. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.macromol.7b00842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stress-controlled shear cell for small-angle light scattering and microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Fromental</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Jelinek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Scientific Instruments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87 (12), pp.123907. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4972253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RheoSpeckle: a new tool to investigate local flow and microscopic dynamics of soft matter under shear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. C. D. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Caton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (12), pp.125902. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/27/12/125902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient scheme for sampling fast dynamics at a low average data acquisition rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Jelinek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (7), pp.075201. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/28/7/075201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonequilibrium Interfacial Tension in Simple and Complex Fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.041057. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.6.041057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new robust estimator of polydispersity from dynamic light scattering data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp 2630-2636. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.5b03584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-resolved diffusing wave spectroscopy measurements of the macroscopic deformation and the microscopic dynamics in tensile strain tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed-Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marguerès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Périé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Lasers in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88, pp.5 - 12. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlaseng.2016.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Biopolymer Degradation by Taylor Dispersion Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chamieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (12), pp.3945-3951. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.5b01260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Depletion, melting and reentrant solidification in mixtures of soft and hard colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Marzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Capone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Marakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Consiglia Merola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (42), pp.8296-8312. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5sm01551k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01236093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of charge polydispersity and charge residence time on the dynamics of a micellar system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamiae Talha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhafid Azougarh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 38, pp.52. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epje/i2015-15052-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Arbitrary Diffusion Coefficient Distributions of nano-Objects by Taylor Dispersion Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 87, pp.8489−8496. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.5b02053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bulk and interfacial stresses in suspensions of soft and hard colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (19), pp.194103. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/27/19/194103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand des superatomes s’ordonnent : la physique des cristaux colloïdaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44-45, pp.86-90. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/20154445086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viscoelasticity of colloidal polycrystals doped with impurities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.032307. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.92.032307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-Equilibrium Surface Tension in Colloidal Suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 112 (12), pp.128303. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.128303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polydispersity analysis of Taylor dispersion data: the cumulant method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 86 (13), pp.6471-6478. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac501115y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microscopic view of the yielding transition in concentrated emulsions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. D. Knowlton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Pine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.6931. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c4sm00531g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticity of a colloidal polycrystal under cyclic shear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 113 (7), pp.078301. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.078301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical cross-linking in physical alginate gels: a rheological and dynamic light scattering investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Larobina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.10005-10015. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3sm52006d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous measurement of the microscopic dynamics and the mesoscopic displacement field in soft systems by speckle imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Maccarrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (19), pp.22353-22366. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.022353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00835048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiangle static and dynamic light scattering in the intermediate scattering angle range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Scientific Instruments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 83 (9), pp.093106. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4751864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grain refinement and partitioning of impurities in the grain boundaries of a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (23), pp.6214-6219. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c2sm25488c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00700912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of nanoparticles embedded in micellar polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28 (22), pp.8562-8570. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la301369z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00705673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-scale relaxation dynamics and aging in a metallic glass probed by X-ray photon correlation spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Ruta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Chushkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Monaco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Pineda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109 (16), pp.165701. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.165701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00743822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and internal stress relaxation in bundled cytoskeletal networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Lieleg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kayser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. R. Bausch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10, pp.236-242. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/NMAT2939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly nonlinear dynamics in a slowly sedimenting colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Piazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 106, pp.118302. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.106.118302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00569378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected spatial distribution of bubble rearrangements in coarsening foams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sessoms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (13), pp.3030. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b926873a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of Individual Diffusion Coefficients in Evolving Binary Mixtures by Taylor Dispersion Analysis: Application to the Monitoring of Polymer Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Matmour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82 (5), pp.1793-1802. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac902397x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subdiffusion and intermittent dynamic fluctuations in the aging regime of concentrated hard spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82, pp.031503. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.82.031503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brambilla et al. Reply to a Comment by J. Reinhardt et al. on &amp;quot;Probing the equilibrium dynamics of colloidal hard spheres above the mode-coupling glass transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 105 (19), pp.199605. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.199605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-long range correlations of the dynamics of jammed soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Maccarrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pravaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ciccotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (21), pp.5514-5522. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c0sm00155d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00495624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brambilla et al. Reply:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 104, pp.169602. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.169602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of a colloid-stabilized cream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. M. Herzig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. D. van 'T Zand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. N. Pusey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 79, pp.011405. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.79.011405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple dynamic regimes in concentrated microgel systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sessoms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irmgard Bischofberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Containing Papers of a Math. or Phys. Character (1896–1934)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 367, pp.5013-5032. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsta.2009.0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic light scattering measurements in the activated regime of dense colloidal hard spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Petekidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Schofield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.P07015. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2009/07/P07015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the equilibrium dynamics of colloidal hard spheres above the mode-coupling glass transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102, pp.085703. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.085703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323231v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-space investigation of the ultraslow ballistic dynamics of a soft glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 79 (1), pp.011501. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.79.011501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving long-range spatial correlations in jammed colloidal systems using photon correlation imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sessoms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102 (8), pp.085702. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.085702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330408v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected drop of dynamical heterogeneities in colloidal suspensions approaching the jamming transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (7), pp.550-554. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphys1000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spinodal Decomposition in a Model Colloid-Polymer Mixture in Microgravity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. E. Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.C. Poon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. J. Christianson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Schofield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Gasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 99, pp.205701. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.205701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00497093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Solid Friction in the Sedimentation of Strongly Attractive Colloidal Gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Condre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.P02010. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2007/02/P02010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00103848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Speckle Imaging Interferometry: a new technique for the analysis of microstructure dynamics, drying processes and coating formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Snabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (23), pp.15250-15259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of $q$-dependent dynamical heterogeneity in a colloidal gel by x-ray photon correlation spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Pitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76 (5), pp.051404. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.76.051404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133792v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Length scale dependence of dynamical heterogeneity in a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 76 (5), pp.972. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/epl/i2006-10357-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00078005v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the slow dynamics and the aging of a soft glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 97, pp.238301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021876v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Experimental Evidence of a Growing Length Scale Accompanying the Glass Transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Biroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-P Bouchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 310 (5755), pp.1797 - 1800. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.1120714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01395308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and noise in time-resolved light scattering experiments: measuring temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluctuation and Noise Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 05 (01), pp.L1-L15. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0219477505002367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Resolved Correlation measurements of temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 72 (5), pp.051401. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.72.051401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00007744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics in glassy soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17, pp.R253-R285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis by the Two-Fluids Model of the Dynamical Behavior of a Viscoelastic Fluid Probed by Dynamic Light Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Appell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregoire Porte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.984-990. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la035678h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00002199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Resolved Correlation: a new tool for studying temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15, pp.S257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Non-diffusive Slow Dynamics in Aging Soft Matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Manley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Pitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.A. Weitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 123, pp.237 - 251. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b204495a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00335185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-diffusion and collective diffusion in a model viscoelastic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel D’humieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Gambin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wladimir Urbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66 (3), pp.031402. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.031402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultraslow dynamics and stress relaxation in the aging of a soft glassy system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 87, pp.245503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00122195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interacting Colloidal Systems, Gels, Glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolf Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Zaccarelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neutrons, X-rays, and Light. Scattering Methods Applied to Soft Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.361-400, 2025, 978-0-443-29116-6. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-29116-6.00001-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static Light Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Glatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter N Pusey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lindner; Julian Oberdisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neutrons, X-rays, and Light. Scattering Methods Applied to Soft Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.183-210, 2024, 978-0-443-29116-6. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-29116-6.00011-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scattering Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Pine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Wiley &amp; Sons; Inc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids, Colloids and Soft Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons; Inc., pp.131-148, 2016, 978-1-119-22051-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glassy dynamics and dynamical heterogeneity in colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Weeks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneities in glasses, colloids, and granular media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.4, 2011, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691470.001.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00712583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for determining the size distribution of a mixture of particles using taylor dispersion, and associated system.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Biron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2014001409A1. L2C:12-396. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00827399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (117)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microscopic view of failure in multiple polymer networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual European Rheology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow out of equilibrium dynamics in ultra-low crosslinked microgel glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Discussion Meeting on Relaxations in Complex Systems (10IDMRCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Politécnica de Catalunya, Jul 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow out of equilibrium dynamics in soft colloidal glasses: the role of gravity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMC 2025 - 9th International Soft Matter Conferencе</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Chania, Crete, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-diffusive dynamics and aging in glassy suspensions of soft particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Petrunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Diffusion in Soft Matter and beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Capri (IT), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotropic compression of colloidal gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network dynamics: Synthesis, structure and mechanical properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CECAM, Feb 2024, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotropic compression of colloidal gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The triple point of failure in glasses and gels: where experiment meets simulation meets theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COLIS: an advanced light scattering apparatus for investigating the structure and dynamics of soft matter onboard the International Space Station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉES DU GDR : Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Fluids and Flows</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microscopic view of failure in multiple polymer networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium SMMP6 (Statistical physics of disordered matter), JMC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affine hierarchical compaction of drying beads of colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual European Rheology Conference (AERC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic Degradation of Biopolymers:A combined Light Scattering - Fluorescence study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Ruzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Antoine Assor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bouchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. SoftComp Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photon correlation imaging of polymer network fracture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network dynamics: Synthesis, structure and mechanical properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Les Houches School of Physics, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified state diagram for the yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CompFlu 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Chennai, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying drops of colloidal suspension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Comp Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Ancona, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrimer-inspired hydrogels made of DNA with tunable dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Bourdonnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Merindol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUPOC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bertinoro, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The network hardening of drying beads of colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Rheology Conference (IRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glassy dynamics of ultralow cross-linked PNIPAM microgels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niel Segers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GdR Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The colloidal glass transition rules the onset of shape instability in drying colloidal drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Rheology Conference (IRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photon correlation imaging of polymer network fracture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftComp Annual Meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Ancona (IT), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling the reorganization dynamics of vitrimer inspired DNA hydrogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Merindol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Bourdonnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Comunal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIS 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying Drops of Colloidal Suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloid and Interface Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying drops of colloidal suspension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLAMM Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing Simultaneously the Mechanical Properties and Microscopic Dynamics of Soft Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 Boulder Workshop on Soft &amp; Active Matter Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the ISS Colloidal solids experiments: sample synthesis and setup tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Iacquinta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Behra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the GdR MFA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified state diagram for the yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Soft Matter Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Poznan, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To be (linear) or not to be (linear)? Mucus dynamics under strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Probing out of equilibrium soft matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying beads of colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SLAMM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics in driven network-forming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Liquid Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yielding of Soft Colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV International Workshop on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Andalo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why soft solids fail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Soft Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unjamming transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Micropesanteur Fondamentale et Appliquée,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and failure precursors during the creep of a colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APS, Mar 2018, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glass transition of soft Colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Galvan-Myoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dieudonne-George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual European Rheology Conference - AERC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Sorrento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and failure precursors of a gel under mechanical load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Non-linear Mechanics and Rheology of Dense Suspensions: Nanoscale Structure to Macroscopic Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KITP, Jan 2018, Santa Barbara, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glass transition in soft matter: does softness matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours de haut niveau de l’Institut de Physique de Rennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.: Static Light Scattering. II.: Gels & Glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Summer School on “Scattering methods applied to soft condensed matter”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Bombannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoscale reversibility and non-linear effects in polymer nanocomposites under strain cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Banc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SLAMM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final Meeting Colldense 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics in polymer systems under tensile stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Indian meeting on plasticity and rheology in amorphous solids, in connection with glassy dyna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure precursors in the dynamics of a colloidal gel under creep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rheology of Gel Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glass transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IDMRCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Wisla, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-equilibrium interfacial tension in simple and complex fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft matter at interfaces 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Ringberg Castle, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure precursors in the dynamics of a colloidal gel under creep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics of polymer samples under tensile stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on Nonlinear Response in Complex Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Primošten, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in driven colloidal and polymer suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIth International Congress on Rheology - 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in driven colloidal and polymer suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micromast, 1st International Conference on Multiscale Applications of Surface Tension</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and macroscopic rheology in a semi-crystalline polymer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multiscale Materials Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheology, microscopic dynamics and material failure in the creep of a colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloidal, Macromolecular &amp; Biological Gels: Formulation, Properties &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Schloss Hernstein, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension between miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in colloidal and polymer suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloid and Interface Society conference - ECIS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics of colloidal gels: from spontaneous anomalous relaxations to stress-induced creep and failure.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arrested gels: dynamics, structure and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viscosity and Microscopic Dynamics in Concentrated Suspensions of Colloidal Microgels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viscous Liquids IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique microscopique, viscosité et diffusion dans les suspensions colloïdales concentrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Balaruc, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précurseurs microscopiques de fracture dans les solides amorphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03444608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off equilibrium surface tension between miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la fédération Matière Molle de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal metallurgy: structure and mechanical properties of a model colloidal system as an analog of atomic polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Softcomp ESMI Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Rimini, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00831514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-dependent plasticity in a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles NEEDS - MILIEUX POREUX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viscosité et dynamique microscopique dans les suspensions colloïdales concentrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reunion GdR Micropesanteur Fondamentale et Appliquee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-Scale Relaxation Dynamics and Aging in a Metallic Glass Probed by X-Ray Photon Correlation Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Ruta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Chushkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Monaco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International symposium on slow dynamics in complex systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Sendai, Japan. pp.1518, </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4794566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glassy dynamics of grain boundaries in a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Physics of Amorphous Solids: Understanding Smart Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Tel Aviv, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notions de base sur la diffusion de la lumière et application à l'étude des interactions entre diffuseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème ECOLE PRATIQUE D'ETE LABEX CHEMISYST - POLE CHIMIE BALARD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and plasticity of a block copolymer-nanoparticle composite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecules in constrained environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of colloidal gels and glasses under gravitational stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Complex Colloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Length scale dependent aging and plasticity of a colloidal polycrystal under oscillatory shear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR AMC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Sete, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equilibrium concentration profiles and sedimentation kinetics of colloidal gels under gravitational stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Secchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Piazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eight Liquid Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienna, Austria. pp.284103, </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/24/28/284103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supradiffusive dynamics: from metallic glasses to actin networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex transport in strongly interacting systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentation dans les melanges binaires de spheres dures colloidales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR MFA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Porticcio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00732743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of time- and space resolved dynamic light scattering methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRC Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Noordwijk, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging and stress relaxation in an actin network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging of Engineering Materials: a Computational Approach to Durability and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00662701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusing Wave Spectroscopy: sonder les propriétés de produits turbides par diffusion de la lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15 Journées de la Formulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroscopic sedimentation and microscopic dynamics in colloidal gels under gravitational stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly nonlinear dynamics in a slowly sedimenting colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Piazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Liquid Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00610242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yielding in concentrated emulsions: a light microscopy investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MultiScale Modelling of Amorphous Materials: from Structure to Mechanical Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous slow dynamics and internal stress relaxation in glassy and jammed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Luis Potosi, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of glassy and jammed colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mini-Workshop on Glasses Recent experimental results and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sédimentation de gels colloïdaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Secchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Piazza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Microgravité Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic heterogeneity in hard spheres and other jammed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Luis Potosi, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-confinement in self-made web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Rheology and Structural Design of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-controlled confinement of nanoparticles in the web of grain boundaries of a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Liquid Matter Conference 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00637578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COLLOIDS project: Current research and microgravity experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FOAM-C instrument utilisation meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00564878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of supercooled and glassy hard spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Luis Potosi, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and jamming in colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second international Workshop on soft condensed matter physics and biological systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Fes, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity in the glass and jamming transitions of soft systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Research Course on New X-Ray Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous dynamics in jammed soft matter and its implication for microrheology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AERC 2010, 6th Annual European Rheology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Goteborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yielding in concentrated emulsions: a light microscopy investigation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Pine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Knowlton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th World Congress on Emulsions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and jamming in colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formula VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Heterogeneity and Relaxation Time Very Close to Dynamic Arrest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and jamming in colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Delivery of functionality in complex food systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing slow dynamics in soft matter with XPCS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on the Materials Imaging and Dynamics Instrument at the European XFEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the equilibrium dynamics of colloidal hard spheres above the mode-coupling glass transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CECAM Workshop New Trends in Simulating Colloids: from Models to Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing dynamical heterogeneity by XPCS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coherence Beamline at Petra III: User Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal hard spheres : is there a glass transition below random close packing ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final meeting of the MCRTN "Arrested Matter"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Taormina, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging foam dynamics using space and time resolved diffusinf wave spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eufoam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Estec, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentation of an attractive colloidal gel : time dependence of concentration and velocity profiles and local dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59 th International astronautical congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hard Spheres : is there a glass transition Below Random Close Packing ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34 th New England Complex Fluids Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, New Haven, USA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected drop of dynamical heterogeneities in colloidal suspensions approaching the jamming transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneities in glasses, colloids and granular media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Leiden, Netherland, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A space and time resolved look into the dynamics of a 3D foam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Mousses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Mousses, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow relaxations in soft glassy materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIT 2007 Franco-Israeli trands in soft matter, biophysics and microfluidics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Biarritz, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity at the jamming transition of soft materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Focus meeting in the framework of “Entropy Production, Transport, Chaos and Turbulence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des hétérogénéités dynamiques dans la relaxation lente de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEA Saclay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity in the slow relaxation of a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Institut für Röntgenphysic (Institute for X-Ray Physics)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Göttingen University, 2007, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressed&amp;quot; exponential relaxations in soft glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flow in Glassy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hétérogénéités dynamiques dans la relaxation de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire du Futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique spatialement et temporellement hétérogène dans la relaxation lente de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire de physique, ENS Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity in the slow relaxation of a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of physics, soft condensed matter group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fribourg University, 2007, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal heterogeneity and spatial correlation of the slow dynamics of soft glassy systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regine Perzynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st conference of European colloid and interface society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity at the jamming transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and spatial correlation in the dynamics of soft glassy materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal heterogeneity and spatial correlation of the slow dynamics of soft glassy materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">81 St ACS Colloid &amp; Surface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Newark, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hétérogénéités dynamiques dans la relaxation de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire de physique des solides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Sud, 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous dynamics: contribution of noise in TRC light scattering - going beyond TRC: space and time resolved light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of physics, soft condensed matter group, Fribourg University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial correlations and temporal heterogeneity of the slow dynamics of a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes journées de la matière condensée de la société française de physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for analogy between molecular and colloidal glasses: Aging behavior and dynamic susceptibility.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ee Pashkovski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">229th National Meeting of the American-Chemical-Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, San Diego, United States. pp.U652</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneities in jammed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of physics, soft condensed matter group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and noise in time-resolved light scattering experiments: Measuring temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on fluctuations and noise in materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Maspalomas, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and noise in time-resolved light scattering experiments: measuring temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Fluctuations and Noise in Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, National High Magnetic Field Laboratory. Floride, USA., May 2004, Maspaloma, Spain. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.546342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique lente et hétérogénéités temporelles dans un système micellaire concentré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées jeunes chercheurs. Société française de chimie du Languedoc Roussillon.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02916072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId499"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luca Cipelletti </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of capillary waves in miscible coflowing fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Carbonaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Savorana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rama Govindarajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (5), pp.054001. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.054001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of spherical mesoporous silica beads with tunable size, stiffness and porosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ahmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cavalletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 387, pp.113534. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micromeso.2025.113534⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05077789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress-hardening behaviour of biofilm streamers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Savorana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Redaelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Secchi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16, pp.9497. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-64557-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing microscopic dynamics in a uni-axially strained polymer network with light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (47), pp.8974-8985. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d5sm00865d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phosphorylation of the F-BAR protein Hof1 drives septin ring splitting in budding yeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maritzaida Varela Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid E Adriaans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra A Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Ibanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Lai-Kee-Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.3383. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-47709-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-resolved dynamic light scattering within a millimeter-sized drop: From Brownian diffusion to the swelling of hydrogel beads</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (6), pp.064613. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.064613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An advanced light scattering apparatus for investigating soft matter onboard the International Space Station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Galand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Behra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niel Segers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NPJ Microgravity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (1), pp.115. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41526-024-00455-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of molecular damage in crack initiation mechanisms of tough elastomers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sanoja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ciccotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bangguo Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (45), pp.e2410515121. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2410515121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04800400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phosphorylation of the F-BAR protein Hof1 drives septin ring splitting in budding yeast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maritzaida Varela Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Adriaans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Ibanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Lai-Kee-Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.3383. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-47709-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Probing out-of-equilibrium soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irmgard Bischofberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramón Castañeda-Priego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Cerbino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela del Gado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.1173632. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2023.1173632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft Matter Roadmap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela del Gado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Egelhaaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoming Mao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolein Dijkstra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2515-7639/ad06cc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Early Detection of Crack Propagation Precursors in Delayed Fracture of Soft Elastomers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Sanoja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zezhou Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (2), pp.021030. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.13.021030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04242193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified state diagram for the yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41567-023-02153-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A double rigidity transition rules the fate of drying colloidal drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (36), pp.6968-6977. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D3SM00625E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Syp1/FCHo2 protein induces septin filament bundling through its intrinsically disordered domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Ibanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima El Alaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Lai Kee Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Cazevieille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Hoh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (10), pp.111765. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.celrep.2022.111765⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04114167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling the volume fraction of glass-forming colloidal suspensions using thermosensitive host “mesogels”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Behra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambre Thiriez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 156 (13), pp.134901. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0086822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous nucleation of creases in swelling polymer gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Sekimoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino Creton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetsuharu Narita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 105 (3), pp.034504. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.105.034504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03856746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multispeckle diffusing wave spectroscopy as a tool to study heterogeneous mechanical behavior in soft solids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jianzhu Ju</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Zoellner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetsuharu Narita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino Creton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rheology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 66 (6), pp.1269 - 1283. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1122/8.0000401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taylor Dispersion Analysis and Atomic Force Microscopy Provide a Quantitative Insight into the Aggregation Kinetics of Aβ (1–40)/Aβ (1–42) Amyloid Peptide Mixtures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Deleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Deschaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Bartic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (6), pp.786-795. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acschemneuro.1c00784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03801189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced microscopic dynamics in mucus gels under a mechanical load in the linear viscoelastic regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Larobina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Pommella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian-Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (45), pp.e2103995118. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2103995118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling the Speciation of β-Amyloid Peptides during the Aggregation Process by Taylor Dispersion Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Deleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émilie Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 93 (16), pp.6523-6533. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.1c00527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultralow effective interfacial tension between miscible molecular fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Carbonaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (7), pp.074001. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.074001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic precursors of failure in soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirsten Martens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 16 (1), pp.82-93. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9SM01730E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Normal Stress in the Creep Dynamics and Failure of a Biopolymer Gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Pommella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (26), pp.268006. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.268006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing shear-induced rearrangements in Fourier space. I. Dynamic light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.200-212. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8sm01563e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01982836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-based characterization of polysaccharides by Taylor dispersion analysis with photochemical oxidation or back scattering interferometry detections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phoonthawee Saetear</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chamieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 52 (12), pp.4421-4431. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.macromol.9b00605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03036236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Space-Resolved Dynamic Light Scattering and Rheometry to Investigate Heterogeneous Flow and Nonaffine Dynamics in Glassy and Jammed Soft Matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelo Pommella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (3), pp.034073. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.11.034073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03029048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncovering the dynamic precursors to motor-driven contraction of active gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gijsje Koenderink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (42), pp.8552-8565. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9sm01172b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spinning Drop Dynamics in Miscible and Immiscible Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Carbonaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 35 (35), pp.11330-11339. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing shear-induced rearrangements in Fourier space. II. Differential dynamic microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15 (2), pp.213-226. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8sm01564c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01982835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-characterization of natural and synthetic polyisoprenes by Taylor dispersion analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bonfils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 66, pp.244-250. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.01.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power law viscoelasticity of a fractal colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Rheology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62, pp.1429-1441. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1122/1.5025622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01889803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and failure precursors of a gel under mechanical load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 115 (14), pp.3587-3592. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.1717403115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01904079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamic instabilities in miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 30, pp.033001. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-648X/aa9eaa⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase transitions in polymorphic materials probed using space-resolved diffusing wave spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dieudonne-George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (31), pp.6439-6448. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8sm00911b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian-Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Galvan-Myoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dieudonné-George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (4), pp.040601. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.97.040601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mucus as an Arrested Phase Separation Gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Larobina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 50 (20), pp.8221-8230. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.macromol.7b00842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (1), pp.13-21. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6sm01026a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A stress-controlled shear cell for small-angle light scattering and microscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Fromental</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Jelinek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Scientific Instruments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 87 (12), pp.123907. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4972253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RheoSpeckle: a new tool to investigate local flow and microscopic dynamics of soft matter under shear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. C. D. Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Caton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (12), pp.125902. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/27/12/125902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient scheme for sampling fast dynamics at a low average data acquisition rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Jelinek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Prevot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (7), pp.075201. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/28/7/075201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonequilibrium Interfacial Tension in Simple and Complex Fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.041057. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.6.041057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new robust estimator of polydispersity from dynamic light scattering data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp 2630-2636. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.5b03584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space-resolved diffusing wave spectroscopy measurements of the macroscopic deformation and the microscopic dynamics in tensile strain tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed-Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marguerès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Périé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Lasers in Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88, pp.5 - 12. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optlaseng.2016.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Biopolymer Degradation by Taylor Dispersion Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Chamieh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (12), pp.3945-3951. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.5b01260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01407655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Depletion, melting and reentrant solidification in mixtures of soft and hard colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Marzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Capone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Marakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Consiglia Merola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (42), pp.8296-8312. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5sm01551k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01236093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bulk and interfacial stresses in suspensions of soft and hard colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (19), pp.194103. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/27/19/194103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of charge polydispersity and charge residence time on the dynamics of a micellar system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamiae Talha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Filali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhafid Azougarh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 38, pp.52. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epje/i2015-15052-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Arbitrary Diffusion Coefficient Distributions of nano-Objects by Taylor Dispersion Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 87, pp.8489−8496. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.analchem.5b02053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand des superatomes s’ordonnent : la physique des cristaux colloïdaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reflets de la Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44-45, pp.86-90. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/refdp/20154445086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viscoelasticity of colloidal polycrystals doped with impurities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92, pp.032307. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.92.032307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-Equilibrium Surface Tension in Colloidal Suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 112 (12), pp.128303. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.128303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microscopic view of the yielding transition in concentrated emulsions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. D. Knowlton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Pine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.6931. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c4sm00531g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polydispersity analysis of Taylor dispersion data: the cumulant method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 86 (13), pp.6471-6478. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac501115y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasticity of a colloidal polycrystal under cyclic shear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 113 (7), pp.078301. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.078301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical cross-linking in physical alginate gels: a rheological and dynamic light scattering investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Larobina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.10005-10015. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3sm52006d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous measurement of the microscopic dynamics and the mesoscopic displacement field in soft systems by speckle imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Maccarrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Caroff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (19), pp.22353-22366. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.022353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00835048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiangle static and dynamic light scattering in the intermediate scattering angle range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Scientific Instruments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 83 (9), pp.093106. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4751864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00725045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grain refinement and partitioning of impurities in the grain boundaries of a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (23), pp.6214-6219. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c2sm25488c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00700912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of nanoparticles embedded in micellar polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 28 (22), pp.8562-8570. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la301369z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00705673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-scale relaxation dynamics and aging in a metallic glass probed by X-ray photon correlation spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Ruta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Chushkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Monaco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Pineda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109 (16), pp.165701. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.165701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00743822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and internal stress relaxation in bundled cytoskeletal networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Lieleg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kayser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. R. Bausch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10, pp.236-242. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/NMAT2939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly nonlinear dynamics in a slowly sedimenting colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Piazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 106, pp.118302. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.106.118302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00569378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected spatial distribution of bubble rearrangements in coarsening foams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sessoms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (13), pp.3030. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b926873a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of Individual Diffusion Coefficients in Evolving Binary Mixtures by Taylor Dispersion Analysis: Application to the Monitoring of Polymer Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Biron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Matmour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82 (5), pp.1793-1802. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ac902397x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00554396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subdiffusion and intermittent dynamic fluctuations in the aging regime of concentrated hard spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82, pp.031503. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.82.031503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00522291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brambilla et al. Reply to a Comment by J. Reinhardt et al. on &amp;quot;Probing the equilibrium dynamics of colloidal hard spheres above the mode-coupling glass transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 105 (19), pp.199605. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.199605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-long range correlations of the dynamics of jammed soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Maccarrone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pravaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ciccotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6 (21), pp.5514-5522. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c0sm00155d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00495624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brambilla et al. Reply:</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 104, pp.169602. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.169602⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple dynamic regimes in concentrated microgel systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sessoms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irmgard Bischofberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society of London. Series A, Containing Papers of a Math. or Phys. Character (1896–1934)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 367, pp.5013-5032. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsta.2009.0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic light scattering measurements in the activated regime of dense colloidal hard spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Petekidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Schofield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.P07015. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2009/07/P07015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the equilibrium dynamics of colloidal hard spheres above the mode-coupling glass transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Pierno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102, pp.085703. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.085703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323231v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of a colloid-stabilized cream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. M. Herzig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. D. van 'T Zand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. N. Pusey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 79, pp.011405. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.79.011405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00512105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-space investigation of the ultraslow ballistic dynamics of a soft glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 79 (1), pp.011501. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.79.011501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resolving long-range spatial correlations in jammed colloidal systems using photon correlation imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David A. Sessoms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 102 (8), pp.085702. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.085702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00330408v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected drop of dynamical heterogeneities in colloidal suspensions approaching the jamming transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 4 (7), pp.550-554. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphys1000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Solid Friction in the Sedimentation of Strongly Attractive Colloidal Gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Condre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.P02010. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2007/02/P02010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00103848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spinodal Decomposition in a Model Colloid-Polymer Mixture in Microgravity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. E. Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W.C. Poon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. J. Christianson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.B. Schofield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Gasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 99, pp.205701. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.205701⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00497093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Speckle Imaging Interferometry: a new technique for the analysis of microstructure dynamics, drying processes and coating formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Brun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Snabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (23), pp.15250-15259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00185095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of $q$-dependent dynamical heterogeneity in a colloidal gel by x-ray photon correlation spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Pitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 76 (5), pp.051404. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.76.051404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133792v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Length scale dependence of dynamical heterogeneity in a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 76 (5), pp.972. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/epl/i2006-10357-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00078005v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of the slow dynamics and the aging of a soft glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 97, pp.238301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00021876v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Experimental Evidence of a Growing Length Scale Accompanying the Glass Transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Biroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-P Bouchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M El Masri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 310 (5755), pp.1797 - 1800. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.1120714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01395308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Resolved Correlation measurements of temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 72 (5), pp.051401. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.72.051401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00007744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and noise in time-resolved light scattering experiments: measuring temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluctuation and Noise Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 05 (01), pp.L1-L15. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0219477505002367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics in glassy soft matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17, pp.R253-R285</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis by the Two-Fluids Model of the Dynamical Behavior of a Viscoelastic Fluid Probed by Dynamic Light Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Appell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregoire Porte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 20, pp.984-990. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la035678h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00002199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Resolved Correlation: a new tool for studying temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Mazoyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15, pp.S257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Non-diffusive Slow Dynamics in Aging Soft Matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Manley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Pitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.A. Weitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 123, pp.237 - 251. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b204495a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00335185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-diffusion and collective diffusion in a model viscoelastic system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel D’humieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Gambin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wladimir Urbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 66 (3), pp.031402. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.66.031402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04551165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultraslow dynamics and stress relaxation in the aging of a soft glassy system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 87, pp.245503</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00122195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interacting Colloidal Systems, Gels, Glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolf Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emanuela Zaccarelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neutrons, X-rays, and Light. Scattering Methods Applied to Soft Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.361-400, 2025, 978-0-443-29116-6. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-29116-6.00001-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static Light Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otto Glatter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter N Pusey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lindner; Julian Oberdisse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neutrons, X-rays, and Light. Scattering Methods Applied to Soft Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.183-210, 2024, 978-0-443-29116-6. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-29116-6.00011-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04854416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scattering Techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. J. Pine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Wiley &amp; Sons; Inc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluids, Colloids and Soft Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons; Inc., pp.131-148, 2016, 978-1-119-22051-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glassy dynamics and dynamical heterogeneity in colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Weeks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneities in glasses, colloids, and granular media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.4, 2011, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199691470.001.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00712583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for determining the size distribution of a mixture of particles using taylor dispersion, and associated system.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Cottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Biron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2014001409A1. L2C:12-396. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00827399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (117)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microscopic view of failure in multiple polymer networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual European Rheology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow out of equilibrium dynamics in ultra-low crosslinked microgel glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Discussion Meeting on Relaxations in Complex Systems (10IDMRCS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Politécnica de Catalunya, Jul 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow out of equilibrium dynamics in soft colloidal glasses: the role of gravity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMC 2025 - 9th International Soft Matter Conferencе</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Chania, Crete, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-diffusive dynamics and aging in glassy suspensions of soft particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei Petrunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Diffusion in Soft Matter and beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Capri (IT), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05268687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotropic compression of colloidal gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network dynamics: Synthesis, structure and mechanical properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CECAM, Feb 2024, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isotropic compression of colloidal gels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The triple point of failure in glasses and gels: where experiment meets simulation meets theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Fluids and Flows</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COLIS: an advanced light scattering apparatus for investigating the structure and dynamics of soft matter onboard the International Space Station</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉES DU GDR : Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microscopic view of failure in multiple polymer networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium SMMP6 (Statistical physics of disordered matter), JMC 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affine hierarchical compaction of drying beads of colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual European Rheology Conference (AERC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Leeds, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic Degradation of Biopolymers:A combined Light Scattering - Fluorescence study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Ruzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Antoine Assor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bouchoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. SoftComp Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photon correlation imaging of polymer network fracture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network dynamics: Synthesis, structure and mechanical properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Les Houches School of Physics, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified state diagram for the yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CompFlu 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Chennai, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying drops of colloidal suspension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Comp Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Ancona, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitrimer-inspired hydrogels made of DNA with tunable dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Bourdonnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Merindol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUPOC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bertinoro, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The network hardening of drying beads of colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Rheology Conference (IRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photon correlation imaging of polymer network fracture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas H P Orr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftComp Annual Meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Ancona (IT), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05386113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glassy dynamics of ultralow cross-linked PNIPAM microgels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rajam Elancheliyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niel Segers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GdR Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The colloidal glass transition rules the onset of shape instability in drying colloidal drops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Rheology Conference (IRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling the reorganization dynamics of vitrimer inspired DNA hydrogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Merindol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Bourdonnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Comunal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIS 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Naples, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying drops of colloidal suspension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLAMM Industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying Drops of Colloidal Suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloid and Interface Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing Simultaneously the Mechanical Properties and Microscopic Dynamics of Soft Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 Boulder Workshop on Soft &amp; Active Matter Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the ISS Colloidal solids experiments: sample synthesis and setup tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Iacquinta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Behra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ty Phou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the GdR MFA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified state diagram for the yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Pine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Soft Matter Conference 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Poznan, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To be (linear) or not to be (linear)? Mucus dynamics under strain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Probing out of equilibrium soft matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drying beads of colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ligoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SLAMM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics in driven network-forming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Liquid Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yielding of Soft Colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV International Workshop on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Andalo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why soft solids fail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Soft Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04858983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unjamming transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Micropesanteur Fondamentale et Appliquée,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and failure precursors during the creep of a colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APS, Mar 2018, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glass transition of soft Colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Galvan-Myoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Dieudonne-George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual European Rheology Conference - AERC 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Sorrento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and failure precursors of a gel under mechanical load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Non-linear Mechanics and Rheology of Dense Suspensions: Nanoscale Structure to Macroscopic Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KITP, Jan 2018, Santa Barbara, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.: Static Light Scattering. II.: Gels & Glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Summer School on “Scattering methods applied to soft condensed matter”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Bombannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glass transition in soft matter: does softness matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours de haut niveau de l’Institut de Physique de Rennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoscale reversibility and non-linear effects in polymer nanocomposites under strain cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Banc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Marie Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR SLAMM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Hyères, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The yielding transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final Meeting Colldense 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics in polymer systems under tensile stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Indian meeting on plasticity and rheology in amorphous solids, in connection with glassy dyna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glass transition of soft colloids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IDMRCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Wisla, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure precursors in the dynamics of a colloidal gel under creep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rheology of Gel Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-equilibrium interfacial tension in simple and complex fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft matter at interfaces 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Ringberg Castle, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure precursors in the dynamics of a colloidal gel under creep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics of polymer samples under tensile stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Workshop on Nonlinear Response in Complex Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Primošten, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in driven colloidal and polymer suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micromast, 1st International Conference on Multiscale Applications of Surface Tension</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Brussels, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics and macroscopic rheology in a semi-crystalline polymer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multiscale Materials Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in driven colloidal and polymer suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIth International Congress on Rheology - 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheology, microscopic dynamics and material failure in the creep of a colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Aime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloidal, Macromolecular &amp; Biological Gels: Formulation, Properties &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Schloss Hernstein, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension between miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off-equilibrium surface tension in colloidal and polymer suspensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Colloid and Interface Society conference - ECIS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic dynamics of colloidal gels: from spontaneous anomalous relaxations to stress-induced creep and failure.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arrested gels: dynamics, structure and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viscosity and Microscopic Dynamics in Concentrated Suspensions of Colloidal Microgels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viscous Liquids IV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01285519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique microscopique, viscosité et diffusion dans les suspensions colloïdales concentrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Micropesanteur Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Balaruc, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Précurseurs microscopiques de fracture dans les solides amorphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Med Yassine Nagazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03444608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Off equilibrium surface tension between miscible fluids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Truzzolillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la fédération Matière Molle de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-dependent plasticity in a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles NEEDS - MILIEUX POREUX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viscosité et dynamique microscopique dans les suspensions colloïdales concentrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reunion GdR Micropesanteur Fondamentale et Appliquee</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal metallurgy: structure and mechanical properties of a model colloidal system as an analog of atomic polycrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Softcomp ESMI Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Rimini, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00831514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glassy dynamics of grain boundaries in a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Physics of Amorphous Solids: Understanding Smart Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Tel Aviv, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-Scale Relaxation Dynamics and Aging in a Metallic Glass Probed by X-Ray Photon Correlation Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Ruta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Chushkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulio Monaco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International symposium on slow dynamics in complex systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Sendai, Japan. pp.1518, </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4794566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00799940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notions de base sur la diffusion de la lumière et application à l'étude des interactions entre diffuseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème ECOLE PRATIQUE D'ETE LABEX CHEMISYST - POLE CHIMIE BALARD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00839375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and plasticity of a block copolymer-nanoparticle composite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecules in constrained environments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of colloidal gels and glasses under gravitational stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Complex Colloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Length scale dependent aging and plasticity of a colloidal polycrystal under oscillatory shear</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR AMC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Sete, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00874403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equilibrium concentration profiles and sedimentation kinetics of colloidal gels under gravitational stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Secchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Piazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eight Liquid Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienna, Austria. pp.284103, </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/24/28/284103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00675086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supradiffusive dynamics: from metallic glasses to actin networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex transport in strongly interacting systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentation dans les melanges binaires de spheres dures colloidales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Roger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR MFA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Porticcio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00732743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aging and stress relaxation in an actin network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging of Engineering Materials: a Computational Approach to Durability and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00662701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of time- and space resolved dynamic light scattering methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TRC Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Noordwijk, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00656477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusing Wave Spectroscopy: sonder les propriétés de produits turbides par diffusion de la lumière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15 Journées de la Formulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly nonlinear dynamics in a slowly sedimenting colloidal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Piazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Berthier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Liquid Matter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00610242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yielding in concentrated emulsions: a light microscopy investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MultiScale Modelling of Amorphous Materials: from Structure to Mechanical Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous slow dynamics and internal stress relaxation in glassy and jammed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Luis Potosi, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of glassy and jammed colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mini-Workshop on Glasses Recent experimental results and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00582440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sédimentation de gels colloïdaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Buzzaccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonora Secchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Piazza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion GdR Microgravité Fondamentale et Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00636119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroscopic sedimentation and microscopic dynamics in colloidal gels under gravitational stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic heterogeneity in hard spheres and other jammed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Luis Potosi, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-confinement in self-made web</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Rheology and Structural Design of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-controlled confinement of nanoparticles in the web of grain boundaries of a colloidal polycrystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neda Ghofraniha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Tamborini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Oberdisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Ramos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Liquid Matter Conference 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00637578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COLLOIDS project: Current research and microgravity experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FOAM-C instrument utilisation meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00564878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The dynamics of supercooled and glassy hard spheres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIV Meeting on the Science and Technology of Complex Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, St Luis Potosi, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00612107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and jamming in colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second international Workshop on soft condensed matter physics and biological systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Fes, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity in the glass and jamming transitions of soft systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IX Research Course on New X-Ray Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous dynamics in jammed soft matter and its implication for microrheology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AERC 2010, 6th Annual European Rheology Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Goteborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yielding in concentrated emulsions: a light microscopy investigation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David J. Pine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Knowlton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th World Congress on Emulsions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and jamming in colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formula VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Heterogeneity and Relaxation Time Very Close to Dynamic Arrest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the equilibrium dynamics of colloidal hard spheres above the mode-coupling glass transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CECAM Workshop New Trends in Simulating Colloids: from Models to Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow dynamics and jamming in colloidal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Delivery of functionality in complex food systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing slow dynamics in soft matter with XPCS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on the Materials Imaging and Dynamics Instrument at the European XFEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing dynamical heterogeneity by XPCS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coherence Beamline at Petra III: User Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Hambourg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal hard spheres : is there a glass transition below random close packing ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Final meeting of the MCRTN "Arrested Matter"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Taormina, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging foam dynamics using space and time resolved diffusinf wave spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eufoam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Estec, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentation of an attractive colloidal gel : time dependence of concentration and velocity profiles and local dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59 th International astronautical congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hard Spheres : is there a glass transition Below Random Close Packing ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34 th New England Complex Fluids Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, New Haven, USA, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected drop of dynamical heterogeneities in colloidal suspensions approaching the jamming transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneities in glasses, colloids and granular media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Leiden, Netherland, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A space and time resolved look into the dynamics of a 3D foam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Mousses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2008, Mousses, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow relaxations in soft glassy materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FIT 2007 Franco-Israeli trands in soft matter, biophysics and microfluidics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Biarritz, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity at the jamming transition of soft materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Focus meeting in the framework of “Entropy Production, Transport, Chaos and Turbulence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des hétérogénéités dynamiques dans la relaxation lente de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CEA Saclay</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity in the slow relaxation of a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Institut für Röntgenphysic (Institute for X-Ray Physics)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Göttingen University, 2007, Göttingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compressed&amp;quot; exponential relaxations in soft glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Flow in Glassy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2007, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hétérogénéités dynamiques dans la relaxation de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire du Futur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique spatialement et temporellement hétérogène dans la relaxation lente de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire de physique, ENS Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity at the jamming transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneity in the slow relaxation of a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of physics, soft condensed matter group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fribourg University, 2007, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal heterogeneity and spatial correlation of the slow dynamics of soft glassy systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regine Perzynski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st conference of European colloid and interface society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and spatial correlation in the dynamics of soft glassy materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal heterogeneity and spatial correlation of the slow dynamics of soft glassy materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">81 St ACS Colloid &amp; Surface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Newark, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hétérogénéités dynamiques dans la relaxation de la matière molle vitreuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Gruebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire de physique des solides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Sud, 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous dynamics: contribution of noise in TRC light scattering - going beyond TRC: space and time resolved light scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of physics, soft condensed matter group, Fribourg University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial correlations and temporal heterogeneity of the slow dynamics of a colloidal fractal gel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes journées de la matière condensée de la société française de physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for analogy between molecular and colloidal glasses: Aging behavior and dynamic susceptibility.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ee Pashkovski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">229th National Meeting of the American-Chemical-Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, San Diego, United States. pp.U652</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and noise in time-resolved light scattering experiments: Measuring temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Trappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on fluctuations and noise in materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Maspalomas, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical heterogeneities in jammed systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of physics, soft condensed matter group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Fribourg, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02923824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluctuations and noise in time-resolved light scattering experiments: measuring temporally heterogeneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bissig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Trappe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ballesta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Fluctuations and Noise in Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, National High Magnetic Field Laboratory. Floride, USA., May 2004, Maspaloma, Spain. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.546342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique lente et hétérogénéités temporelles dans un système micellaire concentré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Duri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Cipelletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées jeunes chercheurs. Société française de chimie du Languedoc Roussillon.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02916072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId499"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335459v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Savorana" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Redaelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Truzzolillo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Secchi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-64557-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930485v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Carbonaro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rama Govindarajan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.054001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077789v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Milani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ahmad" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cavalletti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ligoure" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2025.113534" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404074v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N H P Orr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Prevot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ty Phou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm00865d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732675v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maritzaida Varela Salgado" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid E Adriaans" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra A Touati" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Ibanes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lai-Kee-Him" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47709-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800400v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianzhu Ju" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sanoja" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bangguo Zhu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2410515121" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854337v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.064613" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854230v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Martinelli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Buzzaccaro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Galand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Behra" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niel Segers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-024-00455-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04589978v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Adriaans" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Touati" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858567v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irmgard Bischofberger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Casta&#241;eda-Priego" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cerbino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela del Gado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2023.1173632" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260533v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Barrat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Egelhaaf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Mao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein Dijkstra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ad06cc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242193v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Yassine Nagazi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zezhou Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.13.021030" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301565v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM00625E" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194500v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Aime" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-023-02153-w" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04114167v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima El Alaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai Kee Him" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Cazevieille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hoh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111765" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Thiriez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0086822" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856746v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Sekimoto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuharu Narita" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.034504" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225618v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Zoellner" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/8.0000401" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801189v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Deleanu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deschaume" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hernandez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bartic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschemneuro.1c00784" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648934v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Larobina" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pommella" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian-Marie Philippe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2103995118" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359470v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Biron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Rossi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.1c00527" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912991v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.074001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634755v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Martens" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SM01730E" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139495v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.268006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982836v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm01563e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029048v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Marie Philippe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.11.034073" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036236v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leclercq" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoonthawee Saetear" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rolland-Sabat&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chamieh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b00605" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374362v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Alvarado" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsje Koenderink" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sm01172b" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281709v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02091" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982835v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm01564c" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837505v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Biron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonfils" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cottet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.01.017" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889803v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/1.5025622" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904079v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1717403115" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664229v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa9eaa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896690v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonne-George" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Brambilla" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Meunier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm00911b" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858545v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Galvan-Myoshi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonn&#233;-George" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Trappe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.040601" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499947v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sm01026a" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934572v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.7b00842" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292652v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Jelinek" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972253" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407654v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. D. Roux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caton" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/27/12/125902" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281406v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Roger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/7/075201" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425041v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mora" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dupas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.6.041057" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285518v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b03584" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292690v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Yassine Nagazi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marguer&#232;s" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2016.07.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407655v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Cottet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5b01260" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236093v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Marzi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Capone" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Marakis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Consiglia Merola" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sm01551k" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934607v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Talha" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Filali" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Azougarh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15052-1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934618v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Martin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b02053" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201053v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/19/194103" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934674v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/20154445086" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207403v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Louhichi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Tamborini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Oberdisse" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.032307" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966355v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.128303" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058494v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac501115y" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058242v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. Knowlton" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Pine" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cipelletti" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm00531g" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058850v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.078301" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874406v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm52006d" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835048v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Maccarrone" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Caroff" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.022353" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725045v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4751864" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700912v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neda Ghofraniha" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm25488c" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705673v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301369z" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743822v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ruta" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Chushkin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Monaco" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Pineda" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.165701" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656002v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lieleg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kayser" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Bausch" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT2939" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569378v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Piazza" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Berthier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.118302" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522272v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sessoms" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bissig" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b926873a" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554396v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Matmour" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac902397x" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522291v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel El Masri" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.031503" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549685v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. El Masri" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Pierno" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.199605" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495624v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pravaz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm00155d" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512112v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.169602" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512105v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Herzig" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. van 'T Zand" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. N. Pusey" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.011405" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512108v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2009.0178" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512107v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Petekidis" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Schofield" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2009/07/P07015" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323231v2" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.085703" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323837v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mazoyer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.011501" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330408v3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Duri" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Trappe" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.085702" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292570v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ballesta" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys1000" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497093v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Bailey" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.C. Poon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Christianson" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Schofield" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Gasser" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.205701" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103848v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Condre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2007/02/P02010" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185095v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Brun" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Snabre" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133792v3" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Robert" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.76.051404" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078005v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2006-10357-4" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021876v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01395308v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Berthier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Biroli" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Bouchaud" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cipelletti" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M El Masri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1120714" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683072v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ballesta" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bissig" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Trappe" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219477505002367" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007744v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.72.051401" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004108v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002199v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Appell" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Porte" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la035678h" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004280v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335185v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manley" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Weitz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b204495a" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551165v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel D&#8217;humieres" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gambin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Urbach" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.031402" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122195v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854424v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Klein" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Zaccarelli" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-29116-6.00001-1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854416v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Glatter" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Pusey" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-29116-6.00011-4" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934656v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712583v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Weeks" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691470.001.0001" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827399v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386141v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas H P Orr" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268733v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajam Elancheliyan" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268810v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268687v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Scotti" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Petrunin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858936v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858931v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859012v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858927v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859066v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877616v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791771v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Ruzzi" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Antoine Assor" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumont" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386080v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858951v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877654v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846317v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bourdonnec" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Merindol" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877635v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859071v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877629v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386113v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846335v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Comunal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877667v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877799v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858965v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859084v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Iacquinta" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858954v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858972v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877812v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858977v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858994v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858983v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934733v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934698v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934881v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934693v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934876v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934879v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932950v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Banc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chauveau" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934692v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528634v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528630v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934701v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934795v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934737v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934708v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940361v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937340v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934706v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934715v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934719v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940386v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934717v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285519v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934740v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444608v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065538v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831514v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879605v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878762v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799940v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4794566" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782515v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839375v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782516v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782518v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874403v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675086v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/24/28/284103" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718616v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732743v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656477v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662701v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698464v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612127v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610242v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Piazza" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603758v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612125v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582440v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636119v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612123v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559418v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637578v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564878v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612107v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549692v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549698v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549693v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524211v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Pine" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Knowlton" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549691v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549696v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549702v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549700v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549726v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549728v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549714v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549710v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549713v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549703v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549707v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549709v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549718v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549729v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924646v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Gruebel" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923985v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549721v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923959v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924635v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924597v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02921553v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Perzynski" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549712v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549731v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549717v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924613v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923843v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02921518v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549688v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ee Pashkovski" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923824v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02920396v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761614v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.546342" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916072v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930485v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Carbonaro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Savorana" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cipelletti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rama Govindarajan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Truzzolillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.054001" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077789v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Milani" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ahmad" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cavalletti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ligoure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2025.113534" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335459v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Redaelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Secchi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-64557-x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404074v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N H P Orr" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Prevot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ty Phou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5sm00865d" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732675v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maritzaida Varela Salgado" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid E Adriaans" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra A Touati" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Ibanes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Lai-Kee-Him" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47709-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854337v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.064613" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854230v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Martinelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Buzzaccaro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Galand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Behra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niel Segers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41526-024-00455-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04800400v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianzhu Ju" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Sanoja" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bangguo Zhu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2410515121" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04589978v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Adriaans" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Touati" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858567v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irmgard Bischofberger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Casta&#241;eda-Priego" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cerbino" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela del Gado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2023.1173632" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260533v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Barrat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Egelhaaf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoming Mao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein Dijkstra" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7639/ad06cc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242193v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Yassine Nagazi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zezhou Liu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.13.021030" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194500v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Aime" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41567-023-02153-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301565v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM00625E" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04114167v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima El Alaoui" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai Kee Him" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Cazevieille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hoh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111765" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Thiriez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0086822" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856746v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Sekimoto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuharu Narita" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.034504" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225618v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Zoellner" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/8.0000401" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801189v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Deleanu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deschaume" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hernandez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bartic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschemneuro.1c00784" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648934v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Larobina" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pommella" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian-Marie Philippe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2103995118" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359470v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Biron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Rossi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.1c00527" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912991v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.074001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634755v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Martens" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SM01730E" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139495v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.268006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982836v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm01563e" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036236v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leclercq" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoonthawee Saetear" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rolland-Sabat&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chamieh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b00605" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029048v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Marie Philippe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.11.034073" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374362v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Alvarado" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsje Koenderink" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sm01172b" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281709v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02091" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982835v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm01564c" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837505v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Biron" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonfils" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cottet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.01.017" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889803v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/1.5025622" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904079v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1717403115" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664229v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/aa9eaa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896690v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonne-George" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Brambilla" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Meunier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm00911b" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858545v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Galvan-Myoshi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonn&#233;-George" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Trappe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.040601" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934572v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.7b00842" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499947v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sm01026a" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292652v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Jelinek" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972253" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407654v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. D. Roux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caton" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/27/12/125902" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281406v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Roger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/7/075201" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425041v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mora" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dupas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.6.041057" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285518v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b03584" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01292690v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Yassine Nagazi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Meunier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marguer&#232;s" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l P&#233;ri&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2016.07.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407655v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Cottet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5b01260" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236093v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Marzi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Capone" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Marakis" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Consiglia Merola" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5sm01551k" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201053v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/19/194103" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934607v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Talha" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Filali" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Azougarh" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15052-1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934618v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Martin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b02053" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934674v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/20154445086" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207403v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Louhichi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Tamborini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Oberdisse" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.032307" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966355v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.128303" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058242v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. Knowlton" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Pine" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cipelletti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm00531g" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058494v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac501115y" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058850v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.078301" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874406v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm52006d" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835048v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Maccarrone" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Caroff" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.022353" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725045v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4751864" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700912v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neda Ghofraniha" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm25488c" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705673v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301369z" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743822v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Ruta" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Chushkin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Monaco" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Pineda" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.165701" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656002v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Lieleg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kayser" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Bausch" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT2939" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569378v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Piazza" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Berthier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.118302" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522272v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Sessoms" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bissig" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Duri" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b926873a" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554396v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Matmour" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac902397x" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522291v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel El Masri" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.031503" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549685v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. El Masri" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Pierno" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.199605" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495624v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pravaz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm00155d" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512112v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.169602" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512108v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2009.0178" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512107v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Petekidis" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Schofield" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2009/07/P07015" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323231v2" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.085703" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512105v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Herzig" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robert" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. D. van 'T Zand" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. N. Pusey" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.011405" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323837v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mazoyer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.011501" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330408v3" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Duri" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Trappe" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.085702" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292570v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ballesta" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys1000" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00103848v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Condre" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2007/02/P02010" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497093v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Bailey" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.C. Poon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Christianson" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.B. Schofield" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Gasser" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.205701" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185095v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Brun" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Snabre" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133792v3" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Robert" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.76.051404" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00078005v2" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2006-10357-4" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021876v2" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01395308v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Berthier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Biroli" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Bouchaud" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cipelletti" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M El Masri" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1120714" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007744v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.72.051401" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683072v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ballesta" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Bissig" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Trappe" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219477505002367" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004108v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002199v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Appell" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Michel" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregoire Porte" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la035678h" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004280v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00335185v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Manley" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Weitz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b204495a" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551165v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel D&#8217;humieres" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gambin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Urbach" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.66.031402" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122195v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854424v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Klein" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Zaccarelli" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-29116-6.00001-1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854416v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Glatter" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Pusey" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-29116-6.00011-4" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934656v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712583v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Weeks" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199691470.001.0001" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827399v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386141v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas H P Orr" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268733v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajam Elancheliyan" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268810v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268687v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Scotti" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Petrunin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858936v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858931v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858927v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859012v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859066v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877616v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04791771v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Ruzzi" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Antoine Assor" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumont" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386080v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858951v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877654v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846317v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bourdonnec" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Merindol" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877635v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386113v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859071v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877629v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846335v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Comunal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877799v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877667v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858965v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859084v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Iacquinta" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858954v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858972v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877812v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858977v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858994v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858983v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934733v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934698v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934881v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934693v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934879v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934876v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01932950v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Banc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Chauveau" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934692v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528634v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934701v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528630v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934795v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934737v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934708v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937340v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934706v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940361v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934715v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934719v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940386v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934717v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285519v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934740v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444608v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065538v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879605v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878762v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831514v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782515v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799940v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giordano" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4794566" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839375v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782516v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782518v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874403v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675086v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/24/28/284103" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718616v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732743v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662701v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656477v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698464v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610242v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Piazza" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603758v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612125v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582440v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636119v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612127v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612123v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559418v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637578v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564878v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612107v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549692v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549698v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549693v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524211v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J. Pine" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Knowlton" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549691v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549696v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549726v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549702v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549700v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549728v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549714v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549710v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549713v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549703v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549707v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549709v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549718v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549729v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924646v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Gruebel" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923985v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549721v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923959v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924635v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549712v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924597v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02921553v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regine Perzynski" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549731v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549717v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02924613v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923843v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02921518v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549688v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ee Pashkovski" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02920396v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02923824v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761614v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.546342" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916072v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>