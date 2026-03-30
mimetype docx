--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -290,256 +290,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283001v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-verbal predication: Results and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-verbal predication: An analytical framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Creissels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Marco Bertinetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciucci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Creissels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pier Marco Bertinetto; Luca Ciucci; Denis Creissels. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non-verbal predication in the world’s languages: A typological survey. Volume 2: Africa, Austronesia, Papunesia, Australia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 9/2, De Gruyter Mouton, pp.1213-1274, 2026, Comparative Handbooks of Linguistics [CHL], 9783112209677. </w:t>
+              <w:t xml:space="preserve">Non-verbal predication in the world’s languages: A typological survey. Volume 1: Eurasia, North America, South America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/9783112209677-034⟩</w:t>
+                <w:t xml:space="preserve">De Gruyter Mouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.3-55, 2026, Comparative Handbooks of Linguistics [CHL], 9783110730982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110730982-001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05283010v2</w:t>
+                <w:t xml:space="preserve">hal-05282984v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-verbal predication: An analytical framework</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-verbal predication: Results and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Marco Bertinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Ciucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Creissels</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luca Ciucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pier Marco Bertinetto; Luca Ciucci; Denis Creissels. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Non-verbal predication in the world’s languages: A typological survey. Volume 1: Eurasia, North America, South America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Non-verbal predication in the world’s languages: A typological survey. Volume 2: Africa, Austronesia, Papunesia, Australia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 9/2, De Gruyter Mouton, pp.1213-1274, 2026, Comparative Handbooks of Linguistics [CHL], 9783112209677. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783112209677-034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De Gruyter Mouton</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-05282984v2</w:t>
+                <w:t xml:space="preserve">hal-05283010v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the Indigenous languages of the Americas: History and prospects</w:t>
               </w:r>
@@ -1165,208 +1165,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Possessive classifiers in Zamucoan</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reconstructing Proto-Zamucoan. Evidence (mostly) from verb inflection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier Marco Bertinetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciucci</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Alexandra Y. Aikhenvald; Elena I. Mihas. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paola Cotticelli Kurras; Sabine Ziegler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genders and Classifiers</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tra semantica e sintassi: il ruolo della linguistica storica - Zwischen Semantik und Syntax: die Rolle der historischen Sprachwissenschaft.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Il Calamo, 2019, 9788898640409</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04428568v1</w:t>
+                <w:t xml:space="preserve">hal-04429078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing Proto-Zamucoan. Evidence (mostly) from verb inflection.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Possessive classifiers in Zamucoan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Ciucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier Marco Bertinetto</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Paola Cotticelli Kurras; Sabine Ziegler. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexandra Y. Aikhenvald; Elena I. Mihas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tra semantica e sintassi: il ruolo della linguistica storica - Zwischen Semantik und Syntax: die Rolle der historischen Sprachwissenschaft.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genders and Classifiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.144-175, 2019, 9780198842019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oso/9780198842019.003.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04429078v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the lexeme ‘head’ in Zamucoan</w:t>
               </w:r>
@@ -2432,261 +2432,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From fieldwork to reconstruction: Historical issues in hotspots of linguistic diversity</w:t>
+                <w:t xml:space="preserve">The hispanization of Chamacoco syntax</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studia Linguistica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, From Fieldwork to Reconstruction: Historical Issues in Hotspots of Linguistic Diversity, 75 (2), pp.165-174. </w:t>
+              <w:t xml:space="preserve">Italian Journal of Linguistics / Rivista di linguistica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (1), pp.111-134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/stul.12160⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26346/1120-2726-170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427298v1</w:t>
+                <w:t xml:space="preserve">hal-04427273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hispanization of Chamacoco syntax</w:t>
+                <w:t xml:space="preserve">Zamucoan ethnonymy in the 18th century and the etymology of Ayoreo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Linguistics / Rivista di linguistica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (1), pp.111-134. </w:t>
+              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 107 (2), pp.77-114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26346/1120-2726-170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/jsa.19809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427273v1</w:t>
+                <w:t xml:space="preserve">hal-04427236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zamucoan ethnonymy in the 18th century and the etymology of Ayoreo</w:t>
+                <w:t xml:space="preserve">From fieldwork to reconstruction: Historical issues in hotspots of linguistic diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 107 (2), pp.77-114. </w:t>
+              <w:t xml:space="preserve">Studia Linguistica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, From Fieldwork to Reconstruction: Historical Issues in Hotspots of Linguistic Diversity, 75 (2), pp.165-174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/jsa.19809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/stul.12160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427236v1</w:t>
+                <w:t xml:space="preserve">hal-04427298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How historical data complement fieldwork: New diachronic perspectives on Zamucoan verb inflection</w:t>
               </w:r>
@@ -4355,51 +4355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282993v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Creissels" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Marco Bertinetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730982-003" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283001v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730982-021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283010v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783112209677-034" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282984v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyterbrill.com/document/doi/10.1515/9783110730982-001/html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730982-001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568391v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Kilarski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004715608_031" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427529v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427486v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427494v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427514v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004498594_014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004510395_015" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427521v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198865681.003.0004" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428568v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198842019.003.0005" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429078v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428538v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004392410_004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429530v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguistica.sns.it/QLL/occasional_publications.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428634v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Erica Pia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edizioniets.com/scheda.asp?n=9788846727053&amp;amp;from=&amp;amp;fk_s=" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321374v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Rubehn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Rzymski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Bocklage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#382;b&#283;ta Ku&#269;erov&#225;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.sigtyp-1.4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321376v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Snee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellen Parker Van Dam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann-Mattis List" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.sigtyp-1.3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913968v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331779v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075177v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47133/NEMITYRA20250101c-A10" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427194v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427298v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/stul.12160" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427273v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26346/1120-2726-170" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427236v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19809" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427289v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/stul.12157" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427254v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flin-2021-2016" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429150v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11525-020-09359-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429197v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ijolc.00021.ciu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163482v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Farina" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sl.17013.ber" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429256v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.34.3.01ciu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429289v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flih-2015-0003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429494v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429468v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429572v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429314v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1349/PS1.1537-0852.A.404" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429346v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter C. Muysken" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18441/ind.v28i0.359-393" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429611v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429596v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429625v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429639v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429442v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maco&#241;&#243; Tomich&#225;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429404v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282993v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Creissels" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Marco Bertinetto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730982-003" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283001v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730982-021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282984v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyterbrill.com/document/doi/10.1515/9783110730982-001/html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110730982-001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283010v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783112209677-034" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568391v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Kilarski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004715608_031" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427529v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427486v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427494v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427514v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004498594_014" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427505v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004510395_015" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427521v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198865681.003.0004" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429078v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428568v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198842019.003.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428538v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004392410_004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429530v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://linguistica.sns.it/QLL/occasional_publications.htm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428634v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Erica Pia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edizioniets.com/scheda.asp?n=9788846727053&amp;amp;from=&amp;amp;fk_s=" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321374v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Rubehn" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Rzymski" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Bocklage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al&#382;b&#283;ta Ku&#269;erov&#225;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.sigtyp-1.4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321376v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Snee" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kellen Parker Van Dam" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann-Mattis List" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.sigtyp-1.3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913968v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331779v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075177v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47133/NEMITYRA20250101c-A10" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427194v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427273v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26346/1120-2726-170" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427236v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.19809" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427298v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/stul.12160" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427289v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/stul.12157" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427254v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flin-2021-2016" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429150v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11525-020-09359-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429197v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ijolc.00021.ciu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163482v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Farina" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sl.17013.ber" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429256v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.34.3.01ciu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429289v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flih-2015-0003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429494v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429468v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429572v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429314v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1349/PS1.1537-0852.A.404" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429346v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter C. Muysken" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18441/ind.v28i0.359-393" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429611v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429596v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429625v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429639v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429442v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Maco&#241;&#243; Tomich&#225;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429404v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>