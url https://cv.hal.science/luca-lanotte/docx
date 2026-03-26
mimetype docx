--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -502,295 +502,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05163766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the formation of surficial whey protein deposits under shear stress by rheofluidic approach</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the contraction actuation of magnetically functionalized electrospun tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zanele Msibi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maude Jimenez</w:t>
+                <w:t xml:space="preserve">Vincenzo Iannotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Guarino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iriczalli Cruz-Maya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaheer Ud Din Babar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.133291⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 371, pp.115272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2024.115272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04622223v1</w:t>
+                <w:t xml:space="preserve">hal-04531832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the contraction actuation of magnetically functionalized electrospun tubes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Zaheer Ud Din Babar</w:t>
+                <w:t xml:space="preserve">Exploring the formation of surficial whey protein deposits under shear stress by rheofluidic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Grostete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Lanotte</w:t>
+                <w:t xml:space="preserve">Zanele Msibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 371, pp.115272. </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 274, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2024.115272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.133291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531832v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards more biomimetic and sustainable infant formula: challenges and future opportunities</w:t>
               </w:r>
@@ -802,51 +802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1195,51 +1195,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviana Clavería</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Connes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Renoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1303,64 +1303,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An alternative approach for measuring yield stress and its application in Carbopol microgel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Iannotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Tomaiuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1571,77 +1571,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torsional oscillation monitoring by means of a magnetoelastic resonator: modeling and experimental functionalization to measure viscosity of liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Ausanio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Iannotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Tomaiuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1714,51 +1714,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The solute mechanical properties impact on the drying of dairy and model colloidal systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1818,51 +1818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drying-induced mechanisms of skin formation in mixtures of high protein dairy powders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1974,51 +1974,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Mauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2082,51 +2082,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of red cells and plasma composition on blood sessile droplet evaporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2199,51 +2199,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red cells' dynamic morphologies govern blood shear thinning under microcirculatory flow conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Mauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2333,51 +2333,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red blood cell dynamics in polymer brush-coated microcapillaries: A model of endothelial glycocalyx in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Tomaiuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2476,51 +2476,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Red blood cell clustering in Poiseuille microcapillary flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Tomaiuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanni Ghigliotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2593,51 +2593,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow Reduction in Microchannels Coated with a Polymer Brush</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Stefano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2749,899 +2749,899 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the dairy fouling process in miniaturized falling film Evaporators by microfluidics</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Multi-scale exploration of the drying dynamics of dairy colloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Ouyang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Edible Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Rennes, France</w:t>
+              <w:t xml:space="preserve">GDR Slamm 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05155723v1</w:t>
+                <w:t xml:space="preserve">hal-05387356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling fouling formation in falling-film evaporators at the micron-scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Understanding stratification during evaporation of colloidal dispersions (dairy and model)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Ouyang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Romain Jeantet</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FISMAT2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universita Ca' foscari venezia cnism, Jul 2025, Venice, Italy</w:t>
+              <w:t xml:space="preserve">The 3rd Edible Soft Matter Conference, ESM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes; IPR Institut de Physique de Rennes; Institut des sciences chimiques de Rennes; INRAE; Institut Agro STLO; OPAALE; Scan MAT; CNRS, Jul 2025, Rennes (FR), France. pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05418714v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05272064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfluidic investigation of fouling mechanisms in falling-film evaporators</w:t>
+                <w:t xml:space="preserve">Exploring the dairy fouling process in miniaturized falling film Evaporators by microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fouling and Cleaning in Food Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Dresde, Germany</w:t>
+              <w:t xml:space="preserve">Edible Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05155673v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05155723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins of Falling Film Evaporator by microfluidics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unraveling fouling formation in falling-film evaporators at the micron-scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Rheology Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">FISMAT2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universita Ca' foscari venezia cnism, Jul 2025, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05154008v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05418714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins in falling film evaporators by microfluidics</w:t>
+                <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins of Falling Film Evaporator by microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Edible Soft Matter Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IPR Institut de Physique de Rennes; ISCR Rennes Institute of Chemical Sciences; Institut Agro Rennes-Angers; UR Opaale INRAE; UMR STLO INRAE; INRAE; UR NuMeCan; CNRS; Université de Rennes; ScanMat, Jul 2025, RENNES, France</w:t>
+              <w:t xml:space="preserve">Annual European Rheology Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05279293v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05154008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding stratification during evaporation of colloidal dispersions (dairy and model)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rui Ouyang</w:t>
+                <w:t xml:space="preserve">Microfluidic investigation of fouling mechanisms in falling-film evaporators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeehyun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 3rd Edible Soft Matter Conference, ESM 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes; IPR Institut de Physique de Rennes; Institut des sciences chimiques de Rennes; INRAE; Institut Agro STLO; OPAALE; Scan MAT; CNRS, Jul 2025, Rennes (FR), France. pp.22</w:t>
+              <w:t xml:space="preserve">Fouling and Cleaning in Food Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Dresde, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05272064v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05155673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale exploration of the drying dynamics of dairy colloids</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Miniaturization of the fouling of whey proteins in falling film evaporators by microfluidics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Grostete</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeehyun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Slamm 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Obernai, France</w:t>
+              <w:t xml:space="preserve">3rd Edible Soft Matter Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IPR Institut de Physique de Rennes; ISCR Rennes Institute of Chemical Sciences; Institut Agro Rennes-Angers; UR Opaale INRAE; UMR STLO INRAE; INRAE; UR NuMeCan; CNRS; Université de Rennes; ScanMat, Jul 2025, RENNES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05387356v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05279293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D, Gouttes suspendues et microscopie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées thématiques sur le séchage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR SLAMM; GDR SOPHY, Sep 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3692,51 +3692,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Grostete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zanele Msibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3942,51 +3942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOP Food Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Institute of Physics, Jan 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4011,51 +4011,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial self-organization in droplets of dairy protein mixes: from skin formation to powder functional properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA annual meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Dairy Science Association, Jun 2023, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4132,51 +4132,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeehyun Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 14th International Congress on Engineering and Food (ICEF 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.icef14.com/en/committees/6, Jun 2023, Nantes, France</w:t>
@@ -4218,51 +4218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drying research : from physical and biological mechanisms to breakthrough innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Song Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4324,1226 +4324,1226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04150873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin Formation in Drying Droplets of Dairy Proteins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanisms of drying-induced particle formation in solutions of dairy proteins: a multiscale approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th NIZO Dairy Conference 2021 - Innovations in dairy ingredients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, René Floris (Conference Chair), NIZO Food Research Fred van de Velde, NIZO Food Research John Giezen, NIZO Food Research Lizzy Birnie, Elsevier, Oct 2021, online, France</w:t>
+              <w:t xml:space="preserve">Protein Interactions &amp; Assembly - 3rd seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, online (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03564432v1</w:t>
+                <w:t xml:space="preserve">hal-04133892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of drying-induced particle formation in solutions of dairy proteins: a multiscale approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Skin Formation in Drying Droplets of Dairy Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein Interactions &amp; Assembly - 3rd seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, online (France), France</w:t>
+              <w:t xml:space="preserve">12th NIZO Dairy Conference 2021 - Innovations in dairy ingredients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, René Floris (Conference Chair), NIZO Food Research Fred van de Velde, NIZO Food Research John Giezen, NIZO Food Research Lizzy Birnie, Elsevier, Oct 2021, online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133892v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03564432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin layer stratification in drying droplets of dairy colloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ming Yu</w:t>
+                <w:t xml:space="preserve">Skin Formation in Drying Droplets of Dairy Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nan Fu</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECIS-2021 European Colloids and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Athenes, Greece</w:t>
+              <w:t xml:space="preserve">Deuxième journée scientifique rennaise construction/déconstruction de l'aliment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pôle alimentation AGROCAMPUS OUEST, Jul 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375789v1</w:t>
+                <w:t xml:space="preserve">hal-03284257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drying dynamics in complex mixes of dairy proteins</w:t>
+                <w:t xml:space="preserve">Skin layer stratification in drying droplets of dairy colloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nan Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AERC 2021 - Annual European Rheology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, visioconference, Norway</w:t>
+              <w:t xml:space="preserve">ECIS-2021 European Colloids and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Athenes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03194150v1</w:t>
+                <w:t xml:space="preserve">hal-03375789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin formation in drying droplets of dairy proteins</w:t>
+                <w:t xml:space="preserve">Drying dynamics in complex mixes of dairy proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques ED EGAAL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L’école doctorale : Écologie, Géosciences, Agronomie, ALimentation, Jun 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">AERC 2021 - Annual European Rheology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, visioconference, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03284156v1</w:t>
+                <w:t xml:space="preserve">hal-03194150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drying-induced stratification in complex mixes of dairy proteins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Skin formation in drying droplets of dairy proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society of Rheology Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Bangor, United States</w:t>
+              <w:t xml:space="preserve">Journées scientifiques ED EGAAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’école doctorale : Écologie, Géosciences, Agronomie, ALimentation, Jun 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375775v1</w:t>
+                <w:t xml:space="preserve">hal-03284156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin Formation in Drying Droplets of Dairy Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Yu</w:t>
+                <w:t xml:space="preserve">Drying-induced stratification in complex mixes of dairy proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Saint-Jalmes</w:t>
+                <w:t xml:space="preserve">Francoise Boissel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième journée scientifique rennaise construction/déconstruction de l'aliment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pôle alimentation AGROCAMPUS OUEST, Jul 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">Society of Rheology Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Bangor, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03284257v1</w:t>
+                <w:t xml:space="preserve">hal-03375775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack patterns in binary mixes of dairy colloids: The impact of protein properties.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Drying research From physical and biological mechanisms to breakthrough innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshops – CECAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">STLOpendays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR UMR INRA / AgroCampus Rennes : Science et Technologie du Lait et de l'?uf (1253)., Mar 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737430v1</w:t>
+                <w:t xml:space="preserve">hal-02097218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drying research From physical and biological mechanisms to breakthrough innovation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Characterization of the droplet particle transition in dairy colloidal mixes: The impact of the molecular scale on particle morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STLOpendays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR UMR INRA / AgroCampus Rennes : Science et Technologie du Lait et de l'?uf (1253)., Mar 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées Plénières du GDR SLAMM (Solliciter LA Matière Molle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02097218v1</w:t>
+                <w:t xml:space="preserve">hal-02737837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the droplet particle transition in dairy colloidal mixes: The impact of the molecular scale on particle morphology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crack patterns in binary mixes of dairy colloids: The impact of protein properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Lanotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Jeantet</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Pauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Plénières du GDR SLAMM (Solliciter LA Matière Molle)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Roscoff, France</w:t>
+              <w:t xml:space="preserve">Workshops – CECAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737837v1</w:t>
+                <w:t xml:space="preserve">hal-02737430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crack patterns in binary mixes of dairy colloids: The impact of protein properties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5637,64 +5637,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes de formation de l’interface au cours du procédé de séchage : approche multiéchelles appliquée aux poudres laitières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5745,51 +5745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of drying-induced particle formation in solutions of dairy proteins:a multiscale approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5866,51 +5866,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of biological colloids revealed by drying cracks formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5961,51 +5961,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of drying-induced particle formation in mixtures of dairy proteins: a multiscale approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6095,51 +6095,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Similarity in the drying behavior between biological colloids and model colloidal dispersions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6190,51 +6190,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound pulse echo analysis of blood aggregation in microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6330,51 +6330,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drying of Complex Dairy Fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6442,51 +6442,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The drying of milk at the laboratory scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drying in the Dairy Industry From Established Technologies to Advanced Innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6681,77 +6681,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On how the sol-gel transition and the internal flows drive the skin formation in the course of drying of dairy colloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Boissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Le Floch-Fouéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6873,51 +6873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Schuck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6989,51 +6989,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déformation et agrégation sous écoulement de globules rouges et vésicules en microcanaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Lanotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hématologie. Université de Grenoble; Università degli studi di Napoli Federico II, 2013. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013GRENY072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7229,51 +7229,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462472v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Grostete" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeehyun Lee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boissel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Jimenez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2026.150196" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453747v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-025-01534-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163766v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Yu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boissel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pauchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2025.114761" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622223v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zanele Msibi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.133291" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531832v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Iannotti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Guarino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iriczalli Cruz-Maya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaheer Ud Din Babar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lanotte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2024.115272" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109370v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2023.05.010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897078v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Chen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582438v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11040562" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799901v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Claver&#237;a" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Connes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.737739" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142933v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Tomaiuolo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Ausanio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Graziano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-020-01255-z" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194114v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pauchard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Fu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.126560" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167529v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Lanotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.06.030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02284136v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SM00373H" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801984v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schuck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2018.05.020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Mauer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mendez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Abkarian" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.118103" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819266v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charlot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.053114" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435953v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Fedosov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608074113" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968077v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouqi Misbah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bureau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Guido" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863723" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909443v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Ghigliotti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4721811" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968061v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Stefano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Peyla" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la302171a" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155723v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418714v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155673v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154008v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279293v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05272064v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Ouyang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387356v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Roger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419271v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731966v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180057v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Msibi Zan&#233;l&#233; Pam&#233;la" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972093v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pauchard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04153853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142580v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150873v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song Huang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sadek" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheshchandra H Patil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03564432v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Boissel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Jalmes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133892v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375789v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194150v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284156v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375775v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284257v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737430v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097218v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737837v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735485v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114760v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737873v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916895v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780799v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929020v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091423v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Charlot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739858v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.rsc.org/en/content/ebook/978-1-78801-790-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02954516v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781351119504" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841759v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tanguy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Khelifaoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338175v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953972v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781351119504" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01469764v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENY072" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462472v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Grostete" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeehyun Lee" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boissel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Jimenez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2026.150196" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453747v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-025-01534-7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163766v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Yu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boissel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pauchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2025.114761" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531832v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Iannotti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Guarino" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iriczalli Cruz-Maya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaheer Ud Din Babar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Lanotte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2024.115272" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622223v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zanele Msibi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.133291" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109370v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Floch-Fou&#233;r&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2023.05.010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897078v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Chen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582438v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11040562" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799901v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Claver&#237;a" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Connes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.737739" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142933v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Tomaiuolo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Ausanio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Graziano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-020-01255-z" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194114v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Pauchard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Fu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2021.126560" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167529v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Lanotte" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2019.06.030" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02284136v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SM00373H" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801984v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Schuck" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2018.05.020" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898170v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Mauer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mendez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manouk Abkarian" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.118103" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819266v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Laux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Charlot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.053114" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435953v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry A. Fedosov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fromental" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1608074113" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968077v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouqi Misbah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bureau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Guido" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863723" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909443v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Ghigliotti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4721811" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968061v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Stefano" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Peyla" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la302171a" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05387356v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Ouyang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Roger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05272064v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155723v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418714v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05154008v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05155673v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279293v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419271v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731966v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180057v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Msibi Zan&#233;l&#233; Pam&#233;la" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972093v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pauchard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04153853v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142580v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150873v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Song Huang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sadek" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheshchandra H Patil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133892v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03564432v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Boissel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Jalmes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284257v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375789v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194150v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284156v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375775v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097218v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737837v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737430v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735485v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114760v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737873v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916895v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780799v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929020v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091423v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Charlot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739858v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubs.rsc.org/en/content/ebook/978-1-78801-790-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02954516v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/books/e/9781351119504" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841759v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tanguy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Khelifaoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338175v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953972v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781351119504" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01469764v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENY072" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>