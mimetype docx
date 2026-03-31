--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -953,212 +953,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04431800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il processo conoscitivo in Parmenide (fr. 16 DK): un confronto con Teofrasto</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un dolore che ha più della vita: l'esperienza del dolore tra Leopardi e Colli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Maurella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Torrente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Annamaria Pacilio; Marco Antonio Pignatone. </w:t>
+              <w:t xml:space="preserve">Ludovica Boi; Luca Torrente. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Echi del mondo antico</w:t>
+              <w:t xml:space="preserve">Il dolore e la vita</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.45-63, 2023, Costellazioni, 9788877231963</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accademia University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.62-82, 2023, Quaderni Colliani, 9791255000655</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04427354v1</w:t>
+                <w:t xml:space="preserve">hal-04427324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un dolore che ha più della vita: l'esperienza del dolore tra Leopardi e Colli</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Il processo conoscitivo in Parmenide (fr. 16 DK): un confronto con Teofrasto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Torrente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ludovica Boi; Luca Torrente. </w:t>
+              <w:t xml:space="preserve">Annamaria Pacilio; Marco Antonio Pignatone. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Il dolore e la vita</w:t>
+              <w:t xml:space="preserve">Echi del mondo antico</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accademia University Press</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.62-82, 2023, Quaderni Colliani, 9791255000655</w:t>
+                <w:t xml:space="preserve">Istituto Italiano per gli Studi Filosofici Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.45-63, 2023, Costellazioni, 9788877231963</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04427324v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04427354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de R. Di Giuseppe, &amp;quot;Le Voyage de Parménide&amp;quot;, Paris, Orizons, 2011 (Annexe)</w:t>
               </w:r>
@@ -2513,51 +2513,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1244A964"/>
+    <w:nsid w:val="505A0EB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2744,51 +2744,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luca-torrente" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9067-7645" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224701v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Babbiotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Torrente" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4454/philinq.v13i1.595" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392031v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/elen-2025-0011" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552241v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apeiron-2023-0078" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205538v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.233.0093" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177712v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/1984-249X_32_20" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151365v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpha.391.0003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177718v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392034v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431800v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.padovauniversitypress.it/it/publications/9788869383731" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427354v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iisf.it/index.php/pubblicazioni-iisf/edizioni-iisf-press/echi-del-mondo-antico.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427324v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Maurella" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/eng/title?ref=1659" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755373v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370580v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/titolo?ref=1563" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177725v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177724v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/scheda-libro?aaref=1472" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151366v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv15tt78p.15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177713v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177723v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/scheda-libro?aaref=1405&amp;amp;fbclid=IwAR0q6WKWC6uHRNF8dIQWqhMsA7QULI2AEQzfhLUOP8pTWf3Pu9ZqFPXD_X4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151369v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvcmxpn5.19" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/scheda-libro?aaref=1289" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177714v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375495v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Chaintreuil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Karag&#246;z" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763376v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maicol Cutr&#236;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neripozza.it/libro/9788854531567" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510106v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Santoro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510111v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04638976v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022SORUL015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luca-torrente" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9067-7645" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224701v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Babbiotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Torrente" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4454/philinq.v13i1.595" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392031v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/elen-2025-0011" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552241v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apeiron-2023-0078" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205538v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leph.233.0093" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177712v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/1984-249X_32_20" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151365v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpha.391.0003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177718v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392034v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431800v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.padovauniversitypress.it/it/publications/9788869383731" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427324v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Maurella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/eng/title?ref=1659" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427354v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iisf.it/index.php/pubblicazioni-iisf/edizioni-iisf-press/echi-del-mondo-antico.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755373v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370580v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/titolo?ref=1563" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177725v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177724v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/scheda-libro?aaref=1472" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151366v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv15tt78p.15" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177713v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177723v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/scheda-libro?aaref=1405&amp;amp;fbclid=IwAR0q6WKWC6uHRNF8dIQWqhMsA7QULI2AEQzfhLUOP8pTWf3Pu9ZqFPXD_X4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151369v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctvcmxpn5.19" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177720v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aaccademia.it/ita/scheda-libro?aaref=1289" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177714v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375495v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Chaintreuil" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Karag&#246;z" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763376v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maicol Cutr&#236;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neripozza.it/libro/9788854531567" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510106v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Santoro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510111v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04638976v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022SORUL015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>