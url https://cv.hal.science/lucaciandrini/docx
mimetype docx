--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1035,222 +1035,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03334992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An equilibrium model for ribosome competition</w:t>
+                <w:t xml:space="preserve">Driven transport on a flexible polymer with particle recycling: A model inspired by transcription and translation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Rogalla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Timothy Rudge</w:t>
+                <w:t xml:space="preserve">Lucas Dias Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1478-3975/ab4fbc⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (5), pp.052409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.99.052409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04945783v1</w:t>
+                <w:t xml:space="preserve">hal-01743450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driven transport on a flexible polymer with particle recycling: A model inspired by transcription and translation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An equilibrium model for ribosome competition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rogalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Dias Fernandes</w:t>
+                <w:t xml:space="preserve">Timothy Rudge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 99 (5), pp.052409. </w:t>
+              <w:t xml:space="preserve">Physical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (1), pp.015002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.99.052409⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1478-3975/ab4fbc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01743450v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04945783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exclusion process subject to conformational size changes</w:t>
               </w:r>
@@ -1548,51 +1548,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene length as a regulator for ribosome recruitment and protein synthesis: theoretical insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Dias Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro de Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2305,234 +2305,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Driven transport on a polymer: a model inspired by transcription and translation</w:t>
+                <w:t xml:space="preserve">Ribosome economics: Ribosome usage in translation initiation and elongation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre de Physique Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Reverse mathematical methods for reconstructing molecular dynamics in single cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro di Ricerca Matematica Ennio de Giorgi, Oct 2018, Pisa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01938456v1</w:t>
+                <w:t xml:space="preserve">hal-01935528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Codon bias and cost of ribosome usage</w:t>
+                <w:t xml:space="preserve">Driven transport on a polymer: a model inspired by transcription and translation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical physics of cells and genomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marco Cosentino Lagomarsino (CNRS/Sorbonne; Paris and IFOM Milan), May 2018, Alghero, Italy</w:t>
+              <w:t xml:space="preserve">Rencontre de Physique Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01938405v1</w:t>
+                <w:t xml:space="preserve">hal-01938456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ribosome economics: Ribosome usage in translation initiation and elongation</w:t>
+                <w:t xml:space="preserve">Codon bias and cost of ribosome usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reverse mathematical methods for reconstructing molecular dynamics in single cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centro di Ricerca Matematica Ennio de Giorgi, Oct 2018, Pisa, Italy</w:t>
+              <w:t xml:space="preserve">Statistical physics of cells and genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marco Cosentino Lagomarsino (CNRS/Sorbonne; Paris and IFOM Milan), May 2018, Alghero, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01935528v1</w:t>
+                <w:t xml:space="preserve">hal-01938405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering mRNA sequence determinants of protein production rate</w:t>
               </w:r>
@@ -2857,174 +2857,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Motors with a Stepping Cycle: From Theory to Experiments</w:t>
+                <w:t xml:space="preserve">Transcript length as a main determinant of mRNA translation efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic and Granular Flow '13</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Quantitative Methods in Gene Regulation III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Cambridge, United Kingdom</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01103149v1</w:t>
+                <w:t xml:space="preserve">hal-01939067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcript length as a main determinant of mRNA translation efficiency</w:t>
+                <w:t xml:space="preserve">Molecular Motors with a Stepping Cycle: From Theory to Experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantitative Methods in Gene Regulation III</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Traffic and Granular Flow '13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Julich, Germany. pp.619-627, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-10629-8_70⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939067v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01103149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ribosome recycling as a main determinant of experimental ribosome densities</w:t>
               </w:r>
@@ -3142,165 +3142,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stepping and crowding ofmolecular motors: from theory to mRNA translation</w:t>
+                <w:t xml:space="preserve">Fluctuations and cooperative properties of molecular motors: from theory to experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paris Biological Physics Community Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Traffic and Granular Flow '13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Juelich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939123v1</w:t>
+                <w:t xml:space="preserve">hal-01939150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluctuations and cooperative properties of molecular motors: from theory to experiments</w:t>
+                <w:t xml:space="preserve">Stepping and crowding ofmolecular motors: from theory to mRNA translation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Ciandrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic and Granular Flow '13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Juelich, Germany</w:t>
+              <w:t xml:space="preserve">Paris Biological Physics Community Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939150v1</w:t>
+                <w:t xml:space="preserve">hal-01939123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying gene expression at the level of translation</w:t>
               </w:r>
@@ -3720,51 +3720,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406272v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Droghetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fuchs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Iuliani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Firmano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Tallarico" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57789-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Calabrese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciandrini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cosentino Lagomarsino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2400679121" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789156v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Soubrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foxall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh Dao Duc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2023.0652" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945758v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richmond Crisostomo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Szavits-Nossan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhysCodeb.22" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03980452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Grilli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Osella" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kempes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03980481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa678" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02952457v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Z&#250;&#241;iga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guiziou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mayonove" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Ben Meriem" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Camacho" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18455-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334992v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Paloni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bailly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Barducci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c06288" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945783v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rogalla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Rudge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/ab4fbc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743450v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dias Fernandes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.99.052409" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773708v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rousset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.6.6.077" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737998v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carmen Romano" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.052139" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585251v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.128101" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585262v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Moura" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17618-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060317v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gorgoni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew R Mcfarland" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Carmen Romano" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Stansfield" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw630" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061351v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2014.07.012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063014v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izaak Neri" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauloudet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/11/5/056006" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816492v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Turci" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.012705" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945892v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Keisers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vito Dal Zovo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938405v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935528v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938431v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938095v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938945v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939004v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939053v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103149v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10629-8_70" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939067v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939095v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939133v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939123v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939150v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939022v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938988v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Maria Romano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406272v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Droghetti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fuchs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Iuliani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Firmano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Tallarico" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-57789-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Calabrese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ciandrini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cosentino Lagomarsino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2400679121" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789156v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Soubrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Foxall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khanh Dao Duc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2023.0652" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945758v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richmond Crisostomo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Szavits-Nossan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhysCodeb.22" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03980452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Grilli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Osella" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kempes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03980481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa678" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02952457v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Z&#250;&#241;iga" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guiziou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mayonove" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Ben Meriem" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Camacho" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18455-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334992v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Paloni" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bailly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Barducci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c06288" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743450v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dias Fernandes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.99.052409" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945783v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rogalla" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Rudge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/ab4fbc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773708v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rousset" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.6.6.077" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737998v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carmen Romano" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.97.052139" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585251v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.128101" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585262v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Moura" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17618-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060317v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Gorgoni" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew R Mcfarland" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Carmen Romano" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Stansfield" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw630" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061351v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2014.07.012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063014v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izaak Neri" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauloudet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/11/5/056006" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816492v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Turci" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.012705" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945892v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Keisers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vito Dal Zovo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935528v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938456v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938405v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938431v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938095v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938945v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939004v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939053v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939067v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103149v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10629-8_70" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939095v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939133v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939150v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939123v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939022v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938988v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Maria Romano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>