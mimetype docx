--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -321,563 +321,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05527912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GōMartini 3: From large conformational changes in proteins to environmental bias corrections</w:t>
+                <w:t xml:space="preserve">NMR Structural Characterization of SARS-CoV-2 ORF6 Reveals an N-Terminal Membrane Anchor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+                <w:t xml:space="preserve">Martí Ninot-Pedrosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+                <w:t xml:space="preserve">Gyula Pálfy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafez Razmazma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Brasnett</w:t>
+                <w:t xml:space="preserve">Jackson Crowley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo A Moreira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabian Grünewald</w:t>
+                <w:t xml:space="preserve">Marie-Laure Fogeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-58719-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (21), pp.17668-17681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.4c17030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377343v1</w:t>
+                <w:t xml:space="preserve">hal-05343292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini 3 building blocks for Lipid Nanoparticle design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper B Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisbeth Ravnkilde Kjølbye</w:t>
+                <w:t xml:space="preserve">Helgi I Ingólfsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Valério</w:t>
+                <w:t xml:space="preserve">Daniel P Ramirez-Echemendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markéta Paloncýová</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Pestana-Nobles</w:t>
+                <w:t xml:space="preserve">Mikkel D Andreasen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">ACS Central Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (9), pp.1598−1610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2024-bf4n8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745118v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880477v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR Structural Characterization of SARS-CoV-2 ORF6 Reveals an N-Terminal Membrane Anchor</w:t>
+                <w:t xml:space="preserve">Martini 3 building blocks for Lipid Nanoparticle design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martí Ninot-Pedrosa</w:t>
+                <w:t xml:space="preserve">Lisbeth Ravnkilde Kjølbye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gyula Pálfy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hafez Razmazma</w:t>
+                <w:t xml:space="preserve">Mariana Valério</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jackson Crowley</w:t>
+                <w:t xml:space="preserve">Markéta Paloncýová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Fogeron</w:t>
+                <w:t xml:space="preserve">Roberto Pestana-Nobles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (21), pp.17668-17681. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.4c17030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2024-bf4n8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05343292v1</w:t>
+                <w:t xml:space="preserve">hal-04745118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
+                <w:t xml:space="preserve">GōMartini 3: From large conformational changes in proteins to environmental bias corrections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kasper B Pedersen</w:t>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helgi I Ingólfsson</w:t>
+                <w:t xml:space="preserve">Christopher Brasnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel P Ramirez-Echemendia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+                <w:t xml:space="preserve">Rodrigo A Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikkel D Andreasen</w:t>
+                <w:t xml:space="preserve">Fabian Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Central Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11 (9), pp.1598−1610. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.4051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-58719-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880477v2</w:t>
+                <w:t xml:space="preserve">hal-05377343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
               </w:r>
@@ -902,91 +902,91 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helgi Ingólfsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ramirez-Echemendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikkel Andreasen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Central Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 11 (9), pp.1598-1610. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402465v1</w:t>
@@ -1131,51 +1131,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting lipid sorting in curved membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jackson Crowley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hilpert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1421,51 +1421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vögele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Hilpert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 21 (18), pp.9035-9053. </w:t>
@@ -1503,51 +1503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pragmatic Coarse-Graining of Proteins: Models and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilias Patmanidis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1635,429 +1635,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyply; a python suite for facilitating simulations of macromolecules and nanomaterials</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polystyrene perturbs the structure, dynamics, and mechanical properties of DPPC membranes: An experimental and computational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter C Kroon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+                <w:t xml:space="preserve">Davide Bochicchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cantu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Vittoria Cadario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Palchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Natali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-27627-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 605 (1), pp.110-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.07.069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855658v1</w:t>
+                <w:t xml:space="preserve">hal-05023560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polystyrene perturbs the structure, dynamics, and mechanical properties of DPPC membranes: An experimental and computational study</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards design of drugs and delivery systems with the Martini coarse-grained model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Natali</w:t>
+                <w:t xml:space="preserve">Lisbeth Kjølbye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Bartocci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Pannuzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Albani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2021.07.069⟩</w:t>
+              <w:t xml:space="preserve">QRB Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.e19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/qrd.2022.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05023560v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards design of drugs and delivery systems with the Martini coarse-grained model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martina Pannuzzo</w:t>
+                <w:t xml:space="preserve">Polyply; a python suite for facilitating simulations of macromolecules and nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Grünewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simone Albani</w:t>
+                <w:t xml:space="preserve">Peter C Kroon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Monticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QRB Discovery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 3, pp.e19. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 13 (1), pp.68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/qrd.2022.16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-27627-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864646v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substrate-bound and substrate-free outward-facing structures of a multidrug ABC exporter</w:t>
               </w:r>
@@ -4483,103 +4483,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GōMartini 3: From large conformational changes in proteins to environmental bias corrections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Brasnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo A Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4627,51 +4627,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cambiaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Tagliabue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Bochicchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Tinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4732,51 +4732,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birth of an organelle: molecular mechanism of lipid droplet biogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jackson Crowley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5028,51 +5028,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="55B7B70B"/>
+    <w:nsid w:val="947C8187"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5259,51 +5259,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lucamonticelli" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6352-4595" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-4608-2008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527912v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gobbi Sebinelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Syska" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafez Razmazma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Alban&#232;se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rita Dias Araujo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202502112" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377343v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C T Souza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Borges-Ara&#250;jo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brasnett" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A Moreira" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Gr&#252;newald" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58719-0" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745118v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Ravnkilde Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;rio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Palonc&#253;ov&#225;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pestana-Nobles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-bf4n8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343292v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237; Ninot-Pedrosa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyula P&#225;lfy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Crowley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Fogeron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c17030" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880477v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper B Pedersen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi I Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel P Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel D Andreasen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.5c00755" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Pedersen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Andreasen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshan Shrestha" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Alessandri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin V&#246;gele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Hilpert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Souza" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00923" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023539v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hilpert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Monticelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mie.2024.03.022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911311v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne M Kiirikki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne S Antila" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara S Bort" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Buslaev" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Favela-Rosales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45189-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296801v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Patmanidis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Singh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucianna Santos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sieradzan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00733" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03855658v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C Kroon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27627-4" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023560v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bochicchio" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cantu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vittoria Cadario" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Palchetti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Natali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.07.069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864646v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Pereira" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bartocci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pannuzzo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Albani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qrd.2022.16" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552930v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaptal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Zampieri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Wiseman" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Orelle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg9215" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023557v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zobia Naz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Tarique Moin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.2c02007" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864638v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert Marrink" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Melo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peter Tieleman" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcms.1620" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863208v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barnoud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Thallmair" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Faustino" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-021-01098-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023576v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Eid" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Greige-Gerges" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Jraij" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2020.105011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023574v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadva.2021.100018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023582v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ebrahimi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c04253" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023590v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juho Liekkinen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berta de Santos Moreno" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riku Paananen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilpo Vattulainen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2020.581016" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023584v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Lavagna" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Rossi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr00868k" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02934751v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Caillon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nieto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gehan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohyeddine Omrane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rodriguez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17585-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396883v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Chorlay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Ver&#237;ssimo Ferreira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalthoum Ben M'Barek" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Ajjaji" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2019.05.003" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023592v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Simonelli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.8b11204" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023595v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Zoni" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Endter" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herre Risselada" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2019.00124" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023601v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Grunewald" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Vries" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.8b04760" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110228v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delolme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Kilburg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Magnard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montigny" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41751" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303912v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Catte" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Girych" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Javanainen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loison" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Melcr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp04883h" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308166v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Botan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F. J. Fuchs" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kanduc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b04878" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05261350v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin L&#233;ger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Edmund Hoff" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Scilironi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiel Abettan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023533v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745078v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Brasnett" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023543v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cambiaso" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tagliabue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Tinti" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Rasera Figueiredo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05517743v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Santos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388821v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lucamonticelli" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6352-4595" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-4608-2008" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527912v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gobbi Sebinelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Syska" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafez Razmazma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Alban&#232;se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rita Dias Araujo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202502112" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343292v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237; Ninot-Pedrosa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyula P&#225;lfy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Crowley" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Fogeron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.4c17030" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880477v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper B Pedersen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi I Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel P Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Borges-Ara&#250;jo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel D Andreasen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.5c00755" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745118v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Ravnkilde Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;rio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Palonc&#253;ov&#225;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pestana-Nobles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-bf4n8" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377343v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C T Souza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brasnett" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A Moreira" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Gr&#252;newald" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58719-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402465v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Pedersen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Andreasen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshan Shrestha" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Alessandri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin V&#246;gele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Hilpert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Souza" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00923" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023539v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hilpert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Monticelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mie.2024.03.022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911311v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne M Kiirikki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne S Antila" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara S Bort" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Buslaev" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Favela-Rosales" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-45189-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296801v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Patmanidis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Singh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucianna Santos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sieradzan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00733" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023560v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bochicchio" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cantu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vittoria Cadario" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Palchetti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Natali" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2021.07.069" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864646v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Pereira" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bartocci" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pannuzzo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Albani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qrd.2022.16" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03855658v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C Kroon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27627-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552930v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaptal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Zampieri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Wiseman" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Orelle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg9215" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023557v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zobia Naz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Tarique Moin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.2c02007" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864638v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert Marrink" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Melo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peter Tieleman" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcms.1620" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863208v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barnoud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Thallmair" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Faustino" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-021-01098-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023576v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Eid" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Greige-Gerges" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Jraij" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphyslip.2020.105011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023574v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadva.2021.100018" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023582v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ebrahimi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.0c04253" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023590v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juho Liekkinen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berta de Santos Moreno" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riku Paananen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilpo Vattulainen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2020.581016" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023584v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Lavagna" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Rossi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr00868k" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02934751v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Caillon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nieto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gehan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohyeddine Omrane" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rodriguez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17585-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396883v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Chorlay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Ver&#237;ssimo Ferreira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalthoum Ben M'Barek" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Ajjaji" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2019.05.003" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023592v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Simonelli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.8b11204" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023595v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Zoni" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Endter" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herre Risselada" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2019.00124" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023601v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Grunewald" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Vries" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.8b04760" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110228v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delolme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Kilburg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Magnard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Montigny" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41751" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303912v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Catte" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykhailo Girych" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Javanainen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Loison" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Melcr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cp04883h" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308166v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Botan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F. J. Fuchs" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kanduc" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b04878" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05261350v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin L&#233;ger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Edmund Hoff" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Scilironi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amiel Abettan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023533v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745078v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Brasnett" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05023543v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cambiaso" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tagliabue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Tinti" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Rasera Figueiredo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05517743v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Santos" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388821v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>