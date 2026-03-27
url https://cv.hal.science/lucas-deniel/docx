--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -428,325 +428,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon photonic on-chip spatial heterodyne Fourier transform spectrometer exploiting the Jacquinot’s advantage</w:t>
+                <w:t xml:space="preserve">Enhancing SiN waveguide optical nonlinearity via hybrid GaS integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Thuy Duong Dinh</w:t>
+                <w:t xml:space="preserve">Skylar Deckoff-Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David González-Andrade</w:t>
+                <w:t xml:space="preserve">Vincent Pelgrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Montesinos-Ballester</w:t>
+                <w:t xml:space="preserve">Jianhao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christian Lafforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Szelag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (6), pp.1341. </w:t>
+              <w:t xml:space="preserve">Journal of Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (2), pp.025802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OL.418278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2040-8986/abe7d7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03320959v1</w:t>
+                <w:t xml:space="preserve">hal-03272655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing SiN waveguide optical nonlinearity via hybrid GaS integration</w:t>
+                <w:t xml:space="preserve">Silicon photonic on-chip spatial heterodyne Fourier transform spectrometer exploiting the Jacquinot’s advantage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skylar Deckoff-Jones</w:t>
+                <w:t xml:space="preserve">Thi Thuy Duong Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Pelgrin</w:t>
+                <w:t xml:space="preserve">David González-Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianhao Zhang</w:t>
+                <w:t xml:space="preserve">Miguel Montesinos-Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Lafforgue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucas Deniel</w:t>
+                <w:t xml:space="preserve">Bertrand Szelag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 23 (2), pp.025802. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (6), pp.1341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2040-8986/abe7d7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.418278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03272655v1</w:t>
+                <w:t xml:space="preserve">hal-03320959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DAC-less PAM-4 generation in the O-band using a silicon Mach-Zehnder modulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -920,51 +920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelali Hammouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Gutwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrated Optics: Design, Devices, Systems, and Applications VIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Prague, Czech Republic. </w:t>
@@ -1121,191 +1121,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04652694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterodyne detection for the measurement of electro-optical frequency combs generated with a silicon Mach-Zehnder modulator</w:t>
+                <w:t xml:space="preserve">Demonstration of High-Speed Pockels Effect in Strained Si Waveguides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christian Lafforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Berciano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Charles Baudot</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marcaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West - OPTO 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2543962⟩</w:t>
+              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics OSA Technical Digest (Optical Society of America, 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Optical Society of America, 2020, Washington, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/CLEO_SI.2020.SM2J.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02946592v1</w:t>
+                <w:t xml:space="preserve">hal-02941661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual comb spectroscopy using silicon electro-optical modulators</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Heterodyne detection for the measurement of electro-optical frequency combs generated with a silicon Mach-Zehnder modulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Weckenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1313,487 +1313,487 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Pérez Galacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bramerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Margaux Barbier</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Baudot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics Europe 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2556066⟩</w:t>
+              <w:t xml:space="preserve">SPIE Photonics West - OPTO 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, San Francisco, United States. pp.1128516, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2543962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946604v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of High-Speed Pockels Effect in Strained Si Waveguides</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Dual comb spectroscopy using silicon electro-optical modulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Marcaud</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Weckenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Pérez Galacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bramerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Le Roux</w:t>
+                <w:t xml:space="preserve">Margaux Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Lasers and Electro-Optics OSA Technical Digest (Optical Society of America, 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Optical Society of America, 2020, Washington, United States. </w:t>
+              <w:t xml:space="preserve">SPIE Photonics Europe 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Online Only, France. pp.1136405, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/CLEO_SI.2020.SM2J.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2556066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02941661v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02946604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération de peigne de fréquence électro-optique par un modulateur Mach-Zehnder en silicium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Generation of O-band PAM-4 signal using a silicon modulator driven by two binary sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Perez-Galacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Baudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bramerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">SPIE Photonics West - OPTO 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, San Francisco, France. pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02270919v1</w:t>
+                <w:t xml:space="preserve">hal-02270910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of O-band PAM-4 signal using a silicon modulator driven by two binary sequences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Génération de peigne de fréquence électro-optique par un modulateur Mach-Zehnder en silicium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Perez-Galacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Weckenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Baudot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bramerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West - OPTO 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, San Francisco, France. pp.40</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02270910v1</w:t>
+                <w:t xml:space="preserve">hal-02270919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1811,51 +1811,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composants électro-optiques en photonique silicium pour les communications haut-débit et la génération de peignes de fréquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Deniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Optique / photonique. Université Paris-Saclay, 2021. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021UPAST126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1972,51 +1972,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CB6DBF44"/>
+    <w:nsid w:val="C52A96D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2203,51 +2203,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lucas-deniel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9768-1759" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156881v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupama Viswanathan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghandaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gutwirth" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Halenkovic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Hammouti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaom.5c00165" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693026v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Weckenmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bramerie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Perez-Galacho" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boeuf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2022.3179650" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Duong Dinh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gonz&#225;lez-Andrade" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Montesinos-Ballester" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Deniel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Szelag" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.418278" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272655v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skylar Deckoff-Jones" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pelgrin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhao Zhang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lafforgue" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/abe7d7" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270915v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego P&#233;rez Galacho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Baudot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.009740" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534606v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3057945" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652694v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Meziani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bodiou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lorrain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parastesh Pirasteh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946592v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2543962" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946604v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Barbier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2556066" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941661v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Berciano" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marcaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2020.SM2J.1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270919v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270910v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03485488v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPAST126" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lucas-deniel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9768-1759" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156881v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupama Viswanathan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghandaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gutwirth" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Halenkovic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Hammouti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaom.5c00165" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693026v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Weckenmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bramerie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Perez-Galacho" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boeuf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2022.3179650" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272655v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skylar Deckoff-Jones" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pelgrin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhao Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lafforgue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Deniel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2040-8986/abe7d7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320959v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Duong Dinh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gonz&#225;lez-Andrade" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Montesinos-Ballester" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Szelag" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.418278" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270915v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego P&#233;rez Galacho" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Baudot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.009740" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534606v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3057945" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652694v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Meziani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bodiou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lorrain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parastesh Pirasteh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941661v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Berciano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marcaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2020.SM2J.1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946592v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2543962" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946604v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Barbier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2556066" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270910v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270919v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03485488v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021UPAST126" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>