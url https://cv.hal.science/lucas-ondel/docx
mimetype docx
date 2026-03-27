--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1904,800 +1904,804 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03478164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linguistic unit discovery from multi-modal inputs in unwritten languages: Summary of the “Speaking rosetta” JSALT 2017 workshop</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florian Metze</w:t>
+                <w:t xml:space="preserve">Analysis of BUT-PT Submission for NIST LRE 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oldřich Plchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Matejka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ondrej Novotny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Cumani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Lozano-Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Odyssey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les Sables d'Olonne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01709578v1</w:t>
+                <w:t xml:space="preserve">hal-03478191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian models for unit discovery on a very low resource language</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unsupervised Word Segmentation from Speech with Attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcely Zanon Boito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mark Hasegawa-Johnson</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Yvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2018.8461545⟩</w:t>
+              <w:t xml:space="preserve">Interspeech 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Hyderabad, India. pp.2678-2682, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2018-1308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01709589v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01818092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic speech recognition and topic identification for almost-zero-resource languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Wiesner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chunxi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Craig Harman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vimal Manohar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERSPEECH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Hyderabad, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03478201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Word Segmentation from Speech with Attention</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Yvon</w:t>
+                <w:t xml:space="preserve">Linguistic unit discovery from multi-modal inputs in unwritten languages: Summary of the “Speaking rosetta” JSALT 2017 workshop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Scharenborg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Black</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hasegawa-Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Metze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2018</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21437/Interspeech.2018-1308⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Calgary, Alberta, Canada. pp.4979 - 4983, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2018.8461761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01818092v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01709578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of BUT-PT Submission for NIST LRE 2017</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ondrej Novotny</w:t>
+                <w:t xml:space="preserve">Bayesian models for unit discovery on a very low resource language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Ondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandro Cumani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alicia Lozano-Diez</w:t>
+                <w:t xml:space="preserve">Elin Larsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hasegawa-Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Odyssey</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Calgary, Alberta, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2018.8461545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03478191v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01709589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian joint-sequence models for grapheme-to-phoneme conversion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An empirical evaluation of zero-resource acoustic units discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunxi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinyi Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirko Hannemann</w:t>
+                <w:t xml:space="preserve">Ming Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Trmal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucas Ondel</w:t>
+                <w:t xml:space="preserve">Santosh Kesiraju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santosh Kesiraju</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alena Rott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nouvelle Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478209v1</w:t>
+                <w:t xml:space="preserve">hal-03478220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian phonotactic language model for acoustic unit discovery</w:t>
               </w:r>
@@ -2722,51 +2726,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Burget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Černocký</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santosh Kesiraju</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nouvelle Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2785,523 +2789,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03478211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building an asr system for a low-resource language through the adaptation of a high-resource language asr system: preliminary results</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bayesian joint-sequence models for grapheme-to-phoneme conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Cianella</w:t>
+                <w:t xml:space="preserve">Mirko Hannemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan W Black</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jan Trmal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Ondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santosh Kesiraju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukáš Burget</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICNLSSP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Casablanca, Morocco</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Nouvelle Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478229v1</w:t>
+                <w:t xml:space="preserve">hal-03478209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Image2speech: Automatically generating audio descriptions of images</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Building an asr system for a low-resource language through the adaptation of a high-resource language asr system: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odette Scharenborg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Cianella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Ciannella</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alan W Black</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shruti Palaskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Metze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNLSSP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03478222v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topic identification of spoken documents using unsupervised acoustic unit discovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Santosh Kesiraju</w:t>
+                <w:t xml:space="preserve">Image2speech: Automatically generating audio descriptions of images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hasegawa-Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Black</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lukáš Burget</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Scharenborg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najim Dehak</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francesco Ciannella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Nouvelle Orleans, United States</w:t>
+              <w:t xml:space="preserve">ICNLSSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03478213v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An empirical evaluation of zero-resource acoustic units discovery</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jinyi Yang</w:t>
+                <w:t xml:space="preserve">Topic identification of spoken documents using unsupervised acoustic unit discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santosh Kesiraju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ming Sun</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Santosh Kesiraju</w:t>
+                <w:t xml:space="preserve">Raghavendra Pappagari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukáš Burget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alena Rott</w:t>
+                <w:t xml:space="preserve">Najim Dehak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Nouvelle Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478220v1</w:t>
+                <w:t xml:space="preserve">hal-03478213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MASK+: Data-driven regions selection for acoustic fingerprinting</w:t>
               </w:r>
@@ -4154,334 +4154,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Word Segmentation from Discrete Speech Units in Low-Resource Settings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bayesian Subspace HMM for the Zerospeech 2020 Challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolaji Yusuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03477951v1</w:t>
+                <w:t xml:space="preserve">hal-03478155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Joint Decoding Based Multi-Talker Speech Recognition with DNN Acoustic Model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kateřina Žmolíková</w:t>
+                <w:t xml:space="preserve">Unsupervised Word Segmentation from Discrete Speech Units in Low-Resource Settings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcely Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bolaji Yusuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Villavicencio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Besacier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03477923v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03477951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Subspace HMM for the Zerospeech 2020 Challenge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bolaji Yusuf</w:t>
+                <w:t xml:space="preserve">Revisiting Joint Decoding Based Multi-Talker Speech Recognition with DNN Acoustic Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Kocour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kateřina Žmolíková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Ondel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ján Švec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03478155v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03477923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4499,103 +4499,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BUT-PT System Description for NIST LRE 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Matejka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oldřich Plchot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ondrej Novotny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Cumani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Lozano-Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] National Institute of Standards and Technology [Gaithersburg] (Agency of the U.S. Department of Commerce). 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -4893,51 +4893,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05373155v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa-Claire Adgharouamane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devauchelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467205v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ondel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolaji Yusuf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Burget" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Sara&#231;lar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2022.3171975" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02480675v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Scharenborg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Black" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hasegawa-Johnson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Metze" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2020.2973896" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan &#268;ernock&#253;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938377v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ondel Yang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin &#201;lie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rilliard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874662v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694868v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Uro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2024-1177" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04227249v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Marie Lam-Yee-Mui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ond&#345;ej Klejch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2023-1802" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434552v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kocour" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caio Corro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;s Burget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746824" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477993v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#328; &#268;ernock&#253;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Saraclar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414899" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962224v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Dunbar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Karadayi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bernard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Nga Cao" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Algayres" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478174v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vydana Hari Krishna" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478158v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruizhi Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynek Hermansky" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274112v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Benjumea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478164v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinyi Yang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimal Manohar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709578v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461761" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709589v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Godard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Larsen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461545" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478201v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Wiesner" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunxi Liu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Harman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818092v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon Boito" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Yvon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-1308" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478191v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Old&#345;ich Plchot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Matejka" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Novotny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Cumani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Lozano-Diez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478209v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Hannemann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Trmal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Kesiraju" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478211v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478229v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cianella" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan W Black" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shruti Palaskar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478222v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ciannella" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478213v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghavendra Pappagari" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najim Dehak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478220v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Sun" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Rott" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478239v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Anguera" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Luque" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478242v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450567v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studi.aisv.it/index.php/home/issue/view/18" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17469/O2112AISV000004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191640v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Perli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gigant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153758v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500843v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Raissi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Riera" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216190v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George August Wright" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Cappellazzo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Zaiem" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desh Raj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477951v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Villavicencio" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477923v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina &#381;mol&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;n &#352;vec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delcroix" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478155v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478228v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03478075v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05373155v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa-Claire Adgharouamane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devauchelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467205v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ondel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolaji Yusuf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Burget" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Sara&#231;lar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2022.3171975" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02480675v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Scharenborg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Black" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hasegawa-Johnson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Metze" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASLP.2020.2973896" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan &#268;ernock&#253;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938377v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Ondel Yang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin &#201;lie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rilliard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874662v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694868v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Uro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2024-1177" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04227249v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a-Marie Lam-Yee-Mui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ond&#345;ej Klejch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2023-1802" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434552v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kocour" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caio Corro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;s Burget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9746824" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477993v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja&#328; &#268;ernock&#253;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Saraclar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414899" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962224v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Dunbar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Karadayi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bernard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan-Nga Cao" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Algayres" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478174v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vydana Hari Krishna" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478158v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruizhi Li" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynek Hermansky" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274112v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Benjumea" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478164v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinyi Yang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vimal Manohar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478191v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Old&#345;ich Plchot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Matejka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Novotny" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Cumani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Lozano-Diez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818092v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Godard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon Boito" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Yvon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2018-1308" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Wiesner" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunxi Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Harman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709578v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461761" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709589v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elin Larsen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2018.8461545" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478220v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Sun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Kesiraju" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Rott" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478211v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478209v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Hannemann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Trmal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478229v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cianella" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan W Black" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shruti Palaskar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478222v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ciannella" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478213v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghavendra Pappagari" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najim Dehak" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478239v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Anguera" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Luque" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478242v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450567v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studi.aisv.it/index.php/home/issue/view/18" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17469/O2112AISV000004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191640v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Perli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gigant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fraigneau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153758v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500843v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Raissi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Riera" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216190v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George August Wright" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Cappellazzo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Zaiem" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desh Raj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478155v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477951v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Villavicencio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477923v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina &#381;mol&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;n &#352;vec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delcroix" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478228v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03478075v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>