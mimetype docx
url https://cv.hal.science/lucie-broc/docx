--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -100,265 +100,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing the effects of typing and handwriting on spelling performance in school</w:t>
+                <w:t xml:space="preserve">The acquisition of personal pronouns’ comprehension and production in French-speaking children: Toward the ability to embody characters’ perspectives in various pictured speech interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Broc</w:t>
+                <w:t xml:space="preserve">Jean Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
+                <w:t xml:space="preserve">Clément Villières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Colliot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Camille Bélichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-03369-x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (9), pp.e0324218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0324218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05083340v1</w:t>
+                <w:t xml:space="preserve">hal-05282438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The acquisition of personal pronouns’ comprehension and production in French-speaking children: Toward the ability to embody characters’ perspectives in various pictured speech interactions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparing the effects of typing and handwriting on spelling performance in school</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Bélichard</w:t>
+                <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Chêne</w:t>
+                <w:t xml:space="preserve">Sébastien Goudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bodeau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tiphaine Colliot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 20 (9), pp.e0324218. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.17985. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0324218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-03369-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282438v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05083340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Transcription Mode on Word-Level Features of Compositional Quality among French Immersion Elementary Students</w:t>
               </w:r>
@@ -396,51 +396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Burchell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathleen Hipfner-Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9 (7), pp.234. </w:t>
@@ -478,51 +478,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser les collectifs. Quand on se donne les moyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Gacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -586,81 +586,81 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Est-ce qu’écrire sur un clavier aide les élèves présentant un Trouble Spécifique d’Apprentissage du Langage Écrit à améliorer leur orthographe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Caillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 141, pp.50-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.61989/epzt0p92⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
@@ -677,51 +677,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Est-ce que les enfants avec un Trouble Développemental du Langage Oral scolarisés en milieu ordinaire choisissent d’écrire des mots fréquents et consistants pour éviter les fautes d’orthographe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Négro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -941,51 +941,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spelling Errors in French Elementary School Students: A Linguistic Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Joye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Ruth Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1045,51 +1045,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focus on the Narrative Skills of Teenagers with Developmental Language Disorder (DLD) and High Functioning Autism (HFA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Brassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1175,51 +1175,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capturing the Nature of the Spelling Errors in Developmental Language Disorder: A Scoping Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Joye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1305,51 +1305,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced deficits observed in children and adolescents with developmental language disorder using proper nonverbalizable span tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1409,51 +1409,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecrire des narrations permet aux élèves dysphasiques de mobiliser leurs connaissances syntaxiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Palasis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1526,51 +1526,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower verbalizability of visual stimuli modulates differences in estimates of working memory capacity between children with and without developmental language disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1630,51 +1630,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spelling Performance in Children with Developmental Language Disorder: A Meta-Analysis across European Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Joye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1734,51 +1734,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluer les compétences syntaxiques des enfants et des adolescents dysphasiques à l’oral : Quand et pourquoi utiliser la narration ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Olive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1864,51 +1864,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monik Favart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Potocki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Quemart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1972,51 +1972,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spelling assessment in young students with SLI through a communicative narrative situation: Variations with the type of spelling, lexical versus morphological</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2118,51 +2118,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lexical spelling in children and adolescents with specific language impairment: Variations with the writing situation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Bernicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2309,51 +2309,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cross-orthographies comparison of spelling strategies in the primary years in French and English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Joye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Elizabeth Dockrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2398,57 +2398,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symposium : Apprentissage typique et atypique de l’enfant et de l’adolescent : Processus cognitifs et motivationnels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Apprentissage typique et atypique de l’enfant et de l’adolescent : processus cognitifs et motivationnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mazerolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2486,77 +2486,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À l’aire du tout numérique est-ce qu’écrire sur un ordinateur est une baguette magique pour la maitrise de l’orthographe chez nos élèves ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goudeau Sebastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Colliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traces et écritures à et pour l’école</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Maxéville, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2575,57 +2575,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04868326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lutter contre les inégalités dans les REP+ : L’exemple de l’orthographe dans les classes inter-degrés au cycle 3 (du CM1 à la 6ème)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Lutter contre les inégalités dans les REP+ : l’exemple de l’orthographe dans les classes inter-degrés au cycle 3 (du CM1 à la 6ème)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2670,152 +2670,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performances orthographiques d’élèves scolarisés en REP+ qui bénéficient d'un programme pédagogique innovant, les classes Inter-degrés : Variation en fonction de la nature des erreurs orthographiques considérées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Performances orthographiques d’élèves scolarisés en REP+ qui bénéficient d'un programme pédagogique innovant, les classes Inter-degrés : variation en fonction de la nature des erreurs orthographiques considérées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème édition du colloque RIPSYDEVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment la recherche collaborative développée dans le cadre du LéA REP+ Maurice Jaubert Nice Ariane a permis de formaliser et renforce le projet initial des Classes Inter-Degrés au cycle 3 : Une histoire à quatre voix.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2853,51 +2853,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du travail collectif développé au sein de Classes Inter-Degrés sur les performances en lecture et en écriture d’élèves scolarisés en Réseau d’Éducation Prioritaire Renforcé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2961,51 +2961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Godart-Wendling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Babault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Cassell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3043,51 +3043,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances orthographiques des élèves des Classes Inter-Degrés (CM1-CM2-6ème) du Réseau d’Éducation Prioritaire Renforcé de Nice Ariane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Dias-Chiaruttini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3119,165 +3119,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pragmatic Language in Autism Spectrum Disorder: Difficulties of interaction in school.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Pragmatic Language in Autism Spectrum Disorder: Difficulties of interaction in school</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Word congress of the International Association for the Scientific Studies of Intellectual and Developmental Disabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2019, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02453242v1</w:t>
+                <w:t xml:space="preserve">hal-02099996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pragmatic Language in Autism Spectrum Disorder: Difficulties of interaction in school</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Pragmatic Language in Autism Spectrum Disorder: Difficulties of interaction in school.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Word congress of the International Association for the Scientific Studies of Intellectual and Developmental Disabilities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">, Aug 2019, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02099996v1</w:t>
+                <w:t xml:space="preserve">hal-02453242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Working memory impairments extend to non-verbal domains in post-stroke aphasia</w:t>
               </w:r>
@@ -3289,51 +3289,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seçkin Arslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semra Selvi Balo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İlknur Maviş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3397,51 +3397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la mémoire de travail verbale et des troubles linguistiques sur les compétences narratives : Une comparaison inter-syndromique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Brassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3531,51 +3531,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of oral language in written text production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Arfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dockrell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3613,51 +3613,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When writing is helpful: Variations of performance of children and adolescents with specific language impairment in oral and written narratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Olive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3695,51 +3695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pragmatique et narration d’un évènement personnel chez les enfants et adolescents dysphasiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Bernicot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3777,51 +3777,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pragmatics and education: The usefulness of narratives for determining students’ linguistic skills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Bernicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3872,51 +3872,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narration écrite chez les élèves dysphasiques: Une évaluation de l’orthographe lexicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Bernicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3997,51 +3997,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narrations écrites et orthographe chez les enfants et adolescents dysphasiques : Pourquoi les erreurs morphologiques augmentent-elles avec l’âge ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josie Bernicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4215,51 +4215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloë Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Annual Conference of SSR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4486,51 +4486,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le langage oral et écrit des enfants et adolescents dysphasiques : Ce que nous apprennent les situations de narrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université de Poitiers, 2015. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4589,51 +4589,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle est la nature des erreurs d’orthographes produites par les enfants présentant un Trouble Spécifique du Langage Oral (TDLO)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Olive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4840,51 +4840,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083340v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Broc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Colliot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03369-x" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282438v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Xavier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Villi&#232;res" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;lichard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ch&#234;ne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bodeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0324218" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Chin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn White" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Burchell" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Hipfner-Boucher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9070234" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517770v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gacem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fablet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dias-Chiaruttini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Caillet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61989/epzt0p92" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#233;gro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Joye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Olive" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.097.0157" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057285v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Francisco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Louis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Rouquette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-023-06607-8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775179v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Ruth Marshall" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Elizabeth Dockrell" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2022_JSLHR-21-00507" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389604v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Brassart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bragard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Schelstraete" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.721283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327754v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dockrell" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2021_LSHSS-20-00086" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388824v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#231;kin Arslan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2019.103522" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929793v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Palasis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207810003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929714v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396941520945519" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950063v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10888438.2018.1491584" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950216v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Bernicot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162710002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950077v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monik Favart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Potocki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Quemart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2016.09.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950087v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernicot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Olive" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Favart" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reilly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2014.09.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P80PVQJG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950090v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Reilly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2013.06.025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-78S981M3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533647v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533655v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mazerolle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868326v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533665v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617176v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324317v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Godart-Wendling" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Babault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cassell" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324306v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453242v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099996v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357910v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi Balo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;lknur Mavi&#351;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2019.01.00065" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054842v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hancisse Sophie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054851v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Arfe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054843v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054846v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054844v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054847v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950219v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801167" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054849v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Marshall" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Brunet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928409v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Polse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Uze" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/tilar.22.20rei" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02054838v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907918v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282438v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Xavier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Villi&#232;res" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;lichard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Ch&#234;ne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bodeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0324218" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083340v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Broc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goudeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Colliot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03369-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Chin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn White" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Burchell" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen Hipfner-Boucher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages9070234" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517770v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gacem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fablet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Dias-Chiaruttini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759778v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Caillet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61989/epzt0p92" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#233;gro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Joye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Olive" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.097.0157" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057285v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Francisco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Louis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Rouquette" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-023-06607-8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775179v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Ruth Marshall" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Elizabeth Dockrell" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2022_JSLHR-21-00507" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389604v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Brassart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bragard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Schelstraete" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.721283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327754v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dockrell" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2021_LSHSS-20-00086" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388824v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se&#231;kin Arslan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2019.103522" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929793v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Palasis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20207810003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929714v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396941520945519" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950063v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10888438.2018.1491584" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950216v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josie Bernicot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20162710002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950077v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monik Favart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Potocki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Quemart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2016.09.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950087v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernicot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Olive" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Favart" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reilly" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2014.09.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P80PVQJG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950090v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Reilly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2013.06.025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-78S981M3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533647v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533655v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mazerolle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868326v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533665v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Meunier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533658v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617176v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324317v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879485v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Godart-Wendling" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Babault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Cassell" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324306v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099996v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453242v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357910v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semra Selvi Balo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;lknur Mavi&#351;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fnhum.2019.01.00065" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054842v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hancisse Sophie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054851v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Arfe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054843v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054846v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054844v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054847v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950219v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801167" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054849v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#235; Marshall" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Brunet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928409v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Polse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Uze" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/tilar.22.20rei" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02054838v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907918v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>