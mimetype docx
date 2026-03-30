--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -815,445 +815,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04018257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S’engager dans un programme d’ETP en oncologie : effets croisés des socialisations et des interactions en séances sur les formes et le sens de l’engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences Sociales et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 39 (4), pp.75-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/sss.2021.0213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Usages du yoga et « gestion des émotions » à l’école</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brunaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Jacolin-Nackaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tréma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03820125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récit de soi en éducation thérapeutique du patient : valoriser des biographies ajustées au registre clinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Génolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...16 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Vol. 33 (3), pp.359-368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.213.0359⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S’engager dans un programme d’ETP en oncologie : effets croisés des socialisations et des interactions en séances sur les formes et le sens de l’engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Sociales et Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Vol. 39 (4), pp.75-103. </w:t>
-[...219 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.75-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03820100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -1362,51 +1362,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacité limitée et égalité des chances d’entrer en licence Staps  Premiers résultats d’une enquête monographique de quatre ans (2012-2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences sociales et sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, N° 14 (2), pp.51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2180,181 +2180,306 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les staffs en athlétisme de haute performance : dynamiques organisationnelles et rapports de pouvoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Derycke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organiser, Désorganiser, Réorganiser le travail, 18ème édition des Journées Internationales de Sociologie du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université d'Evry Paris Saclay, Jul 2024, Evry Courcouronnes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Modération des tables rondes Un parcours commun vers le haut niveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée pédagogique santé &amp; sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculté de Santé et Faculté des Sciences, des Sports et du Mouvement Humain, Mar 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ressorts de l'engagement et fabrique des élites sportives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation dans le cadre du séminaire Sciences 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, On Line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Making of Champions in the Digital Age: Resources and Obstacles to Progression Within the High-level Sports Career in Climbing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2370,251 +2495,126 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tension, Trust and Transformation, ESA 16th conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESA, European Sociology Association, Aug 2024, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modération de la table ronde Bénévolat, les ressorts de l'engagement et du non engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des Jeux - Le bénévolat en question : Dialogues entre acteurs du sport et chercheurs en sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les enjeux des Jeux, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972152v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-04972206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’orientation post-bac des élèves inscrits dans les sections sportives et les académies de rugby. Renforcements, réductions, recompositions des déterminismes de genres, sociaux et territoriaux</w:t>
               </w:r>
@@ -2978,384 +2978,686 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De l’« être pro » au devenir professionnel : variabilité des discours, des pratiques et des ressources au sein de l’élite athlétique française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Julla-Marcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Derycke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dire, Faire et Analyser. La sociologie du sport face au langage. 11ème Congrès de la 3SLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SSSLF, Société de Sociologie du Sport de Langue Française, Jun 2022, Rennes 2 Université, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Yoga et ses usages chez les enseignants d’EPS – effets des socialisations corporelles et professionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Jacolin-Nackaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brunaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des Jeux - Congrès international -</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Contribution de la recherche en SHS du sport aux Jeux Olympiques et Paralympiques de Paris 2024, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquêter sur les effets des socialisations et des dispositifs : la construction des aspirations et stratégies d'orientation post-bac des lycéen.nes inscrit.es dans les sections sportives rugby de l'académie de Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Barrau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes journées des INSPE d'Occitanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Cap d'Agde, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation du Symposium Corps et masculinités – regards croisés sur le sport comme lieu de fabrique et d'expression des masculinités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Les enjeux des jeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Contribution de la recherche en SHS du sport aux Jeux Olympiques et Paralympiques de Paris 2024, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sport comme lieu &amp;quot;d'incorporation de la race&amp;quot; ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude Race et Socialisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RT50 AFS - Association française de sociologie, Investir l'Avenir, Institut Convergences Migrations, Nov 2022, CNRS Pouchet, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoga à l’école : gestion des émotions et usages selon les contextes et publics scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Doga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brunaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Salaméro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès Les enjeux des jeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Montpellier (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table Ronde - Rayonnement et soutien au sport de haut niveau français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude Les sports de la Défense : de la cohésion des armées au rayonnement international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRSEM - Institut de Recherche Stratégique de l'École Militaire et CNDS - Centre National des Sports de la Défense, Oct 2022, Paris, Ecole Militaire, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce qu’« être pro » veut dire… Contribution à l’analyse de la dynamique des carrières d’élite en athlétisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3414,250 +3716,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Congrès de la 3SLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...176 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le « staff » en athlétisme : se constituer en réseau pour produire une performance sportive et économique sur le marché du travail athlétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3716,346 +3841,221 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Enjeux des Jeux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Montpellier (Le Corum), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">De l’« être pro » au devenir professionnel : variabilité des discours, des pratiques et des ressources au sein de l’élite athlétique française</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athletic Success and Sporting Inheritance: Family Socialization and the Development of a High Level of Sporting Capital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mennesson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dire, Faire et Analyser. La sociologie du sport face au langage. 11ème Congrès de la 3SLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SSSLF, Société de Sociologie du Sport de Langue Française, Jun 2022, Rennes 2 Université, France</w:t>
+              <w:t xml:space="preserve">Sociological Knowledges for Alternative Futures, 15th ESA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESA, European Sociological Association, Aug 2021, Barcelona (online), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S'engager dans un programme d'ETP en cancérologie : la rencontre entre des dispositifs et des dispositions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire GRePS/creSco</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Lyon ( en ligne ), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04971882v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04971896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir athlète de haut niveau – la vocation à l’épreuve des expériences et des configurations sociales</w:t>
               </w:r>
@@ -4261,64 +4261,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient participation in a therapeutic education program (TEP) in oncology and social inequalities: a selection linked to the proximity of patient’s and caregiver’s dispositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Gaborit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Terral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europoe and Beyond: Boudaries, Barriers and Belonging, 14th ESA Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESA European Sociological Association, Aug 2019, Manchester (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4997,50 +4997,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Championnat d’Europe d’athlétisme 2010 : une analyse des figures des blancs et des blacks dans la presse sportive et non sportive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Sport, Education et Diversité : l’ethnicité sportive, signe et ressources de la question sociale et politique de la différence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04726184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Héritage et fabrique de l’excellence sportive : le rôle du père et de la mère à travers les étapes de la carrière athlétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5049,139 +5131,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Représenter le sport - Représentations, représentants et représentés. 6ème congrès international de la Société de Sociologie du Sport de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Paris - Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935985v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04726184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des bifurcations dans la carrière d’athlète de haut niveau : l’influence des configurations sociales singulières et institutionnelles</w:t>
               </w:r>
@@ -5299,234 +5299,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Social Construction of Evolving Relationships with High-Level Athletic Careers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Forté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pushing the boundaries: Critical Reflections on Sport, Culture and Society: BSA, Sport Study Group Postgraduate Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Loughborough University, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques sociales : moteur de la construction et de l’évolution des carrières athlétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IVèmes Journées Internationales des Sciences du Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Paris INSEP, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En route vers l'excellence sportive : carrières athlétiques de haut niveau et évolution des représentations de la compétition sportive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème congrès de l'Association Française de Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04935924v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04935936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typologie des réalités objectives et subjectives des carrières des athlètes de haut niveau. Quels effets sur l’investissement sportif ?</w:t>
               </w:r>
@@ -5776,64 +5776,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À tout rompre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Mourchid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5912,51 +5912,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des facteurs sociaux dans l'accès et le maintien à une carrière de haute performance en athlétisme &amp; La question de la spécificité de la performance féminine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvaine Derycke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6073,64 +6073,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Basson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Yeghicheyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">18.23, Mission de Recherche Droit et Justice - MRDJ. 2019, pp.240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6325,51 +6325,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04981376v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bourneton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Longin Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05359972v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Demers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Podlog" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ruffault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lyne Nault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph22111687" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Derycke" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Julla-Marcy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hanon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025022" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555191v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0093" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820173v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mennesson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018257v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-06VJ0G5J-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820125v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brunaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Jacolin-Nackaert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809219v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;-Gallois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gaborit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0213" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820147v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.213.0359" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820100v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaborit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820151v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14840" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820162v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.014.0051" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820160v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.18996" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820169v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.012.0085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820166v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690218786483" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820171v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/sr.2018.2.1.06" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724731v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Charlot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820175v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.128.0011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820179v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.059.0055" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405637v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972209v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972165v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972184v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972174v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972152v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972206v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972140v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972131v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972101v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972146v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972005v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971928v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Barrau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972024v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bertrand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971987v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03774501v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971965v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946091v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555227v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972071v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971882v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971896v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971810v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971803v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971863v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971852v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971729v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971662v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971637v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726238v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971493v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971575v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971550v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726214v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726201v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935985v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726184v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935961v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935969v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935927v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935924v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935936v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935832v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820155v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820136v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mourchid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.solin.2022.01.0093" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03227729v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217745v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Solini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Yeghicheyan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04981376v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bourneton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Longin Roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05359972v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Demers" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Podlog" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ruffault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lyne Nault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph22111687" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123110v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Derycke" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Julla-Marcy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hanon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2025022" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555191v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pr1.0093" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820173v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mennesson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018257v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2022018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-06VJ0G5J-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04809219v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;-Gallois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Gaborit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0213" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820125v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brunaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Jacolin-Nackaert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820147v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul G&#233;nolini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.213.0359" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820100v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gaborit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820151v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barrau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14840" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820162v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.014.0051" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820160v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.18996" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820169v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.012.0085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820166v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1012690218786483" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820171v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14746/sr.2018.2.1.06" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724731v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Charlot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820175v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.128.0011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820179v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.059.0055" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405637v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972209v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972206v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972184v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972174v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972152v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972140v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972131v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972101v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972146v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972071v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972005v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971928v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Barrau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972024v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bertrand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971987v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946091v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971965v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03774501v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555227v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971896v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971882v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971810v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971803v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971863v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971852v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971729v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971662v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971637v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726238v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971493v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971575v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971550v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726214v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726201v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726184v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935985v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935961v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935969v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935936v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935927v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935924v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04935832v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820155v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820136v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mourchid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.solin.2022.01.0093" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03227729v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217745v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Solini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Yeghicheyan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>