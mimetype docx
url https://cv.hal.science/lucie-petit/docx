--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -2133,230 +2133,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04091192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professionnalisation des acteurs de la formation : incidence de l’action de formation en situation de travail</w:t>
+                <w:t xml:space="preserve">S’installer en agriculture paysanne : faire et se faire en situation de travail pour devenir maraîcher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Florence Sallard</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Levené</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque du Rumef, (en ligne), 18-19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Amiens (Université Picardie Jules Verne), France</w:t>
+              <w:t xml:space="preserve">Biennale internationale de l’éducation, de la formation et des pratiques professionnelles. Faire et se faire.. 22-25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04091209v1</w:t>
+                <w:t xml:space="preserve">halshs-04091198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S’installer en agriculture paysanne : faire et se faire en situation de travail pour devenir maraîcher</w:t>
+                <w:t xml:space="preserve">Professionnalisation des acteurs de la formation : incidence de l’action de formation en situation de travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thérèse Levené</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ghesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sallard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale internationale de l’éducation, de la formation et des pratiques professionnelles. Faire et se faire.. 22-25</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque du Rumef, (en ligne), 18-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Amiens (Université Picardie Jules Verne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04091198v1</w:t>
+                <w:t xml:space="preserve">halshs-04091209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaboration d’un outil de simulation pour la formation des soignants en gériatrie. Expérimenter pour apprendre ou questionner ses pratiques</w:t>
               </w:r>
@@ -4166,51 +4166,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091026v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Munoz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otilia Holgado" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Inowlocki" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mayen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.061.0107" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090960v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lejeune" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gantier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sallard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.231.0049" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090961v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.223.0053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.045.0089" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090944v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Oudart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.5995" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060390v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Astier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leclercq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090979v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060412v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090996v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090974v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parage" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090968v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.014.0053" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090981v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faulx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.092.0421" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090991v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid.011.0085" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090990v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/044891ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090993v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091321v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091318v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091317v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Santos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Simonet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091202v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Leven&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091204v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091205v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vanderstichel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Urbiolagallegos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benamara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Zagdoun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091209v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091198v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091158v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Vanderstichel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686864v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Libessart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062200v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090966v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090984v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril-Ortega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Schoch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060244v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060448v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090982v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5398-3_16" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091070v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093170v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091086v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pagoni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Boanca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093171v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090946v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baeza" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bailleul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Boanc&#259;-Deicu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deville" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017752v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091235v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091232v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091026v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Petit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Munoz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otilia Holgado" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Inowlocki" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mayen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.061.0107" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090960v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lejeune" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gantier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sallard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.231.0049" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090961v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.223.0053" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090987v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.045.0089" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090944v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Oudart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.5995" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060390v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Astier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leclercq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090979v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060412v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090996v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090974v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parage" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090968v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.014.0053" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090981v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faulx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cips.092.0421" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090991v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid.011.0085" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090990v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/044891ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090993v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091321v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091318v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091317v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Santos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Simonet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091202v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Leven&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091204v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091205v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vanderstichel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Urbiolagallegos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Benamara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Zagdoun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091198v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091209v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091158v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril Ortega" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Vanderstichel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686864v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Libessart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062200v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090966v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090984v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Becerril-Ortega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Schoch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89567-9_6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060244v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060448v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090982v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5398-3_16" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091070v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093170v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091086v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pagoni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Boanca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093171v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090946v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Baeza" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bailleul" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Boanc&#259;-Deicu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deville" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017752v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091235v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04091232v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>