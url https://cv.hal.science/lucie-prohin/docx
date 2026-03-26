--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -817,51 +817,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dupin de Beyssat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique des historiens de l'art actifs en France, de la Révolution à la Première Guerre mondiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -1396,329 +1396,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04864830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maisons ouvrières et briques creuses : sur quelques réseaux de diffusion d’idées et de techniques autour de la figure d’Henry Roberts (1803-1876)</w:t>
+                <w:t xml:space="preserve">« Ce que nous demandons n’est pas une utopie » : emplois discursifs de la notion d’utopie chez les acteurs du mouvement des habitations à bon marché (France, fin du long XIXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transferts/Interférences. Acteurs et réseaux en architecture (XIXe et XXe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Versailles / Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d'études de la revue Traits-d'Union (Université Sorbonne Nouvelle), "Voies et formes de l’utopie : arts et pratiques de l’imaginaire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04527572v1</w:t>
+                <w:t xml:space="preserve">hal-04393444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction et conclusion du colloque international « Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours »</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">World's Fairs and the Exhibition of Life-Size Working-Class Houses: Retracing the Emergence of a Display Device (1850s-1900s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Justine Gain, Elsa Jamet et Lucie Prohin (INHA, Centre André-Chastel, EPHE, Ecole du Louvre, Paris 1-Panthéon Sorbonne, HiCSA, Fondation Napoléon), Mar 2024, Paris, Institut national d’histoire de l’art (INHA), France</w:t>
+              <w:t xml:space="preserve">ISIE Speaker Series [online]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute for the Study of International Expositions (ISIE), Nov 2024, /, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04747948v1</w:t>
+                <w:t xml:space="preserve">hal-04795964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">World's Fairs and the Exhibition of Life-Size Working-Class Houses: Retracing the Emergence of a Display Device (1850s-1900s)</w:t>
+                <w:t xml:space="preserve">Maisons ouvrières et briques creuses : sur quelques réseaux de diffusion d’idées et de techniques autour de la figure d’Henry Roberts (1803-1876)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISIE Speaker Series [online]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute for the Study of International Expositions (ISIE), Nov 2024, /, United States</w:t>
+              <w:t xml:space="preserve">Transferts/Interférences. Acteurs et réseaux en architecture (XIXe et XXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Versailles / Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04795964v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Ce que nous demandons n’est pas une utopie » : emplois discursifs de la notion d’utopie chez les acteurs du mouvement des habitations à bon marché (France, fin du long XIXe siècle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction et conclusion du colloque international « Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Gain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'études de la revue Traits-d'Union (Université Sorbonne Nouvelle), "Voies et formes de l’utopie : arts et pratiques de l’imaginaire"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Les mondes professionnels de l’ornement d’architecture : acteurs et pratiques du XVIIIe siècle à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Justine Gain, Elsa Jamet et Lucie Prohin (INHA, Centre André-Chastel, EPHE, Ecole du Louvre, Paris 1-Panthéon Sorbonne, HiCSA, Fondation Napoléon), Mar 2024, Paris, Institut national d’histoire de l’art (INHA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393444v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que la nature doit faire à l’ouvrier : rôles du jardin dans les discours normatifs autour de l’habitat des classes ouvrières (XIXe siècle – tournant du XXe siècle)</w:t>
               </w:r>
@@ -2112,165 +2112,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Architecture domestique et domination coloniale : analyse du cas des maisons de la Société de Protection des Alsaciens-Lorrains à Azib Zamoun (Algérie) dans le dernier tiers du long XIXe siècle</w:t>
+                <w:t xml:space="preserve">Workers’ Housing Exhibited (1851–1913): Articulating the Local, the National, and the Transnational</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude "Contrôle social et encadrement idéologique dans les sociétés méditerranéennes (XIXe-XXIe siècles)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire TELEMMe, Aix-Marseille Université, Apr 2022, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Atelier "Transnational and Local", The International Student Meetings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut national d'histoire de l'art, Jun 2022, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799778v1</w:t>
+                <w:t xml:space="preserve">hal-03799802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workers’ Housing Exhibited (1851–1913): Articulating the Local, the National, and the Transnational</w:t>
+                <w:t xml:space="preserve">Architecture domestique et domination coloniale : analyse du cas des maisons de la Société de Protection des Alsaciens-Lorrains à Azib Zamoun (Algérie) dans le dernier tiers du long XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Prohin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier "Transnational and Local", The International Student Meetings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut national d'histoire de l'art, Jun 2022, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude "Contrôle social et encadrement idéologique dans les sociétés méditerranéennes (XIXe-XXIe siècles)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire TELEMMe, Aix-Marseille Université, Apr 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799802v1</w:t>
+                <w:t xml:space="preserve">hal-03799778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire une histoire transnationale de l’habitat ouvrier : enjeux de définitions et de traductions</w:t>
               </w:r>
@@ -2770,51 +2770,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682782v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Prohin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24135/ijara.v23i23.786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381480v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.13229" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799793v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.901" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799747v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amnis.6595" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530952v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799775v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804431v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beauvalet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355195v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foucher Zarmanian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Beaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupin de Beyssat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166305v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799740v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799758v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799728v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864830v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527572v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747948v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jamet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795964v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393444v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845172v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634360v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044355v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130387v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096502v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799778v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799802v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799763v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799790v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815885v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814309v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799743v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682782v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Prohin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24135/ijara.v23i23.786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381480v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/craup.13229" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799793v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.901" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799747v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amnis.6595" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530952v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799775v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804431v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beauvalet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355195v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Foucher Zarmanian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Beaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupin de Beyssat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166305v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799740v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799758v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799728v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864830v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393444v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795964v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527572v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747948v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jamet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Gain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845172v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607591v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634360v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044355v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130387v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096502v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799802v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799763v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799790v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03815885v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814309v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799743v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>