--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,2257 +66,2257 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masculinités dominantes en tension. Rapports aux normes des hommes qui déclarent des violences sexuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Genre et monde carcéral: "Politisation en prison"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Natacha Chetcuti-Osorovitz, Amélie Bescont, Valérie Icard, Apr 2025, PARIS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masculinités dominantes en tension : rapports aux normes des hommes qui déclarent des violences sexuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Genre et monde carcéral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hommes qui déclarent des violences sexuelles. Masculinités plurielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Masculinités et violences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIAVS Toulouse, Apr 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hommes qui déclarent des violences sexuelles : masculinités plurielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque du CRIAVS-MP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Toulouse, France. pp.19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05050388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Male Exposure to Sexual Violence During Adolescence in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regular seminar of VISION Consorsium (Violence, Health, Society)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, City, University of London, VISION Centre, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Power Relations on Sexual Violence when Men are assaulted during Childhood and Youth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual meeting of the American Sociological Association (ASA) 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Montréal, Quebec, Canada. pp.1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les violences sexuelles et facteurs de vulnérabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Du conflit à la violence : comprendre, accompagner l’enfant et son entourage dans la sphère familiale » organisé par l’association Justice &amp; Partage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Vals Près Le Puy, France. pp.1-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dialectique de méthodes pour enquêter les terrains sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Mullner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Quantitatisme réflexif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Gif-sur-Yvette, France. pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04883676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les rapports d'âge dans leurs multiples dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'âge, un rapport social ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parcours de violences sexuelles subies par les hommes : Trajectoires d’exposition, de silenciation, de qualification et d’énonciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIIe Congrès International des Sociologues de Langue Française (AISLF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Ottawa, Canada. pp.1-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enquête sur les violences sexuelles subies par les hommes. Enjeux éthiques et méthodologiques d’une recherche par méthode mixte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Temps existentiels, Genre, Âges, Santé (TAGES)" du laboratoire de sociologie de Nancy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Nancy, France. pp.24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04380398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trajectoires de violences et d’énonciation des faits par les hommes qui ont subi des violences sexuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doctoriales du Centre Maurice Halbwachs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Research on Sexual Violence Suffered by Men in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meeting of the Centre for Gender and Violence Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Bristol, United Kingdom. pp.38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapports d’âge et pratiques de silenciation des garçons qui subissent des violences sexuelles dans l’enfance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e Congrès de l'AFS 2023 - Intersections, Circulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dialectique de méthodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Mullner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e Congrès de l'AFS 2023 - Intersections, Circulations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mouvement #MeToo ou l'émergence des réseaux sociaux comme nouvel espace de dénonciation des violences sexuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallaury Bolanos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Du Roure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Mullner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études #metoinceste : regards pluriels sur une mobilisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Paris, France. pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04380394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les violences sexuelles envers les hommes: commises par d’autres hommes, dans l’enfance</w:t>
+                <w:t xml:space="preserve">Sexual violence against men is committed by other males, mainly during childhood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Population et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 633, pp.1-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/popsoc.633.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097029v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexual violence against men is committed by other males, mainly during childhood</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">D’une sociologie des âges à une sociologie de l’âge : conversation avec le laboratoire junior RÂGE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Protar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Sarzier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Population et sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/popsoc.633.0001⟩</w:t>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Conversation, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/151e3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097030v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’une sociologie des âges à une sociologie de l’âge : conversation avec le laboratoire junior RÂGE</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les violences sexuelles envers les hommes: commises par d’autres hommes, dans l’enfance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SociologieS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/151e3⟩</w:t>
+              <w:t xml:space="preserve">Population et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 633, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/popsoc.633.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370361v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victim of Abuse, Violence, or Harm?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natasha Mulvihill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">dePCTions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Victimhood, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04638495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail émotionnel dans les recherches sur les violences de genre. Regards croisés sur un impensé au sein du monde académique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Mazuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Mullner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-logos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Pratiquer l'éthique en terrains sensibles, 20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/socio-logos.6778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04598154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">#MeTooGarçons : « 80% des violences ont lieu ou commencent avant l’âge de 18 ans »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.syhywd5mj⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une éthique engagée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Mullner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Thizy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-logos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Pratiquer l'éthique en terrains sensibles, 20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/socio-logos.6645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04598155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapports d’âge et vulnérabilités aux violences. Le cas des hommes ayant subi des violences sexuelles dans l’enfance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Populations vulnérables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Les violences envers les populations vulnérables : des réciprocités complexes, 9, pp.1-19. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/popvuln.4281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04203593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Beaubatie, Transfuges de sexe. Passer les frontières du genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Comptes rendus, 14 (4), pp.491-493</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telephone and video-call collection of personal narratives on intimate subjects. Methodological issues in remote interviewing to collect life histories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Lévy-Guillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Sponton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Leonard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 63 (2), pp.311-332</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04395094v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vulca Fidolini, La production de l’hétéronormativité. Sexualités et masculinités chez de jeunes Marocains en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Les compte-rendus, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/lectures.28429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04384246v1</w:t>
-              </w:r>
-[...1199 lines deleted...]
-                <w:t xml:space="preserve">hal-04380394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2468,297 +2468,297 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04877583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les violences sexuelles subies par les hommes en France. Parcours de violences et rapports d'âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Wicky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (working paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04886802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gender and Age Domination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescent Domestic Abuse Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Londres, United Kingdom. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04679011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexual Violence Against Men and Power Relations. Understanding Contexts of Exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAA 2023 Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, New Orleans, Louisiana, United States. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04372019v1</w:t>
-              </w:r>
-[...96 lines deleted...]
-                <w:t xml:space="preserve">hal-04886802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2776,90 +2776,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiquer l'éthique en terrains sensibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Boué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Mullner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Thizy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2932,264 +2932,264 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adopter une démarche éthique tout au long de la recherche qualitative en santé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Margaux Boué</w:t>
+                <w:t xml:space="preserve">Les violences sexuelles vécues par les garçons dans l’enfance. Quels apports des enquêtes statistiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Debauche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Joëlle Kivits; Frédéric Balard; Cécile Fournier; Myriam Winance. </w:t>
+              <w:t xml:space="preserve">Association Docteurs Bru. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les recherches qualitatives en santé - 2e édition</w:t>
+              <w:t xml:space="preserve">Inceste. Les garçons aussi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Colin</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.84-110, 2023, Collection U, 978-2-200-63711-8</w:t>
+                <w:t xml:space="preserve">Le Bord de l’eau éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.15-37, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05057530v1</w:t>
+                <w:t xml:space="preserve">hal-04590099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les violences sexuelles vécues par les garçons dans l’enfance. Quels apports des enquêtes statistiques ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adopter une démarche éthique tout au long de la recherche qualitative en santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Boué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Chaput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Debauche</w:t>
+                <w:t xml:space="preserve">Juliette Congy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Mullner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Wicky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Association Docteurs Bru. </w:t>
+              <w:t xml:space="preserve">Joëlle Kivits; Frédéric Balard; Cécile Fournier; Myriam Winance. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inceste. Les garçons aussi</w:t>
+              <w:t xml:space="preserve">Les recherches qualitatives en santé - 2e édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Bord de l’eau éditions</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.15-37, 2023</w:t>
+                <w:t xml:space="preserve">Armand Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.84-110, 2023, Collection U, 978-2-200-63711-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04590099v1</w:t>
+                <w:t xml:space="preserve">hal-05057530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId69"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3344,51 +3344,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097029v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Wicky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popsoc.633.0001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097030v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370361v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Protar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sarzier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/151e3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638495v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Mulvihill" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598154v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Bou&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Mazuy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mullner" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6778" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245385v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.syhywd5mj" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598155v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Thizy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6645" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203593v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/popvuln.4281" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290294v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395094v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca L&#233;vy-Guillain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Sponton" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leonard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384246v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.28429" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050388v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066977v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050389v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066960v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802168v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802164v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883676v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679017v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802166v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071515v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163884v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071441v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380398v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380394v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallaury Bolanos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Du Roure" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05339538v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04877583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679011v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372019v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886802v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598165v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Chaput" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6640" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057530v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Congy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stm.cairn.info/les-recherches-qualitatives-en-sante--9782200631970-page-84?lang=fr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590099v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Debauche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/inceste-les-garcons-aussi/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066977v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Wicky" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050389v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066960v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050388v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679310v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802168v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802164v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883676v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mullner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679017v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802166v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380398v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071441v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071515v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163884v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161727v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallaury Bolanos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Du Roure" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097030v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/popsoc.633.0001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370361v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Protar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sarzier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/151e3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097029v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638495v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Mulvihill" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598154v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Bou&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Mazuy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6778" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245385v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.syhywd5mj" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598155v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Thizy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6645" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203593v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/popvuln.4281" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290294v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395094v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca L&#233;vy-Guillain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Sponton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leonard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384246v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.28429" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05339538v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04877583v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886802v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679011v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372019v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598165v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Chaput" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.6640" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590099v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Debauche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/inceste-les-garcons-aussi/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057530v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Congy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stm.cairn.info/les-recherches-qualitatives-en-sante--9782200631970-page-84?lang=fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>