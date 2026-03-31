--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -386,563 +386,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05220607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refocusing the microbial rare biosphere concept through a functional lens</w:t>
+                <w:t xml:space="preserve">Warming effects on lizard gut microbiome depend on habitat connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Litchman</w:t>
+                <w:t xml:space="preserve">Emma Fromm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Villéger</w:t>
+                <w:t xml:space="preserve">Félix Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zinger Lucie</w:t>
+                <w:t xml:space="preserve">Lucie Di Gesu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Auguet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wilfried Thuiller</w:t>
+                <w:t xml:space="preserve">Staffan Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tree.2024.06.005⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 291 (2021), pp.20240220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2024.0220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04666177v1</w:t>
+                <w:t xml:space="preserve">hal-04558931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mountain soil multitrophic networks shaped by the interplay between habitat and pedoclimatic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Calderón-Sanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Calderón-Sanou</w:t>
+                <w:t xml:space="preserve">Marc Ohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Ohlmann</w:t>
+                <w:t xml:space="preserve">Tamara Münkemüller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 190, pp.109282. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.soilbio.2023.109282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04409236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Warming effects on lizard gut microbiome depend on habitat connectivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Linking satellites to genes with machine learning to estimate phytoplankton community structure from space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roy El Hourany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pierella Karlusich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Fromm</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Hubert Loisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Pellerin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Staffan Jacob</w:t>
+                <w:t xml:space="preserve">Marina Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2024.0220⟩</w:t>
+              <w:t xml:space="preserve">Ocean Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (1), pp.217-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/os-20-217-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04558931v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04582355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking satellites to genes with machine learning to estimate phytoplankton community structure from space</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Refocusing the microbial rare biosphere concept through a functional lens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Litchman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villéger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roy El Hourany</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Zinger Lucie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Loisel</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Auguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Lévy</w:t>
+                <w:t xml:space="preserve">Wilfried Thuiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (1), pp.217-239. </w:t>
+              <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (10), pp.923-936. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/os-20-217-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tree.2024.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04582355v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of the vertical distribution of the phyllosphere differ between microbial groups and the epi- and endosphere</w:t>
               </w:r>
@@ -1114,51 +1114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staffan Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1186,1099 +1186,1099 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pan-Arctic plankton community structure and its global connectivity</w:t>
+                <w:t xml:space="preserve">Molecular ecology of microbiomes in the wild: Common pitfalls, methodological advances and future directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico M Ibarbalz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Henry</w:t>
+                <w:t xml:space="preserve">Nicholas M Fountain‐jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Mahé</w:t>
+                <w:t xml:space="preserve">Tatiana Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Ardyna</w:t>
+                <w:t xml:space="preserve">Holly Bik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Zingone</w:t>
+                <w:t xml:space="preserve">Simon Creer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (1), pp.00060. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1525/elementa.2022.00060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.17223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04267640v1</w:t>
+                <w:t xml:space="preserve">hal-04313134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular ecology of microbiomes in the wild: Common pitfalls, methodological advances and future directions</w:t>
+                <w:t xml:space="preserve">Pan-Arctic plankton community structure and its global connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas M Fountain‐jones</w:t>
+                <w:t xml:space="preserve">Federico M Ibarbalz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Giraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Frédéric Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holly Bik</w:t>
+                <w:t xml:space="preserve">Mathieu Ardyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Creer</w:t>
+                <w:t xml:space="preserve">Adriana Zingone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.00060. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.17223⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2022.00060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04313134v1</w:t>
+                <w:t xml:space="preserve">hal-04267640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial turnover of fungi and partner choice shape mycorrhizal networks in epiphytic orchids</w:t>
+                <w:t xml:space="preserve">Energy and physiological tolerance explain multi‐trophic soil diversity in temperate mountains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Petrolli</w:t>
+                <w:t xml:space="preserve">Irene Calderón‐sanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
+                <w:t xml:space="preserve">Camille Martinez‐almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géromine Collobert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chantal Griveau</w:t>
+                <w:t xml:space="preserve">Amelie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.13986⟩</w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (12), pp.2549-2564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.13529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03792570v1</w:t>
+                <w:t xml:space="preserve">hal-03716655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decay of similarity across tropical forest communities: integrating spatial distance with soil nutrients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward global integration of biodiversity big data: a harmonized metabarcode data generation module for terrestrial arthropods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Arribas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guille Peguero</w:t>
+                <w:t xml:space="preserve">Carmelo Andújar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miquel Ferrín</w:t>
+                <w:t xml:space="preserve">Kristine Bohmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Sardans</w:t>
+                <w:t xml:space="preserve">Jeremy Dewaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Verbruggen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Irene Ramírez-Rojas</w:t>
+                <w:t xml:space="preserve">Evan Economo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ecy.3599⟩</w:t>
+              <w:t xml:space="preserve">GigaScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gigascience/giac065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03411548v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy and physiological tolerance explain multi‐trophic soil diversity in temperate mountains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A robust approach to estimate relative phytoplankton cell abundances from metagenomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan José Pierella Karlusich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Calderón‐sanou</w:t>
+                <w:t xml:space="preserve">Eric Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Martinez‐almoyna</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amelie Saillard</w:t>
+                <w:t xml:space="preserve">Fabien Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Zingone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ddi.13529⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.16-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03716655v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03559541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward global integration of biodiversity big data: a harmonized metabarcode data generation module for terrestrial arthropods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Arribas</w:t>
+                <w:t xml:space="preserve">Amélie Saillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmelo Andújar</w:t>
+                <w:t xml:space="preserve">Clément Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristine Bohmann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Evan Economo</w:t>
+                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GigaScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gigascience/giac065⟩</w:t>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 172, pp.108771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2022.108771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03873057v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03750503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust approach to estimate relative phytoplankton cell abundances from metagenomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decay of similarity across tropical forest communities: integrating spatial distance with soil nutrients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guille Peguero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miquel Ferrín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan José Pierella Karlusich</w:t>
+                <w:t xml:space="preserve">Jordi Sardans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Pelletier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Erik Verbruggen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Lombard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adriana Zingone</w:t>
+                <w:t xml:space="preserve">Irene Ramírez-Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 23 (1), pp.16-40. </w:t>
+              <w:t xml:space="preserve">Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 103 (2), pp.e03599. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13592⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ecy.3599⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03559541v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03411548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems</w:t>
+                <w:t xml:space="preserve">Spatial turnover of fungi and partner choice shape mycorrhizal networks in epiphytic orchids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
+                <w:t xml:space="preserve">Rémi Petrolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Saillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Benoît Perez-Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Lionnet</w:t>
+                <w:t xml:space="preserve">Géromine Collobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Arnoldi</w:t>
+                <w:t xml:space="preserve">Chantal Griveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 172, pp.108771. </w:t>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 110 (11), pp.2568-2584. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2022.108771⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.13986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03750503v1</w:t>
+                <w:t xml:space="preserve">hal-03792570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-taxa environmental DNA inventories reveal distinct taxonomic and functional diversity in urban tropical forest fragments</w:t>
               </w:r>
@@ -2398,64 +2398,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascading effects of moth outbreaks on subarctic soil food webs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Calderón-Sanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Münkemüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2526,645 +2526,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03346467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity monitoring using environmental DNA</w:t>
+                <w:t xml:space="preserve">Compendium of 530 metagenome-assembled bacterial and archaeal genomes from the polar Arctic Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naiara Rodríguez-Ezpeleta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Marta Royo-Llonch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Kinziger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Holly Bik</w:t>
+                <w:t xml:space="preserve">Pablo Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Bonin</w:t>
+                <w:t xml:space="preserve">Clara Ruiz-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Salazar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Pedrós-Alió</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13399⟩</w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (12), pp.1561-1574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-021-00979-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867368v1</w:t>
+                <w:t xml:space="preserve">hal-03781908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compendium of 530 metagenome-assembled bacterial and archaeal genomes from the polar Arctic Ocean</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biodiversity monitoring using environmental DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Ruiz-González</w:t>
+                <w:t xml:space="preserve">Naiara Rodríguez-Ezpeleta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillem Salazar</w:t>
+                <w:t xml:space="preserve">Andrew Kinziger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Bik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Pedrós-Alió</w:t>
+                <w:t xml:space="preserve">Aurélie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (12), pp.1561-1574. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (5), pp.1405-1409. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41564-021-00979-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03781908v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting high‐throughput biodiversity inventories: Opportunities for a site‐based genomic framework for global integration and synthesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paula Arribas</w:t>
+                <w:t xml:space="preserve">metabaR: An r package for the evaluation and improvement of DNA metabarcoding data quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmelo Andújar</w:t>
+                <w:t xml:space="preserve">Clément Lionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Benoiston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Donald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Bidartondo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Éric Coissac</w:t>
+                <w:t xml:space="preserve">Céline Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.15797⟩</w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (4), pp.586--592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.13552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03358499v1</w:t>
+                <w:t xml:space="preserve">hal-04717372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">metabaR: An r package for the evaluation and improvement of DNA metabarcoding data quality</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julian Donald</w:t>
+                <w:t xml:space="preserve">Connecting high‐throughput biodiversity inventories: Opportunities for a site‐based genomic framework for global integration and synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Arribas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Andújar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bidartondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristine Bohmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Mercier</w:t>
+                <w:t xml:space="preserve">Éric Coissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (4), pp.586--592. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (5), pp.1120-1135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.13552⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.15797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04717372v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03358499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From environmental DNA sequences to ecological conclusions: How strong is the influence of methodological choices?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Calderón‐sanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara Münkemüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Thuiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 47 (1), pp.193-206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3724,377 +3724,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Trends in Marine Plankton Diversity across Kingdoms of Life</w:t>
+                <w:t xml:space="preserve">Latent Dirichlet Allocation reveals spatial and taxonomic structure in a DNA‐based census of soil biodiversity from a tropical forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Ibarbalz</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Greta Busseni</w:t>
+                <w:t xml:space="preserve">Guilhem Sommeria‐klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Coissac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaia Iribar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heidy Schimann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2019.10.008⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03094778v1</w:t>
+                <w:t xml:space="preserve">hal-02402988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latent Dirichlet Allocation reveals spatial and taxonomic structure in a DNA‐based census of soil biodiversity from a tropical forest</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Trends in Marine Plankton Diversity across Kingdoms of Life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Ibarbalz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoela Brandão</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Sommeria‐klein</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Heidy Schimann</w:t>
+                <w:t xml:space="preserve">Greta Busseni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 179 (5), pp.1084-1097.e21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2019.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02402988v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03094778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA metabarcoding—Need for robust experimental designs to draw sound ecological conclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inger Alsos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miklós Bálint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Bik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 28 (8), pp.1857-1862. </w:t>
@@ -4126,295 +4126,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altered trophic interactions in warming climates: consequences for predator diet breadth and fitness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi‐trophic β‐diversity mediates the effect of environmental gradients on the turnover of multiple ecosystem functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martinez‐almoyna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Thuiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chalmandrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ohlmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elvire Bestion</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Joël White</w:t>
+                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2019.2227⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (10), pp.2053-2064. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02340138v1</w:t>
+                <w:t xml:space="preserve">hal-02276279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi‐trophic β‐diversity mediates the effect of environmental gradients on the turnover of multiple ecosystem functions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marc Ohlmann</w:t>
+                <w:t xml:space="preserve">Altered trophic interactions in warming climates: consequences for predator diet breadth and fitness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvire Bestion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Soriano-Redondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Staffan Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+                <w:t xml:space="preserve">Joël White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 33 (10), pp.2053-2064. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 286 (1914), pp.20192227. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.13393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2019.2227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02276279v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02340138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body size determines soil community assembly in a tropical forest</w:t>
               </w:r>
@@ -4439,51 +4439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heidy Schimann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4528,749 +4528,749 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02079020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the imprint of biotic interactions on β-diversity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ubiquitous abundance distribution of non-dominant plankton across the global ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Mazel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Chalmandrier</w:t>
+                <w:t xml:space="preserve">Enrico Ser-Giacomi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Coissac</w:t>
+                <w:t xml:space="preserve">Shruti Malviya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colomban de Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Karsenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.13143⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (8), pp.1243-1249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-018-0587-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03750500v1</w:t>
+                <w:t xml:space="preserve">hal-02364756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ubiquitous abundance distribution of non-dominant plankton across the global ocean</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Enrico Ser-Giacomi</w:t>
+                <w:t xml:space="preserve">Chemical regulation of body feather microbiota in a wild bird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Staffan Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Sallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Karsenti</w:t>
+                <w:t xml:space="preserve">Alexis Chaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Ducamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-018-0587-2⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (7), pp.1727-1738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02364756v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical regulation of body feather microbiota in a wild bird</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lucie Zinger</w:t>
+                <w:t xml:space="preserve">Mapping the imprint of biotic interactions on β-diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ohlmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Chaine</w:t>
+                <w:t xml:space="preserve">Florent Mazel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chalmandrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Ducamp</w:t>
+                <w:t xml:space="preserve">Stéphane Bec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Coissac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27 (7), pp.1727-1738. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (11), pp.1660-1669. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.14551⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ele.13143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04967678v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03750500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of DNA extraction methods to study the body surface microbiota of insects: A case study with ant cuticular bacteria</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation of short mitochondrial metabarcodes for the identification of Amazonian mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Kocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît de Thoisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Catzeflis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlis Huguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Valière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.12688⟩</w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (10), pp.1276 - 1283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.12729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02105817v1</w:t>
+                <w:t xml:space="preserve">hal-01836328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of short mitochondrial metabarcodes for the identification of Amazonian mammals</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative analysis of DNA extraction methods to study the body surface microbiota of insects: A case study with ant cuticular bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Birer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Tysklind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duplais</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 8 (10), pp.1276 - 1283. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (6), pp.e34-e45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.12729⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.12688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01836328v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02105817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate warming reduces gut microbiota diversity in a vertebrate ectotherm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elvire Bestion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staffan Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Di Gesu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5449,291 +5449,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04892035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using metabarcoding to reveal and quantify plant-pollinator interactions.</w:t>
+                <w:t xml:space="preserve">Inferring neutral biodiversity parameters using environmental DNA data sets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Pornon</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guilhem Sommeria-Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Zinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Taberlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Coissac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chave</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6, pp.27282. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep27282⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep35644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01333538v1</w:t>
+                <w:t xml:space="preserve">hal-04913158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring neutral biodiversity parameters using environmental DNA data sets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using metabarcoding to reveal and quantify plant-pollinator interactions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Pornon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Escaravage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Burrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Holota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Sommeria-Klein</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Khimoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 6 (1), </w:t>
+              <w:t xml:space="preserve">, 2016, 6, pp.27282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep35644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep27282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04913158v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations in snow depth modify N-related soil microbial abundances and functioning during winter in subalpine grassland</w:t>
               </w:r>
@@ -6005,252 +6005,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coalescing molecular evolution and DNA barcoding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vector soup: high‐throughput identification of Neotropical phlebotomine sand flies using metabarcoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Kocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐charles Gantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Gaborit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Holota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.13639⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (2), pp.172-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.12556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962354v1</w:t>
+                <w:t xml:space="preserve">hal-04917754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vector soup: high‐throughput identification of Neotropical phlebotomine sand flies using metabarcoding</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Coalescing molecular evolution and DNA barcoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Holota</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Herve Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (2), pp.172-182. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (9), pp.1908-1910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.12556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mec.13639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04917754v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting microbial biogeographical patterns between anthropogenic subalpine grasslands and natural alpine grasslands</w:t>
               </w:r>
@@ -7328,173 +7328,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00845128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to “CE-SSCP and CE-FLA, simple and high-throughput alternatives for fungal diversity studies” [Journal of Microbiological Methods 72 (2008) 42–53]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exonuclease activity of proofreading DNA polymerases is at the origin of artifacts in molecular profiling studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Gury</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Alibeu</w:t>
+                <w:t xml:space="preserve">P. Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Rioux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. A. Geremia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 73 (2), pp.209. </w:t>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 29 (11), pp.2437-2444. </w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mimet.2008.03.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/elps.200700667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00300516v1</w:t>
+                <w:t xml:space="preserve">halsde-00300429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CE-SSCP and CE-FLA, simple and high-throughput alternatives for fungal diversity studies</w:t>
               </w:r>
@@ -7506,459 +7502,463 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Alibeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 72 (1), pp.42-53. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mimet.2007.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00281684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exonuclease activity of proofreading DNA polymerases is at the origin of artifacts in molecular profiling studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Gury</w:t>
+                <w:t xml:space="preserve">Tannin impacts on microbial diversity and the functioning of alpine soils: a multidisciplinary approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Baptist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. C. Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guillemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrophoresis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/elps.200700667⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10 (3), pp.799-809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2007.01504.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00300429v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00281689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tannin impacts on microbial diversity and the functioning of alpine soils: a multidisciplinary approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corrigendum to “CE-SSCP and CE-FLA, simple and high-throughput alternatives for fungal diversity studies” [Journal of Microbiological Methods 72 (2008) 42–53]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R. Guillemin</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Alibeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 10 (3), pp.799-809. </w:t>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 73 (2), pp.209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2007.01504.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2008.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00281689v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00300516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant chemical defense induced by a seed-eating pollinator mutualist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ibanez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8238,103 +8238,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Biodiversity Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Davos (Suisse), Switzerland</w:t>
@@ -8376,90 +8376,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential effects of soil food webs on decomposition in mountain ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martinez Almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Foulquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Biodiversity Forum 2022 (WBF 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Davos, Switzerland</w:t>
@@ -8488,103 +8488,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential effects of soil trophic networks on microbial decomposition activity in mountain ecosystems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martinez-Almoyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lionnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE2 GFÖ Joint Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France</w:t>
@@ -8915,51 +8915,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. A. Geremia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Vienne, Austria. pp.185-197</w:t>
@@ -9296,51 +9296,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9421,64 +9421,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Andalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Pelizzari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Escaravage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Burrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9744,51 +9744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lombard Fabien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidi Lionel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoela Brandão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coelho Luis Pedro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9954,103 +9954,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking satellites to genes with machine learning to estimate major phytoplankton groups from space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roy El Hourany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Pierella Karlusich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Zinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Loisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -10442,51 +10442,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05138560v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pierella Karlusich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Cosnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Nef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58027-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220607v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Benoiston" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cuenot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Louisanna" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adx4909" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04666177v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Litchman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vill&#233;ger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinger Lucie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Auguet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2024.06.005" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409236v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Calder&#243;n-Sanou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2023.109282" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558931v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Fromm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Pellerin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Di Gesu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Staffan Jacob" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.0220" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582355v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy El Hourany" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Loisel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina L&#233;vy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-20-217-2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071067v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidy Schimann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vacher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Coste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elianne Louisanna" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-02-23-0013-R" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284820v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Thierry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Legrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2023.08.014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267640v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico M Ibarbalz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mah&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ardyna" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Zingone" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00060" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313134v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas M Fountain&#8208;jones" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Giraud" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Bik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Creer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17223" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792570v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Petrolli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;romine Collobert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Griveau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13986" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411548v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guille Peguero" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Ferr&#237;n" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Sardans" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Verbruggen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ram&#237;rez-Rojas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.3599" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716655v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Calder&#243;n&#8208;sanou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez&#8208;almoyna" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Saillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13529" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873057v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Arribas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo And&#250;jar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Bohmann" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Dewaard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Economo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giac065" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559541v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Pierella Karlusich" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13592" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750503v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez-Almoyna" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saillard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lionnet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Arnoldi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108771" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282383v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Donald" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Murienne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Iribar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2021.e01724" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03346467v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Gilles Yoccoz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94227-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867368v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiara Rodr&#237;guez-Ezpeleta" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Kinziger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13399" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781908v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Royo-Llonch" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo S&#225;nchez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ruiz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Salazar" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Pedr&#243;s-Ali&#243;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-021-00979-9" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358499v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bidartondo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Coissac" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15797" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717372v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mercier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13552" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324167v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13681" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Birer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrie Moreau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Tysklind" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duplais" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15400" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993811v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Marden" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Abbott" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Austerlitz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ortiz&#8208;barrientos" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Baucom" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15702" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109732v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tougard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Agn&#232;se" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Messu Mandeng" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5063" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032726v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chalmandrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pansu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coissac" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.04492" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094778v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ibarbalz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoela Brand&#227;o" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Martini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Busseni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.10.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402988v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sommeria&#8208;klein" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13109" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375694v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Alsos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s B&#225;lint" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15060" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340138v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Bestion" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Soriano-Redondo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l White" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2227" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276279v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foulquier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13393" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079020v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taberlet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14919" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750500v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bec" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13143" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364756v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Ser-Giacomi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shruti Malviya" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colomban de Vargas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Karsenti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-018-0587-2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967678v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Sall&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaine" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ducamp" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14551" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105817v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12688" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01836328v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Thoisy" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Catzeflis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lis Huguin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12729" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628046v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Richard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0161" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892035v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eeva Soininen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Yoccoz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Andre Henden" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-017-2114-3" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333538v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pornon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Burrus" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Holota" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Khimoun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27282" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04913158v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sommeria-Klein" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep35644" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688390v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=My-Dung Jusselme" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Saccone" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faure" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.09.013" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JDKJX9D-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532638v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2016.01.008" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JWZQK4F8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02962354v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Philippe" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13639" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917754v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Gantier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaborit" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Holota" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12556" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01886752v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto A. Geremia" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Pu&#537;ca&#537;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonneville" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13690" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603003v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pansu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Danieli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Puissant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gielly" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.01.004" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X9G2353-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878599v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13136" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HVHZL6VT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646208v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mouhamadou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Puissant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Personeni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Theveniau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Kastl" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-013-0810-x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QN2BK0G7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688202v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saccone" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zinger" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2013.00064" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03114632v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Bouasria" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarfa Mustafa" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bello" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemp&#233;ri&#232;re" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2012.06.003" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4VQ5GD7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00724641v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05362.x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4SGHXTRK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00845128v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P. H. Lejon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baptist" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Aubert" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019950" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00300516v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gury" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Alibeu" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rioux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2008.03.001" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9NHTDGR-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00281684v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2007.10.005" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXPHK1N1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00300429v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taberlet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Geremia" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.200700667" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MPRX5XT6-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00281689v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baptist" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Clement" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guillemin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01504.x" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L5NZ25ZD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00293025v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ibanez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R. Taravel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trierweiler" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-007-9362-6" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KHCL38GV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00276491v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giraud" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Krivobok" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-006-9151-8" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RZWV433H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988073v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04845976v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez Almoyna" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988090v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879611v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola Gentile" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boyer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933699v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Studeny" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viari" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Mercier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452830v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orly&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452990v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orli&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452971v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Reiche" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072686v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Boyer" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739491v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andalo" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pelizzari" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909735v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brosse" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailyn Adriana Gonzalez" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.01.001" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887475v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lombard Fabien" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guidi Lionel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coelho Luis Pedro" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin S&#233;bastien" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560885v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03897696v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00421411v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04799149v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05138560v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pierella Karlusich" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Cosnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Nef" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58027-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220607v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Benoiston" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cuenot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Louisanna" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adx4909" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Fromm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Pellerin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Di Gesu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Staffan Jacob" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.0220" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409236v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Calder&#243;n-Sanou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara M&#252;nkem&#252;ller" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2023.109282" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582355v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy El Hourany" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Loisel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina L&#233;vy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-20-217-2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04666177v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Litchman" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vill&#233;ger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zinger Lucie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Auguet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2024.06.005" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071067v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidy Schimann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vacher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Coste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elianne Louisanna" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-02-23-0013-R" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284820v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Thierry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Legrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2023.08.014" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313134v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas M Fountain&#8208;jones" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Giraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Bik" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Creer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17223" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267640v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico M Ibarbalz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mah&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ardyna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Zingone" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00060" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716655v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Calder&#243;n&#8208;sanou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez&#8208;almoyna" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Saillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13529" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873057v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Arribas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo And&#250;jar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Bohmann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Dewaard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Economo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giac065" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559541v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Jos&#233; Pierella Karlusich" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13592" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750503v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez-Almoyna" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lionnet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Arnoldi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2022.108771" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411548v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guille Peguero" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Ferr&#237;n" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Sardans" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Verbruggen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ram&#237;rez-Rojas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.3599" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792570v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Petrolli" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Perez-Lamarque" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;romine Collobert" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Griveau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13986" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282383v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Donald" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Murienne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chave" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Iribar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gecco.2021.e01724" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03346467v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Gilles Yoccoz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-94227-z" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781908v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Royo-Llonch" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo S&#225;nchez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ruiz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Salazar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Pedr&#243;s-Ali&#243;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-021-00979-9" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867368v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiara Rodr&#237;guez-Ezpeleta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Kinziger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13399" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04717372v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mercier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13552" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358499v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bidartondo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Coissac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15797" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324167v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13681" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936020v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Birer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrie Moreau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Tysklind" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duplais" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15400" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993811v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Marden" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Abbott" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Austerlitz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ortiz&#8208;barrientos" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Baucom" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15702" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109732v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tougard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Agn&#232;se" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Messu Mandeng" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5063" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032726v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chalmandrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pansu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coissac" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.04492" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402988v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sommeria&#8208;klein" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13109" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094778v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Ibarbalz" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoela Brand&#227;o" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Martini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Busseni" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.10.008" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375694v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Alsos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s B&#225;lint" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15060" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276279v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foulquier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13393" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340138v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Bestion" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Soriano-Redondo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l White" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2019.2227" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02079020v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taberlet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14919" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364756v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Ser-Giacomi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shruti Malviya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colomban de Vargas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Karsenti" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-018-0587-2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967678v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Sall&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chaine" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ducamp" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14551" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750500v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bec" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13143" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01836328v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Kocher" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Thoisy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Catzeflis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lis Huguin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12729" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105817v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12688" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628046v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Richard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0161" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892035v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eeva Soininen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Yoccoz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John-Andre Henden" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-017-2114-3" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04913158v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sommeria-Klein" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep35644" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333538v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Pornon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Escaravage" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Burrus" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Holota" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Khimoun" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27282" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688390v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=My-Dung Jusselme" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Saccone" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faure" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.09.013" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JDKJX9D-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532638v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2016.01.008" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JWZQK4F8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917754v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Gantier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaborit" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Holota" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12556" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02962354v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Philippe" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13639" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01886752v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto A. Geremia" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Pu&#537;ca&#537;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonneville" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Choler" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13690" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603003v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pansu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Danieli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Puissant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gielly" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2015.01.004" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0X9G2353-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878599v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13136" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HVHZL6VT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646208v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mouhamadou" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Puissant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Personeni" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Theveniau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M. Kastl" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-013-0810-x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QN2BK0G7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688202v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ibanez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saccone" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zinger" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2013.00064" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03114632v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Bouasria" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarfa Mustafa" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bello" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemp&#233;ri&#232;re" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2012.06.003" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C4VQ5GD7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00724641v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gobet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2011.05362.x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4SGHXTRK-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00845128v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P. H. Lejon" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baptist" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Aubert" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019950" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00300429v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gury" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taberlet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Geremia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.200700667" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MPRX5XT6-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00281684v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Alibeu" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rioux" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2007.10.005" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VXPHK1N1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00281689v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baptist" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Clement" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guillemin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01504.x" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L5NZ25ZD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00300516v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2008.03.001" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L9NHTDGR-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00293025v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ibanez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. R. Taravel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trierweiler" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-007-9362-6" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-KHCL38GV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00276491v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Giraud" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Krivobok" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-006-9151-8" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RZWV433H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988073v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04845976v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martinez Almoyna" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988090v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879611v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola Gentile" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boyer" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933699v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Studeny" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Viari" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Mercier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452830v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chalmin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orly&#233;" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452990v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Reiche" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d' Orli&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00452971v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Reiche" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072686v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Boyer" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739491v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andalo" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Pelizzari" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02909735v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brosse" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailyn Adriana Gonzalez" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.01.001" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887475v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lombard Fabien" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guidi Lionel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coelho Luis Pedro" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin S&#233;bastien" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560885v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03897696v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00421411v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04799149v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>