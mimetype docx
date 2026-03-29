--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -840,289 +840,289 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barankin Bound vs Cramér-Rao Bound for Interferometric-Like Array Design at Low SNR</w:t>
+                <w:t xml:space="preserve">Borne Barankin vs Borne Cramér-Rao pour la géométrie de réseaux d'antennes en radioastronomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianhua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Bacharach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Mhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil EL KORSO</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Larzabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 31st European Signal Processing Conference (EUSIPCO)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI 2023. XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399119v1</w:t>
+                <w:t xml:space="preserve">hal-04399112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Borne Barankin vs Borne Cramér-Rao pour la géométrie de réseaux d'antennes en radioastronomie</w:t>
+                <w:t xml:space="preserve">Antenna sub-array switching strategy for low-cost &amp; high-resolution radio-astronomical imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianhua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Bacharach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Nabil EL KORSO</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Larzabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2023. XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE International Conference on Signal Processing, Communications and Computing (ICSPCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Zhengzhou, China. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSPCC59353.2023.10400346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399112v1</w:t>
+                <w:t xml:space="preserve">hal-04711787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antenna sub-array switching strategy for low-cost &amp; high-resolution radio-astronomical imaging</w:t>
+                <w:t xml:space="preserve">Barankin Bound vs Cramér-Rao Bound for Interferometric-Like Array Design at Low SNR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianhua Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Bacharach</w:t>
@@ -1140,112 +1140,112 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Larzabal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE International Conference on Signal Processing, Communications and Computing (ICSPCC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Zhengzhou, China. pp.1-6, </w:t>
+              <w:t xml:space="preserve">2023 31st European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Helsinki, Finland. pp.1554-1558, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICSPCC59353.2023.10400346⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO58844.2023.10289874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04711787v1</w:t>
+                <w:t xml:space="preserve">hal-04399119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expectation-Maximization Based Direction of Arrival Estimation Under a Mixture of Noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Mhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1576,278 +1576,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04711764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Tighter Bayesian Cramér-Rao Bound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Designing Sar Images Change-point Estimation Strategies Using an Mse Lower Bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Mian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Bacharach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ginolhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Renaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Nabil El Korso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2019 - 2019 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2019.8683614⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2019, Brighton, United Kingdom. pp.5312-5316, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2019.8682875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04711820v1</w:t>
+                <w:t xml:space="preserve">hal-02152199v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing Sar Images Change-point Estimation Strategies Using an Mse Lower Bound</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Tighter Bayesian Cramér-Rao Bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Bacharach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Fritsche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umut Orguner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chaumette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, May 2019, Brighton, United Kingdom. pp.5312-5316, </w:t>
+              <w:t xml:space="preserve">ICASSP 2019 - 2019 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Brighton, France. pp.5277-5281, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2019.8682875⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2019.8683614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152199v2</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04711820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prior influence on Weiss-Weinstein bounds for multiple change-point estimation</w:t>
               </w:r>
@@ -2880,51 +2880,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil El Korso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Bacharach" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Larzabal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCI.2026.3663899" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840415v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil EL KORSO" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2024.3495554" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840401v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Korso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bacharach" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2024.3483011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475438v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2024.109404" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02078353v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2018.2890029" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01525496v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2017.2673804" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399119v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO58844.2023.10289874" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399112v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Mhiri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711787v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSPCC59353.2023.10400346" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156738v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9615971" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02333941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Galy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vincent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMSAP45676.2019.9022505" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711764v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Fritsche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umut Orguner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FUSION43075.2019.9011446" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711820v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8683614" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152199v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Mian" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ginolhac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8682875" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895291v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco.2018.8553250" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01586946v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bibiche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01525499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2017.7953005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01346610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssp.2016.7551787" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01234929v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711842v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Chaumette" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03153840v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLS322" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525553v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil El Korso" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Bacharach" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Larzabal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCI.2026.3663899" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840415v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Nabil EL KORSO" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2024.3495554" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840401v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Korso" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bacharach" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2024.3483011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04475438v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2024.109404" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02078353v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2018.2890029" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01525496v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaumette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2017.2673804" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399112v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Mhiri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711787v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSPCC59353.2023.10400346" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399119v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO58844.2023.10289874" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156738v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Breloy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9615971" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02333941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Galy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vincent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMSAP45676.2019.9022505" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711764v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Fritsche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umut Orguner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/FUSION43075.2019.9011446" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152199v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Mian" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ginolhac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8682875" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711820v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2019.8683614" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01895291v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco.2018.8553250" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01586946v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Bibiche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01525499v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icassp.2017.7953005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01346610v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssp.2016.7551787" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01234929v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711842v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Chaumette" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03153840v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLS322" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>