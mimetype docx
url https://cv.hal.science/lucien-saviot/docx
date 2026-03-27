--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -301,460 +301,460 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ensuring colloidal stability of cisplatin-loaded mesoporous silica nanoparticles: from synthesis to cytotoxicity assays</w:t>
+                <w:t xml:space="preserve">Application of perturbation theory to finding vibrational frequencies of a spheroid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Hernando Abad</w:t>
+                <w:t xml:space="preserve">M. O. Nestoklon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Bouyer</w:t>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. V. Goupalov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2025.126395⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 113 (3), pp.035412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/qvbw-yd7z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387462v1</w:t>
+                <w:t xml:space="preserve">hal-05251204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of perturbation theory to finding vibrational frequencies of a spheroid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ensuring colloidal stability of cisplatin-loaded mesoporous silica nanoparticles: from synthesis to cytotoxicity assays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Hernando Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. O. Nestoklon</w:t>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. V. Goupalov</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 113 (3), pp.035412. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 687, pp.126395. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/qvbw-yd7z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2025.126395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251204v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05387462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong shape-dependent intensity of inelastic light scattering by gold nanocrystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Rayleigh–Ritz Approximation of the Acoustic Vibrations of Clamped Superquadrics—Application to Free Core–Shell Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sajana S</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María del Carmen Marco de Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.205431⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (24), pp.1865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano15241865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04927507v1</w:t>
+                <w:t xml:space="preserve">hal-05412736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayleigh–Ritz Approximation of the Acoustic Vibrations of Clamped Superquadrics—Application to Free Core–Shell Objects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sajana S</w:t>
+                <w:t xml:space="preserve">Strong shape-dependent intensity of inelastic light scattering by gold nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María del Carmen Marco de Lucas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (24), pp.1865. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111, pp.205431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano15241865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.111.205431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412736v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04927507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conﬁned acoustic phonons in CsPbI3 nanocrystals explored by resonant Raman scattering on excitons</w:t>
               </w:r>
@@ -868,529 +868,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the Proteins Determining the Blood Circulation Time of Nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sub-THz Vibrational Dynamics in Ordered Mesoporous Silica Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Hernando Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cintia Marques</w:t>
+                <w:t xml:space="preserve">Frédéric Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Javad Hajipour</w:t>
+                <w:t xml:space="preserve">Laroussi Chaabane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Marets</w:t>
+                <w:t xml:space="preserve">Alan Zerrouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Oudot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Reihaneh Safavi-Sohi</w:t>
+                <w:t xml:space="preserve">Jérémie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsnano.3c02041⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (14), pp.2078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano13142078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04145071v1</w:t>
+                <w:t xml:space="preserve">hal-04162936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on Manna et al. SARS-CoV-2 Inactivation in Aerosol by Means of Radiated Microwaves. Viruses 2023, 15, 1443</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensitivity of Localized Surface Plasmon Resonance and Acoustic Vibrations to Edge Rounding in Silver Nanocubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gavin J. Taylor</w:t>
+                <w:t xml:space="preserve">Yinan Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Margueritat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Alexa Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Portalès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v15102110⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (20), pp.20462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.3c06990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04248976v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-THz Vibrational Dynamics in Ordered Mesoporous Silica Nanoparticles</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of the Proteins Determining the Blood Circulation Time of Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laroussi Chaabane</w:t>
+                <w:t xml:space="preserve">Cintia Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Zerrouki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Margueritat</w:t>
+                <w:t xml:space="preserve">Mohammad Javad Hajipour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Marets</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Oudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reihaneh Safavi-Sohi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano13142078⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (13), pp.12458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.3c02041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162936v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04145071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of Localized Surface Plasmon Resonance and Acoustic Vibrations to Edge Rounding in Silver Nanocubes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Comment on Manna et al. SARS-CoV-2 Inactivation in Aerosol by Means of Radiated Microwaves. Viruses 2023, 15, 1443</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin J. Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Margueritat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Portalès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17 (20), pp.20462. </w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (10), pp.2110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.3c06990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/v15102110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234386v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04248976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visible-light photocatalytic degradation of dyes by TiO2 -Au inverse opal films synthesized by Atomic Layer Deposition</w:t>
               </w:r>
@@ -1536,51 +1536,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phoölan Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1666,51 +1666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanen Hajji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ezzedine Ben Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1783,51 +1783,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Single Gold Nanocrystals by Inelastic Light Scattering Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Timm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Crut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1898,321 +1898,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03575182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cu-Doped ZnO Nanoparticles for Non-Enzymatic Glucose Sensing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Free Vibrations of Anisotropic Nano-Objects with Rounded or Sharp Corners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26040929⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (7), pp.1838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano11071838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03321414v1</w:t>
+                <w:t xml:space="preserve">hal-03321416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free Vibrations of Anisotropic Nano-Objects with Rounded or Sharp Corners</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Cu-Doped ZnO Nanoparticles for Non-Enzymatic Glucose Sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Mahmoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mosaab Echabaane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Omri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (7), pp.1838. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (4), pp.929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nano11071838⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules26040929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321416v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo protein corona on nanoparticles: does the control of all material parameters orient the biological behavior?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nimisha Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Marets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (5), pp.1209-1229. </w:t>
@@ -2263,51 +2263,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Versatile and robust synthesis process for the fine control of the chemical composition and core-crystallinity of spherical core-shell Au@Ag nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suyeon Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Portalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Walls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2436,51 +2436,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
@@ -2518,51 +2518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic light scattering by long narrow gold nanocrystals: when size, shape, crystallinity and assembly matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Portalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2646,641 +2646,641 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Pressure-Induced Transitions in Mesoporous Anatase TiO2</w:t>
+                <w:t xml:space="preserve">Iron oxide-based nanostructured ceramics with tailored magnetic and mechanical properties: development of mechanically robust, bulk superparamagnetic materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Machon</w:t>
+                <w:t xml:space="preserve">Diletta Giuntini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Bois</w:t>
+                <w:t xml:space="preserve">Elisa Torresani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défi Jr Jubgang Fandio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Martinet</w:t>
+                <w:t xml:space="preserve">Kyle Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Forestier</w:t>
+                <w:t xml:space="preserve">Malte Blankenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 123 (38), pp.23488-23496. </w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1 (8), pp.3139-3150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b05650⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9NA00222G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02283188v1</w:t>
+                <w:t xml:space="preserve">hal-02318541v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron oxide-based nanostructured ceramics with tailored magnetic and mechanical properties: development of mechanically robust, bulk superparamagnetic materials</w:t>
+                <w:t xml:space="preserve">Loading of Cisplatin into Mesoporous Silica Nanoparticles: Effect of Surface Functionalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diletta Giuntini</w:t>
+                <w:t xml:space="preserve">Mathieu Varache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Torresani</w:t>
+                <w:t xml:space="preserve">Guy Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyle Chan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Remi Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9NA00222G⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (27), pp.8984-8995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b00954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02318541v2</w:t>
+                <w:t xml:space="preserve">hal-03023892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loading of Cisplatin into Mesoporous Silica Nanoparticles: Effect of Surface Functionalization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiting Pressure-Induced Transitions in Mesoporous Anatase TiO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Machon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Varache</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
+                <w:t xml:space="preserve">Laurence Bois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Weber</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Défi Jr Jubgang Fandio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remi Chassagnon</w:t>
+                <w:t xml:space="preserve">Alexis Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 35 (27), pp.8984-8995. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (38), pp.23488-23496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b00954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b05650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03023892v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02283188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Vibrations of Core–Shell Nanospheres: Probing the Mechanical Contact at the Metal–Dielectric Interface</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibrations of single-crystal gold nanorods and nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b12559⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.155420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01811071v1</w:t>
+                <w:t xml:space="preserve">hal-01774572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrations of single-crystal gold nanorods and nanowires</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Acoustic Vibrations of Core–Shell Nanospheres: Probing the Mechanical Contact at the Metal–Dielectric Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dacosta Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelia Vilar-Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatim Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Massé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Oberlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (16), pp.9127-9133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.155420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b12559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01774572v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01811071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contact laws between nanoparticles: the elasticity of a nanopowder</w:t>
               </w:r>
@@ -3305,64 +3305,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ramade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Machon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (4), pp.2154-2161. </w:t>
@@ -3394,265 +3394,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02515257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic Light Scattering Contribution to the Study of the Onset of Sintering of a Nanopowder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phonons in Hybrid Lamellar Supercrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Saviot</w:t>
+                <w:t xml:space="preserve">G. Caputo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Le Gallet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Pinna</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 121 (4), pp.2487-2494. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b12280⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 121 (3), pp.1990-1996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b11574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01637201v1</w:t>
+                <w:t xml:space="preserve">hal-03647647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phonons in Hybrid Lamellar Supercrystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Inelastic Light Scattering Contribution to the Study of the Onset of Sintering of a Nanopowder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Demoisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Caputo</w:t>
+                <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Pinna</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Sudre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 121 (3), pp.1990-1996. </w:t>
+              <w:t xml:space="preserve">, 2017, 121 (4), pp.2487-2494. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b11574⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b12280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03647647v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01637201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Writing on Copper Ion Doped Silica Films by Electrogeneration of Metallic Microstructures</w:t>
               </w:r>
@@ -3664,51 +3664,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Kandory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cattey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tijani Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3798,64 +3798,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Machon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3958,51 +3958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Crut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (6), pp.3843-3849. </w:t>
@@ -4053,77 +4053,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein–nanoparticle interaction in bioconjugated silver nanoparticles: A transmission electron microscopy and surface enhanced Raman spectroscopy study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Reymond-Laruinaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Potin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María del Carmen Marco de Lucas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 389, pp.17-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4170,90 +4170,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mass load effect on the resonant acoustic frequencies of colloidal semiconductor nanoplatelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Pedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (27), pp.13251-13256. </w:t>
@@ -4419,338 +4419,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01279097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of MCM-41 type silica nanoparticles for biological applications: Control of size and absence of aggregation and cell cytotoxicity</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Nanovectorization of TRAIL with single wall carbon nanotubes enhances tumor cell killing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Al Batoul Zakaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Picaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Rattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pudlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Baras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2014.10.020⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (2), [Epub ahead of print]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl503565t⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04933585v1</w:t>
+                <w:t xml:space="preserve">inserm-01113419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanovectorization of TRAIL with single wall carbon nanotubes enhances tumor cell killing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thibault Rattier</w:t>
+                <w:t xml:space="preserve">Optimization of MCM-41 type silica nanoparticles for biological applications: Control of size and absence of aggregation and cell cytotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Varache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Bezverkhyy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Pudlo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Florence Baras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 15 (2), [Epub ahead of print]. </w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 408, pp.87-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/nl503565t⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2014.10.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01113419v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04933585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical and Acoustic Vibrations Confined in Anatase TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Nanoparticles under High-Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Machon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Debbichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4853,51 +4853,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugène Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 139, pp.064506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4931,51 +4931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THz nanocrystal acoustic vibrations from ZrO2 3D supercrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5055,295 +5055,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00908236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-Step Microstructuring of TiO2 and Ag-TiO2 Films by Continuous Wave Laser Processing in the UV and Visible Ranges</w:t>
+                <w:t xml:space="preserve">Efficient photo-thermal activation of gold nanoparticle-doped polymer plasmonic switches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Crespo-Monteiro</w:t>
+                <w:t xml:space="preserve">Jean-Claude Weeber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Destouches</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">K. Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Reynaud</w:t>
+                <w:t xml:space="preserve">A. Dereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Epicier</w:t>
+                <w:t xml:space="preserve">C. Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 116, pp.26857--26864. </w:t>
+              <w:t xml:space="preserve">Optics Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20 (25), pp.27636-27649. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp3096264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OE.20.027636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00789834v1</w:t>
+                <w:t xml:space="preserve">hal-01492848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient photo-thermal activation of gold nanoparticle-doped polymer plasmonic switches</w:t>
+                <w:t xml:space="preserve">One-Step Microstructuring of TiO2 and Ag-TiO2 Films by Continuous Wave Laser Processing in the UV and Visible Ranges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Weeber</w:t>
+                <w:t xml:space="preserve">N. Crespo-Monteiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Hassan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">N. Destouches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dereux</w:t>
+                <w:t xml:space="preserve">S. Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Boissière</w:t>
+                <w:t xml:space="preserve">T. Epicier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 20 (25), pp.27636-27649. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 116, pp.26857--26864. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OE.20.027636⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp3096264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01492848v1</w:t>
+                <w:t xml:space="preserve">hal-00789834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of glass-embedded Cu nanoparticles: A low-frequency Raman scattering study</w:t>
               </w:r>
@@ -5355,51 +5355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sirotkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Cottancin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5453,529 +5453,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Number of observable features in the acoustic-Raman spectra of nanocrystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Quasi-free nanoparticle vibrations in a highly-compressed ZrO2 nanopowder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Machon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mermet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Combe</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Adichtchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.85.075405⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 116 (41), pp.22043-22050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp307066x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668244v1</w:t>
+                <w:t xml:space="preserve">hal-00756988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quasi-free nanoparticle vibrations in a highly-compressed ZrO2 nanopowder</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Number of observable features in the acoustic-Raman spectra of nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Adichtchev</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adnen Mlayah</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 116 (41), pp.22043-22050. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 85, pp.075405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp307066x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.85.075405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00756988v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric properties and Raman spectroscopy in Ca-substituted Na0.5Bi0.5TiO3 ferroelectric ceramics</w:t>
+                <w:t xml:space="preserve">Acousto-Plasmonic and Surface-Enhanced Raman Scattering Properties of Coupled Gold Nanospheres/Nanodisk Trimers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roy Jean Roukos</w:t>
+                <w:t xml:space="preserve">S. Tripathy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bidault</w:t>
+                <w:t xml:space="preserve">Renaud Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pansiot</w:t>
+                <w:t xml:space="preserve">V. K. Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine Minier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. L. Teo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.298⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (2), pp.431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nl103089e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00638200v1</w:t>
+                <w:t xml:space="preserve">hal-00564834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acousto-Plasmonic and Surface-Enhanced Raman Scattering Properties of Coupled Gold Nanospheres/Nanodisk Trimers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dielectric properties and Raman spectroscopy in Ca-substituted Na0.5Bi0.5TiO3 ferroelectric ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Marty</w:t>
+                <w:t xml:space="preserve">Roy Jean Roukos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. K. Lin</w:t>
+                <w:t xml:space="preserve">Olivier Bidault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. L. Teo</w:t>
+                <w:t xml:space="preserve">Julien Pansiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Ye</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ludivine Minier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 11 (2), pp.431. </w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 324, pp.298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/nl103089e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00564834v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00638200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raman characterization of Pb2Na1−xLaxNb5−xFexO15 and Pb0.5(5−x)LaxNb5−xFexO15 (0≤x≤1) solid solutions</w:t>
               </w:r>
@@ -5987,51 +5987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bouziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Taibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boukhari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6090,77 +6090,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic vibrations of monoclinic zirconia nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Demoisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustapha Ariane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 115 (30), pp.14571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6392,51 +6392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Demoisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 47, pp.11706. </w:t>
@@ -6468,217 +6468,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00638205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallinity Dependence of the Plasmon Resonant Raman Scattering by Anisotropic Gold Nanocrystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Portalès</w:t>
+                <w:t xml:space="preserve">Vibrations of weakly-coupled nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Goubet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/nn1005446⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 81, pp.235432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.81.235432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00494335v1</w:t>
+                <w:t xml:space="preserve">hal-00494334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple model for the vibrations of embedded elastically cubic nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. B. Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6687,236 +6644,279 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sirotkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 82 (11), pp.115450. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.82.115450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00521892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrations of weakly-coupled nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Crystallinity Dependence of the Plasmon Resonant Raman Scattering by Anisotropic Gold Nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Portalès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sirotkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 81, pp.235432. </w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (6), pp.3489. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.81.235432⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/nn1005446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00494334v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00494335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High order vibration modes of glass embedded AgAu nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Adichtchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sirotkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bachelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6967,51 +6967,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic vibrations of anisotropic nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Murray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7084,64 +7084,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Millot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chassagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Heintz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7201,51 +7201,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acousto-plasmonic Hot Spots in Metallic Nano-Objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Large</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7322,64 +7322,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic modes in metallic nanoparticles: atomistic versus elasticity modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 80 (3), pp.035411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7452,51 +7452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Ballivet-Tkatchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kulandailevu Jeyalakshm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sivakumar Vasireddy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7568,90 +7568,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing atomic ordering and multiple twinning in metal nanocrystals through their vibrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Portalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Adichtchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. B. Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 105, pp.14784-14789. </w:t>
@@ -7683,795 +7683,795 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00394356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic neutron scattering due to acoustic vibrations confined in nanoparticles: theory and experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+                <w:t xml:space="preserve">Surface enhanced Raman scattering of silver sensitized cobalt nanoparticles in metal–dielectric nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Margueritat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Gonzalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caleb H. Netting</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+                <w:t xml:space="preserve">Carmen N. Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Rols</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain Mermet</w:t>
+                <w:t xml:space="preserve">U. Hörmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. van Tendeloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.245426⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 19, pp.375701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/19/37/375701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00394360v1</w:t>
+                <w:t xml:space="preserve">hal-00394351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface enhanced Raman scattering of silver sensitized cobalt nanoparticles in metal–dielectric nanocomposites</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">U. Hörmann</w:t>
+                <w:t xml:space="preserve">Inelastic neutron scattering due to acoustic vibrations confined in nanoparticles: theory and experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. van Tendeloo</w:t>
+                <w:t xml:space="preserve">Caleb H. Netting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/19/37/375701⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78, pp.245426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.78.245426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00394351v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00394360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From silver nanolentils to nanocolumns: surface plasmon-polaritons and confined acoustic vibrations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low-frequency Raman characterization of size-controlled anatase TiO2 nanopowders prepared by continuous hydrothermal syntheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Pighini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Aymes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appl. Phys. A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00339-007-4120-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 9, pp.309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11051-005-9061-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00394311v1</w:t>
+                <w:t xml:space="preserve">hal-00136053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damping by bulk and shear viscosity for confined acoustic phonons of a spherical virus in water</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Millimeter wave absorption by confined acoustic modes in CdSe/CdTe core-shell quantum dots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.-M. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Y. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-C. Kuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.-C. Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.-W. Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 92, pp.012036. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012036⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 92, pp.012039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00394317v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00394321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millimeter wave absorption by confined acoustic modes in CdSe/CdTe core-shell quantum dots</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C.-W. Lai</w:t>
+                <w:t xml:space="preserve">From silver nanolentils to nanocolumns: surface plasmon-polaritons and confined acoustic vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Margueritat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Gonzalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen N. Afonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bachelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnen Mlayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012039⟩</w:t>
+              <w:t xml:space="preserve">Appl. Phys. A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 89 (2), pp.369-372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00339-007-4120-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00394321v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00394311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-frequency Raman characterization of size-controlled anatase TiO2 nanopowders prepared by continuous hydrothermal syntheses</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Damping by bulk and shear viscosity for confined acoustic phonons of a spherical virus in water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanoparticle Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 92, pp.012036. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11051-005-9061-6⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00136053v1</w:t>
+                <w:t xml:space="preserve">hal-00394317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boson peak and hybridization of acoustic modes with vibrations of nanometric heterogeneities in glasses</w:t>
               </w:r>
@@ -8483,51 +8483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugène Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 75, pp.024201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8555,674 +8555,674 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00123849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damping by Bulk and Shear Viscosity of Confined Acoustic Phonons for Nanostructures in Aqueous Solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Polarizability calculation of vibrating nanoparticles for intensity of low wavenumber Raman scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caleb H. Netting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin D. Mercer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. B. Murray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp071765x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 38 (6), pp.770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jrs.1692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00156851v1</w:t>
+                <w:t xml:space="preserve">hal-00151657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarizability calculation of vibrating nanoparticles for intensity of low wavenumber Raman scattering</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId306" w:history="1">
+                <w:t xml:space="preserve">Damping by Bulk and Shear Viscosity of Confined Acoustic Phonons for Nanostructures in Aqueous Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caleb H. Netting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lucien Saviot</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. B. Murray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Raman Spectroscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 111 (25), pp.7457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp071765x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jrs.1692⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00151657v1</w:t>
+                <w:t xml:space="preserve">hal-00156851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Far infrared absorption by acoustic phonons in titanium dioxide nanopowders</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">High precision numerical estimates of acoustic phonon frequencies of nonspherical nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avra S. Laarakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanoelectronics and Optoelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1166/jno.2006.010⟩</w:t>
+              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 3, pp.3935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssc.200671545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00094084v1</w:t>
+                <w:t xml:space="preserve">hal-00115889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface plasmons and vibrations of self-assembled silver nanocolumns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Gonzalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen N. Afonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnen Mlayah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Murray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 6, pp.2037. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/nl061237h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00094096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High precision numerical estimates of acoustic phonon frequencies of nonspherical nanoparticles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Far infrared absorption by acoustic phonons in titanium dioxide nanopowders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caleb H. Netting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Pighini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nanoelectronics and Optoelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 1, pp.92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/jno.2006.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssc.200671545⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00115889v1</w:t>
+                <w:t xml:space="preserve">hal-00094084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment on &amp;quot;Infrared and Raman selection rules for elastic vibrations of spherical nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugène Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9282,64 +9282,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal versus transverse spheroidal vibrational modes of an elastic sphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. B. Murray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 72, pp.205433. </w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9367,148 +9367,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00014389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The connection between elastic scattering cross sections and acoustic vibrations of an embedded nanoparticle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. B. Murray</w:t>
+                <w:t xml:space="preserve">Comment on &amp;quot;Estimate of the vibrational frequencies of spherical virus particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel B. Murray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mermet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 1, pp.2634. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 69, pp.023901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssc.200405333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.69.023901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00112257v1</w:t>
+                <w:t xml:space="preserve">hal-00000484v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrations of free and embedded anisotropic elastic spheres:Application to low-frequency Raman scattering of silicon nanoparticles in silica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria del Carmen Marco de Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9562,144 +9588,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00000522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on &amp;quot;Estimate of the vibrational frequencies of spherical virus particles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alain Mermet</w:t>
+                <w:t xml:space="preserve">The connection between elastic scattering cross sections and acoustic vibrations of an embedded nanoparticle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. B. Murray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 69, pp.023901. </w:t>
+              <w:t xml:space="preserve">Physica Status Solidi C: Current Topics in Solid State Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 1, pp.2634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.69.023901⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pssc.200405333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00000484v2</w:t>
+                <w:t xml:space="preserve">hal-00112257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridgman growth of paratellurite single crystals</w:t>
               </w:r>
@@ -9831,51 +9831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long lived acoustic vibrational modes of an embedded nanoparticle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel B. Murray</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9922,77 +9922,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of physical aging on the low-frequency vibrational density of states of a glassy polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10046,437 +10046,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant Raman Scattering by quadrupolar vibrations of Ni-Ag Core-shell Nanoparticles</w:t>
+                <w:t xml:space="preserve">Effect of aging on the Boson peak and relaxation processes in a glassy polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Portales</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Serge Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 65, pp.165422. </w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 307-310, pp.109-113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.65.165422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0022-3093(02)01448-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00134663v1</w:t>
+                <w:t xml:space="preserve">hal-02360352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of aging on the Boson peak and relaxation processes in a glassy polymer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent David</w:t>
+                <w:t xml:space="preserve">Low-energy vibrational density of states of plasticized poly(methyl methacrylate)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.J Dianoux</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bershtein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0022-3093(02)01448-5⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Magazine B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 82 (5), pp.533-539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13642810110085208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02360352v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-energy vibrational density of states of plasticized poly(methyl methacrylate)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Resonant Raman Scattering by quadrupolar vibrations of Ni-Ag Core-shell Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Portales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Bershtein</w:t>
+                <w:t xml:space="preserve">M. Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Cottancin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 82 (5), pp.533-539. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 65, pp.165422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13642810110085208⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.65.165422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02360421v1</w:t>
+                <w:t xml:space="preserve">hal-00134663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibrational modes in silicon clathrate compounds : a key to understanding superconductivity</w:t>
               </w:r>
@@ -10596,103 +10596,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic light, neutron, and X-ray scattering related to the heterogeneous elasticity of glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 307-310, pp.103-108. </w:t>
@@ -10730,64 +10730,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-frequency vibrational density of states of dibutyl phtalate plasticized poly (methyl) metacrylate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Jal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10855,77 +10855,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant Raman scattering by breathing modes of metal nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Portales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fujii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10989,77 +10989,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raman scattering by electron-hole excitations in silver nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Portales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fujii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11123,64 +11123,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Very fast relaxation in polycarbonate glass</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. F. Jal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11374,77 +11374,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanostructure and low-frequency vibrations in plasticized poly(methyl methacrylate)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Kozanecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11546,51 +11546,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ghanassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Piveteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Schanne-Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11692,346 +11692,402 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman Scattering study of Ligand Exchange Effects on the CdS Nanoplatelets</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shape-dependence of inelastic light scattering by gold nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laude</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C'Nano 2025: The Nanoscience Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Cité des sciences et de l'Industrie, Paris, France</w:t>
+              <w:t xml:space="preserve">Gold 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, San Sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175603v1</w:t>
+                <w:t xml:space="preserve">hal-05175563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape-dependence of inelastic light scattering by gold nanocrystals</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Raman Scattering study of Ligand Exchange Effects on the CdS Nanoplatelets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sajana S.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Thu Dung Lien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mahler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Margueritat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isidoro López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, San Sebastian, Spain</w:t>
+              <w:t xml:space="preserve">C'Nano 2025: The Nanoscience Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Cité des sciences et de l'Industrie, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05175563v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic vibrations of nano-objects</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Atomic Layer Deposition of Au-TiO2 inverse opals for the visible light photocatalysis of dyes degradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Birnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Marco de Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Pochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Herbst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Heintz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEL2022 - 8th international school of sound and light</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Saint-Pierre-d'Oléron, France</w:t>
+              <w:t xml:space="preserve">5th International Conference on Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Palma De Mallorca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878278v1</w:t>
+                <w:t xml:space="preserve">hal-03878314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic light scattering by the vibrational modes of single gold nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Timm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Crut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12093,221 +12149,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03768992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic Layer Deposition of Au-TiO2 inverse opals for the visible light photocatalysis of dyes degradation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic vibrations of nano-objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Saviot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Palma De Mallorca, Spain</w:t>
+              <w:t xml:space="preserve">SEL2022 - 8th international school of sound and light</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Saint-Pierre-d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878314v1</w:t>
+                <w:t xml:space="preserve">hal-03878278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enlightening the acoustic vibrations of single crystalline gold nanorods by very low-frequency Raman scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Portalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Margueritat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gold 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12384,51 +12384,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liu Zeming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Vitrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">C’Nano 2018 The nanoscience meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Toulon, France</w:t>
@@ -12661,77 +12661,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Vitrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marco-De-Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Epicier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Microscopy Congress (EMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Lyon, France</w:t>
@@ -12792,51 +12792,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic Vibrations in Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Saviot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12981,51 +12981,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5AF59902"/>
+    <w:nsid w:val="CD23D410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13212,51 +13212,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lucien-saviot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1249-2730" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170801004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/saviot_l_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313560696" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/L-6703-2018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icb.cnrs.fr/equipe/lucien-saviot/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saviot.cnrs.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387462v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Hernando Abad" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouyer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bezverkhyy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126395" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251204v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. O. Nestoklon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Saviot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V. Goupalov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/qvbw-yd7z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laude" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.205431" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05412736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajana S" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a del Carmen Marco de Lucas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15241865" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132345v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Harkort" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina V. Kalitukha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia E. Kopteva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail O. Nestoklon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei V. Goupalov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c03342" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145071v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Marques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Javad Hajipour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Marets" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oudot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reihaneh Safavi-Sohi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c02041" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248976v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin J. Taylor" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Margueritat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15102110" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162936v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Chaabane" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Zerrouki" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13142078" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234386v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vernier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinan Fan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Courty" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Portal&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c06990" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827805v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Birnal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Marco de Lucas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Herbst" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.155213" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04199434v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Romain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pho&#246;lan Roman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Millot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c01365" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03548824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Hajji" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gallet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzedine Ben Salem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2022.111750" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575182v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Timm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Crut" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Blanchard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c00077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321414v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Mahmoud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosaab Echabaane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Omri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boudon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26040929" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321416v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11071838" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132542v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimisha Singh" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00863J" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994816v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyeon Lee" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Walls" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goubet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abc450" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215497v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Martinet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Baronnier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Girard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR00270H" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566470v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casale" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Zhen Xu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostapha Ariane" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.9b09993" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283188v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Machon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bois" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;fi Jr Jubgang Fandio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Forestier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b05650" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318541v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diletta Giuntini" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Torresani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Chan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Blankenburg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NA00222G" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023892v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Varache" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Weber" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00954" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811071v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dacosta Fernandes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Vilar-Vidal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Baida" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mass&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Oberl&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b12559" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774572v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.155420" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515257v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ramade" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Margueritat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr07540e" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637201v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saviot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gallet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Demoisson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sudre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12280" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647647v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Caputo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pinna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b11574" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01522063v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kandory" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cattey" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijani Gharbi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie Vigneron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b09913" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107265v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mahler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr00731k" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320916v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gehan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Crut" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mermet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.6b01314" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559825v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Reymond-Laruinaz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Potin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.07.082" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108380v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pedetti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tessier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR07383A" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279097v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Bouyrie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pailhes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marek Koza" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Malaman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02900g" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933585v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baras" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2014.10.020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01113419v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Batoul Zakaria" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rattier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pudlo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl503565t" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991336v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debbichi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502409e" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852203v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Duval" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deschamps" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817778" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908236v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B. Murray" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianvito Caputo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Carmen Marco de Lucas" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pinna" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc31833h" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789834v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Crespo-Monteiro" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Destouches" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reynaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Epicier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3096264" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01492848v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weeber" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dereux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.027636" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742360v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirotkin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cottancin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernstein" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mermet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.205435" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668244v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combe" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.075405" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756988v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adichtchev" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp307066x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638200v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Jean Roukos" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bidault" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pansiot" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Minier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.298" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564834v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tripathy" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marty" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. K. Lin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L. Teo" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ye" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl103089e" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638202v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouziane" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taibi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boukhari" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2011.08.025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBZD0KD8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616715v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Ariane" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp202752r" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591916v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maupoix" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Houzelot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sciora" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaillard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Charton" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2010.08.023" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLH7V3X1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638205v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurizi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouyer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Paris" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Demoisson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CC15470B" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494335v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goubet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Yang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn1005446" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521892v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Murray" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duval" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.115450" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494334v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.235432" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394361v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.201402" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394363v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.214101" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404290v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Papa" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp903195h" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431328v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Large" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gonzalo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Afonso" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901918a" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399991v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.035411" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410039v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aymes" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ballivet-Tkatchenko" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kulandailevu Jeyalakshm" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivakumar Vasireddy" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2009.07.001" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7TGLDCJP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394356v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Portal&#232;s" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0803748105" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394360v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caleb H. Netting" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rols" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.245426" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394351v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen N. Afonso" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. H&#246;rmann" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Tendeloo" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/19/37/375701" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-HZC8LB20-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394311v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-007-4120-8" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394317v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012036" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394321v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-M. Liu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Lu" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-C. Kuo" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-C. Wen" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-W. Lai" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012039" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136053v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pighini" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-005-9061-6" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z7Q0DN7V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123849v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.75.024201" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156851v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp071765x" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-T1KRPN6H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151657v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin D. Mercer" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.1692" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094084v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jno.2006.010" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094096v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl061237h" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115889v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avra S. Laarakker" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200671545" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3GM7SFS8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115082v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.197401" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014389v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.205433" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112257v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200405333" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000522v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.113402" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000484v2" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.023901" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898192v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veber" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mangin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Strimer" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delarue" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Josse" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2004.06.029" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WKM4LV2Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112258v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.055506" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362094v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Etienne" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2003-00573-x" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134663v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Portales" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaudry" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.65.165422" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360352v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Etienne" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J Dianoux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3093(02)01448-5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ4X96CM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360421v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dianoux" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bershtein" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13642810110085208" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717021v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Reny" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso San Miguel" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guyot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Masenelli" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;linon" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.014532" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360334v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3093(02)01447-3" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475321v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Jal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Dianoux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Bershtein" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550648v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fujii" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hayashi" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1396817" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134662v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sumitomo" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.63.233402" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112254v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Jal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Dianoux" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510070105" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403412v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;linon" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K&#233;gh&#233;lian" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perez" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Champagnon" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guyot" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.59.10099" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337567v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kozanecki" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1998-00535-4" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680198v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ghanassi" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piveteau" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schanne-Klein" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ricard" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf01090967" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-0FDJB5S7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175603v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajana Semi" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Dung Lien" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro L&#243;pez" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175563v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878278v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768992v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Joly-Pottuz" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878314v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033689v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02054412v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongfeng Ma" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bakhti" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Zeming" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vitrant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550901v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nelet" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crut" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arbouet" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. del Fatti" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vall&#233;e" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2003.11.022" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-430VWSV6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355852v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Liu" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marco-De-Lucas" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521894v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lucien-saviot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1249-2730" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170801004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/saviot_l_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/313560696" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/L-6703-2018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icb.cnrs.fr/equipe/lucien-saviot/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saviot.cnrs.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251204v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. O. Nestoklon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Saviot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V. Goupalov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/qvbw-yd7z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387462v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Hernando Abad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bouyer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Bezverkhyy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chassagnon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Geoffroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2025.126395" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05412736v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajana S" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a del Carmen Marco de Lucas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano15241865" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927507v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laude" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.205431" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132345v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Harkort" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina V. Kalitukha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia E. Kopteva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail O. Nestoklon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei V. Goupalov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.5c03342" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162936v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laroussi Chaabane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Zerrouki" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Margueritat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13142078" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234386v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vernier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinan Fan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Courty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Portal&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c06990" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145071v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Marques" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Javad Hajipour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Marets" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oudot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reihaneh Safavi-Sohi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c02041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248976v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin J. Taylor" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15102110" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827805v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Birnal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Marco de Lucas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Pochard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Herbst" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Heintz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2022.155213" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04199434v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Romain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pho&#246;lan Roman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Millot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Boireau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c01365" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03548824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Hajji" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gallet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezzedine Ben Salem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2022.111750" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575182v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Timm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Crut" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Blanchard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c00077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321416v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11071838" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321414v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Mahmoud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosaab Echabaane" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Omri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boudon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26040929" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132542v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimisha Singh" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00863J" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994816v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyeon Lee" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Walls" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goubet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abc450" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215497v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Martinet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Baronnier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Girard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR00270H" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566470v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casale" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Zhen Xu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostapha Ariane" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.9b09993" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318541v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diletta Giuntini" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Torresani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Chan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Blankenburg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NA00222G" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023892v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Varache" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Weber" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chassagnon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00954" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283188v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Machon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;fi Jr Jubgang Fandio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Forestier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b05650" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774572v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.155420" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811071v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dacosta Fernandes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia Vilar-Vidal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatim Baida" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mass&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Oberl&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b12559" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515257v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ramade" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Margueritat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr07540e" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647647v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Caputo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pinna" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b11574" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637201v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saviot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gallet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Demoisson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sudre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12280" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01522063v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kandory" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cattey" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijani Gharbi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie Vigneron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b09913" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107265v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mahler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr00731k" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320916v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gehan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Crut" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mermet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.6b01314" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559825v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Reymond-Laruinaz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Potin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.07.082" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108380v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pedetti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Tessier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR07383A" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279097v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Bouyrie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Candolfi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pailhes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marek Koza" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Malaman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02900g" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01113419v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Batoul Zakaria" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rattier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pudlo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl503565t" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933585v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baras" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2014.10.020" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991336v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debbichi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp502409e" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852203v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Duval" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deschamps" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4817778" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908236v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B. Murray" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianvito Caputo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Carmen Marco de Lucas" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pinna" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tc31833h" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01492848v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Weeber" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassan" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dereux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boissi&#232;re" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.027636" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789834v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Crespo-Monteiro" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Destouches" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reynaud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Epicier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3096264" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742360v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirotkin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cottancin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernstein" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mermet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.205435" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756988v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adichtchev" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp307066x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668244v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Combe" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.075405" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564834v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tripathy" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Marty" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. K. Lin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L. Teo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ye" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl103089e" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638200v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roy Jean Roukos" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bidault" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pansiot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Minier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.298" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638202v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouziane" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taibi" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boukhari" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2011.08.025" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBZD0KD8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616715v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Ariane" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp202752r" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591916v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maupoix" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Houzelot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sciora" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaillard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Charton" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2010.08.023" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLH7V3X1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00638205v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maurizi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouyer" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Paris" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Demoisson" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1CC15470B" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494334v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Murray" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.235432" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521892v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duval" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.115450" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494335v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goubet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Yang" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn1005446" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394361v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.201402" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394363v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.214101" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404290v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Papa" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Heintz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp903195h" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431328v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Large" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Gonzalo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.N. Afonso" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl901918a" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00399991v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.035411" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410039v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aymes" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Ballivet-Tkatchenko" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kulandailevu Jeyalakshm" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivakumar Vasireddy" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2009.07.001" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7TGLDCJP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394356v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Portal&#232;s" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0803748105" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394351v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen N. Afonso" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. H&#246;rmann" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Tendeloo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/19/37/375701" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-HZC8LB20-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394360v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caleb H. Netting" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rols" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.78.245426" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136053v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pighini" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-005-9061-6" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z7Q0DN7V-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394321v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-M. Liu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Lu" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-C. Kuo" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-C. Wen" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-W. Lai" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012039" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394311v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-007-4120-8" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394317v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012036" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123849v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.75.024201" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151657v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin D. Mercer" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.1692" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156851v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp071765x" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-T1KRPN6H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115889v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avra S. Laarakker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200671545" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3GM7SFS8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094096v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl061237h" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00094084v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jno.2006.010" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00115082v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.197401" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00014389v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.205433" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000484v2" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.69.023901" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000522v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.113402" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112257v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssc.200405333" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898192v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Veber" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mangin" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Strimer" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delarue" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Josse" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2004.06.029" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WKM4LV2Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112258v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.93.055506" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362094v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Etienne" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i2003-00573-x" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360352v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Etienne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J Dianoux" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3093(02)01448-5" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ4X96CM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360421v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dianoux" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bershtein" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13642810110085208" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134663v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Portales" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaudry" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.65.165422" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717021v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Reny" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso San Miguel" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guyot" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Masenelli" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice M&#233;linon" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.014532" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360334v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3093(02)01447-3" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475321v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Jal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Dianoux" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.A. Bershtein" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550648v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fujii" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hayashi" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1396817" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134662v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sumitomo" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.63.233402" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112254v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Jal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. J. Dianoux" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510070105" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403412v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;linon" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. K&#233;gh&#233;lian" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perez" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Champagnon" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guyot" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.59.10099" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337567v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kozanecki" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/epl/i1998-00535-4" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680198v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ghanassi" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piveteau" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schanne-Klein" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ricard" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf01090967" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-0FDJB5S7-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175563v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175603v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajana S." TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Dung Lien" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro L&#243;pez" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878314v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768992v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Joly-Pottuz" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878278v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033689v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02054412v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongfeng Ma" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bakhti" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Zeming" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vitrant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550901v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nelet" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crut" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arbouet" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. del Fatti" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vall&#233;e" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2003.11.022" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-430VWSV6-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355852v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Liu" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marco-De-Lucas" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521894v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>