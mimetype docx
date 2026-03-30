--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lucile CADET </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lucile Cadet est professeure des universités en Sciences du langage - didactique des langues à l'INSPE de l'Académie de Versailles - CY Paris Cergy Université et membre du laboratoire EMA (EA 4507).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle exerce les principales responsabilités suivantes :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSPE de l’Académie de Versailles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Directrice adjointe en charge de la formation continue,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Responsable du Master « Formation de formateurs des enseignants du premier et du second degré »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Responsable du Master « Former et Intégrer par la langue »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil scientifique provisoire de l’INSPE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole doctorale EDC 627 et collège doctoral, CY Cergy Paris Université (en cours)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil de l’Ecole doctorale 627 EDC - Education, didactiques, cognition</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Co-responsable du groupe de travail Formations de l’ED 627 EDC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil de la formation doctorale et post-doctorale, collège doctoral, CY Paris Cergy Université</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire EMA Ecole, Mutations, Apprentissages – EA 4507 (en cours)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil du laboratoire EMA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil national des Universités (CNU) section 7 – Sciences du langage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019 – Membre titulaire élu, collège A (2019-2023)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle développe ses recherches en didactique des langues (FLE/S, FLM) dans une orientation épistémologique et selon quatre axes principaux : didactique des langues/didactiques de langues, écrits et écriture de/dans la formation professionnelle, analyses des discours et des pratiques de transmission (interactions de classe et discours de retour d’expériences), langues et école.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter auprès de personnes détenues francophones et allophones faiblement lettrées : la question du consentement en recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Quelles relations entre recherches et interventions en didactique du FLE ?, 76, pp.159-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire collaborer des élèves dans une situation d’enseignement comodal au secondaire : vers des compétences interactionnelles reconfigurées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STICEF (Sciences et Technologies de l'Information et de la Communication pour l'Éducation et la Formation)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger les liens entre la recherche et les pratiques : regard rétrospectif sur l’étude évaluative d’un dispositif d’enseignement de l’orthographe dans le contexte des évolutions contemporaines en didactique du français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Crinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Quelles mutations dans le champ de la didactique du français, à l’école primaire ?, 67, p. 83-98. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/reperes.5726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scolariser des élèves allophones en situation de handicap. Engagement institutionnel et distanciations professionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°208 (1), pp.137. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lfa.208.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à et par la recherche : quels objectifs, quels dilemmes, quels dispositifs ? Le Français Aujourd’hui 204, pp. 7-16.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belinda Lavieu-Gwozdz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former au raisonnement orthographique. Conceptions d’enseignants du cycle 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Crinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Ferone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours professionnels et rapport aux objets et aux savoirs didactiques. Des genres, des pratiques, des effets et des limites de la réflexivité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de l’ASDIFLE 28, 154-164. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre/Apprendre la parole. L’oral à l’école primaire dans les textes officiels. Définitions, évolutions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pegaz Paquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions autour des corpus de recherche en didactique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Carlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (2), pp.9-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01383935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des écrits de la formation à la didactique de l’écriture. Le Français Aujourd’hui, n° 184, pp. 3-13.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux sur l’enseignement des gestes culturels en classe de FLE. Revue Raisons, comparaisons, éducations, La Revue française d’éducation comparée, n° 9, pp. 111-140.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la peau d'un natif : État des lieux sur l'enseignement des gestes culturels en classe de FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9, pp.111-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLM, FLE, FLS... au-delà des catégories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Guerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 176, pp.3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuités, ruptures et contradictions dans l'enseignement de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 173, pp.3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective des savoirs professionnels dans des discours de retour d'expérience. Étude contrastée de deux enseignantes de français langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.41-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective des savoirs professionnels dans des discours de retour d'expérience. Étude contrastée de deux enseignantes de français langue étrangère.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 43, pp.41-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00854282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse des journaux de bord d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 159, pp.39-46. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lfa.159.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le geste pédagogique dans la formation des enseignants de LE : Réflexions à partir d'un corpus de journaux d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Théodile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.67-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00378851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écritures réflexives en formation élémentaire et professionnelle constituent-elles un genre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Théodile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.7-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le réseau d'apprentissage : une innovation pédagogique pour optimiser la formation initiale des enseignants de FLE/FLS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'AQEFLS : Revue de l’Association québécoise des enseignants de français langue seconde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 26 (2), pp.141-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un enseignant réflexif, quels discours ? Quels modèles ? Quelles représentations ?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.69-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire sur soi en contexte de formation professionnelle : quels objectifs, quels enjeux, quelles contraintes, quelles pratiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 45, pp.163-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un enseignant réflexif, quels discours ? Quels modèles ? Quelles représentations ?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.69-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04066061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Devenir un enseignant réflexif, quel discours ? quels modèles ? quelles représentations ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des notions opératoires en didactique des langues et des cultures... modèles ? représentations ? culture éducative ? : clarification terminologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2, http://acedle.u-strasbg.fr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journal d'apprentissage en mention FLE, stratégie de formation efficace du &amp;quot;praticien réflexif&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 55, pp.43-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser la didactique du français dans sa mission d'intégration en classe d'initiation (CLIN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rémy-Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 38, pp.37-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aises et malaises des enseignants natifs en contexte homoglotte : constats et perspectives de formation » (actes de colloque)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 2ème colloque international de l’Association de Directeurs de Centres Universitaires d’Études Françaises pour Étudiants Étrangers (ADCUEFE), Université Charles-de-Gaulle Lille, 17–18 juin 2005, Grenoble, PUG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction du répertoire d'enseignement lors du passage du statut d'étudiant à celui d'enseignant de FLE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marges Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02141502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves allophones sont-ils des élèves à besoin éducatif particulier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Champain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Karine Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacéra Aifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathy Similowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminaire Epistémologie(s) des recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire EMA EA 4507, Jan 2023, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves allophones sont-ils des élèves à besoins éducatifs particuliers ?, réflexion sur la notion de &amp;quot;besoin&amp;quot; dans le paradigme EBEP&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Champain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque " Questionner la catégorie d’ « élèves à besoins éducatifs particuliers » (EBEP) du point de vue des sciences sociales : perspectives critiques, théoriques, empiriques".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSPE de l'Université de Franche-Comté, Bensançon., Jun 2023, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre en comodalités : une étude de cas au secondaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque La formation à distance, résolument</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNED, Oct 2022, à distance, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre en comodalité au secondaire : vers de nouvelles compétences interactionnelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interactions langagières en classe et construction des savoirs dans les disciplines scolaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lille 3, Oct 2022, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation de la comodalité collaborative au secondaire et qualité des interactions inclusives. symposium Comodalité et plurilinguisme scolaire : vers quelles transformations (transpositions) ?, axe 3 “Comodalité, gestualité, espace”: des interactions “augmentées”?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ième colloque international en éducation (CRIFPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIFPE, May 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation des pratiques pédagogiques des néotitulaires en Lettres. Modératrices - Atelier 5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bourhis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : Les outils réflexifs de formation à l’épreuve : les scenario de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E.M.A. Cergy Paris Université INSPE, Apr 2021, Gennevilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passer du handicap aux besoins éducatifs particuliers. Quand des processus scolaires institutionnels inclusifs insularisent des élèves très particuliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV colloque franco-latino-américain de recherche sur le handicap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours biographique dans le paradigme de la réflexivité : d'une posture réflexive critique à une posture critique de la réflexivité. Conférence d’ouverture plénière du colloque Circulation des savoirs, écriture(s) et réflexivité dans la formation et la recherche organisé par M. Molinié dans le cadre du projet FARR - Formation Accompagnement à la Réflexivité dans la Recherche, Université de la Sorbonne nouvelle Paris 3, 1 décembre 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Circulation des savoirs, écriture(s) et réflexivité dans la formation et la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Se) dire, (s’) écrire pour (se) construire ? L'attention au réflexif. Conférence invitée au « Samedi de l’ED 268 – langage et langues : description, théorisation, transmission » : Analyse de pratiques et réflexivité : quels objets pour la recherche en didactique des langues ?, Université de la Sorbonne nouvelle, Paris 3, 22 avril 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Samedi de l’ED 268 – langage et langues : description, théorisation, transmission » : Analyse de pratiques et réflexivité : quels objets pour la recherche en didactique des langues ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontres Maison des langues : 7 juin 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps et voix de l'enseignant : quelle place dans la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, p, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde fermée. L'expérience cultuelle dans l'acquisition d'une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programmes et manuels : aperçus sur la didactique en action. CIEP, 23 mai 2013. Avec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">avec Francine Cicurel : Ouverture et clôture des journées IDAP &amp;quot; La fabrique de l'action enseignante : quels enjeux didactiques &amp;quot;, les 10 & 11 juin 2013, Université de la Sorbonne nouvelle - Paris 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">discours d'ouverture et de clôture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouverture et clôture du colloque &amp;quot; La fabrique de l'action enseignante : quels enjeux didactiques &amp;quot;, les 10 et 11 juin 2013, Université de la Sorbonne nouvelle - Paris 3.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ouverture et clôture synthétique du colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque &amp;quot; la fabrique de l'action enseignante : quels enjeux didactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Carlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux de miroirs : questions autour des corpus issus de l'auto-confrontation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'instant et l'histoire, 50eme Rencontre de l'ASDIFLE, Français langue étrangère, l'instant et l'histoire, 19 octobre 2012, CLA, Besançon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didactiques, recherche, terrain et formation : liens et interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la conférence-table ronde organisée par l'Asdifle à Expolangues, &amp;quot;Le français langue étrangère : l'instant et l'histoire.&amp;quot;, le vendredi 3 février 2012, avec Francine Cicurel, Laura Abou Haidar, Évelyne Bérard, Cécile Bruley, Lucile Cadet, Manuela Pinto et Marion Tellier (modérateur : Fabrice Barthélémy).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Le français langue étrangère : l'instant et l'histoire.",</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire de recherches commun de l'UMR 7023, 19 mars 2012, Paris, CNRS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La construction du répertoire d'enseignement lors du passage du statut d'étudiant à celui d'enseignant de FLE,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction du répertoire d'enseignement lors du passage du statut d'étudiant à celui d'enseignant de FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études - Dispositif universitaire de formation et de développement professionnel d'enseignants débutants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoires LML &amp; Grammatica, Université d'Artois, Nov 2011, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium &amp;quot; Genres et pratiques des écrits universitaires &amp;quot; des 29 et 30 juin 2009, Université Stendhal, Grenoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quoi de neuf sur la prise de notes ?.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif universitaire de formation et développement professionnel d'enseignants débutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoires d'enseignement et principes méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Artois, laboratoires LML &amp; Grammatica, 2011, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontres Hachette FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">modératrice pour la table ronde L'hétérogénéité : approches et définitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif universitaire de formation et développement professionnel d'enseignants débutants, Université d'Artois, laboratoires LML & Grammatica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoire d'enseignement et principes méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque ACEDLE, &amp;quot; Recherches en didactique des langues &amp;quot;, Strasbourg, janvier 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le réseau d'apprentissage : Une innovation pédagogique pour optimiser la formation initiale des enseignants de FLE/FLS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium &amp;quot; Genres et pratiques des écrits universitaires &amp;quot;, Université Stendhal, Grenoble.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quoi de neuf sur la prise de notes ?.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">42ème Rencontres de l'Asdifle &amp;quot; Normes et usages en français (II), Du côté des locuteurs : évaluation, certification et sécurité/insécurité linguistiques &amp;quot;, Université d'Artois, Arras, 17 octobre 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La norme linguistique et les variations langagières en DFLM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dixième colloque de l'AIRDF &amp;quot; Didactique du français : le socioculturel en question &amp;quot;, 13-15 septembre 2007, Université de Lille III.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarida Cambra-Giné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Andrade Ana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statut socioculturel des futurs enseignants (natifs et non natifs) de langue étrangère et formation initiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">journée d'étude Les langues à l'école, 4 octobre 2006, Centre IUFM d'Arras.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le FLS et l'éveil aux langues à l'éducation nationale. Présentation de supports et d'activités en rapport avec le DVD de N. Auger, Comparons nos langues : une démarche d'apprentissage du français pour enfants de langue non maternelle française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">séminaire du Céditec, séance du vendredi 9 décembre 2005, &amp;quot; Le genre comme outil, comme objet, comme enjeu. Comment travaille-t-on avec et sur le genre dans nos différentes disciplines ? &amp;quot;, coordinatrice de la séance : Isabelle Laborde-Milaa.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du produit fini au processus de production : le " journal de bord d'apprentissage ", la genèse d'un genre nouveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">journée d'étude du 27 mai 2005 organisée par le groupe &amp;quot; Politiques linguistiques, situations plurilingues et français langue seconde &amp;quot;, Contacts des espaces, contacts des langues. Entre frontières naturelles et frontières artificielles, université Paris III- Sorbonne nouvelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLS, FLM, FLE ? Délimitation des frontières..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">communication à la conférence annuelle de l'Association for french language studies, Aston University, Birmingham, 3-5 septembre 2004.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus, objectifs d'analyse et fiabilité : quelques perspectives dans la recherche sur la formation initiale des enseignants de FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail de figuration : analyse des séquences explicatives de journaux d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail de figuration : analyse des séquences explicatives de journaux d'apprentissage - communication affichée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le français en contexte migratoire : ingénieries, littératie, inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PETER LANG. Peter Lang Verlag, 2024, 9782875748003. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b21443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation des savoirs entre recherche et formation. Le Français Aujourd’hui 204.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belinda Lavieu-Gwozdz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’oral en question(s). Le Français Aujourd’hui 195.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pegaz Paquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignant et le chercheur au cœur des discours, des textes et des actions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riviere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris 3 - DILTEC EA2288. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riveneuve editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-36013-381-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01574851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution des concepts dans la formation des enseignants de français. Le Français Aujourd’hui 188.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de l'écrit en formation. Revue Le Français Aujourd'hui, 184</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Larousse, pp.136, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l'enseignant : théorie et pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maison des Langues, pp.1-312, 2014, Didactique , 978-8484439301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLM, FLS, FLE... au-delà des catégories. Le français aujourd'hui, 176</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Guerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.145, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLM, FLS, FLE... au-delà des catégories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Guerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.144, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours d'enseignants sur leur action en classe - Enjeux théoriques et enjeux de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Riveneuve éditions, pp.277, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuités et ruptures dans l'enseignement de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.135, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuités et ruptures dans l'enseignement de la langue. Le français aujourd'hui, 173</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.145, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue(s) et intégration, dimensions institutionnelle, socioprofessionnelle et universitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Goes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mangiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, pp.423, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue(s) et intégration scolaire. Le français aujourd'hui, 164.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laborde-Milaa Isabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mangiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.145, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger l'inclusion scolaire des élèves allophones nouvellement arrivés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Chischportich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner le français en contexte migratoire : ingénieries, littératie, inclusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.379-393, 2024, 978-2-87574-800-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handicap et allophonie. Réunir les besoins éducatifs particuliers dans l’école inclusive. Une interculturalité professionnelle à construire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La société inclusive à l’épreuve de l’interculturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, 2023, Espaces interculturels, 978-2-14-034464-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’une possible culture partagée au renforcement des frontières institutionnelles. Le cas des élèves allophones en situation de handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La société inclusive à l’épreuve de l’interculturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didactique des langues : repères épistémologiques et transferts interdidactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J.David et C. Weber (éds.), Le français et les langues, Histoire, linguistique, didactique, Hommage à Jean-Louis Chiss, (pp. 49-58), Editions Lambert Lucas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'activité multimodale en situation d'évaluation certificative (FLE) : une expérience de recherche-formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Lyon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la multimodalité en situations éducatives : circulations entre recherche et formation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Lyon, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si le corps vous en dit. Prendre conscience de son corps pédagogique en formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tellier Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In J. Salabert (Éd.), Le BELC, un laboratoire : 50 ans d’innovations pédagogiques (pp. 57-65). Sèvres : Publications du CIEP.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épreuve d’analyse d’une situation professionnelle. Français Langue Étrangère et Seconde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Griffet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Préparation au CAPES de Lettres Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.357-392, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel, un parcours scientifique et intellectuel à la recherche du sens de l’action humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aguilar, Jose; Cadet, Lucile; Muller, Catherine; Rivière, Véronique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enseignant et le chercheur au cœur des discours, des textes et des actions. Mélanges offerts à Francine Cicurel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuve, pp.13-17, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la corporéité de l'action aux outils d'enseignement : étude de la matérialité de l'agir professoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malory Leclère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> L'enseignant et le chercheur au cœur des discours, des textes et des actions. Mélanges offerts à Francine Cicurel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuve Editions, pp.213-232, 2017, 978-2-36013-381-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfléchir les pratiques enseignantes – de l’analyse des interactions didactiques à l’analyse des discours sur les pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">N. Guichon &amp; M. Tellier (Éds.), "Interactions et Multimodalité dans l’Apprentissage et l’Enseignement des Langue"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris : Didier, pp.243-265, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repères épistémologiques en didactique(s) de(s) langue(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A. Pegaz Paquet &amp; L. Cadet (Éds.), "Les langues à l’école, la langue de l’école"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arras : Artois Presses Université, pp.25-44, 2016, Coll. « Études linguistiques », série Didactique des langues</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que révèlent les parcours et les pratiques des enseignants en classe de français ? Éléments de réflexions sur les conflits cognitifs et méthodologiques face aux traditions didactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pégaz Paquet A. et Cadet L. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les langues à l’école, la langue de l’école</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, coll. Etudes linguistiques-didactique des langues, pp.47-66, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnalité des gestes pour l’enseignement de la phonoprosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Herry-Benit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Tellier; Lucile Cadet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l’enseignant : théorie et pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Maison des Langues, 2014, 978-84-8443-930-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps de l’enseignant : sujet de la recherche, objet de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M. Tellier &amp; L. Cadet (Éds.). Le corps et la voix de l’enseignant. Théorie et Pratique (pp. 189-206). Paris, Barcelone : Maison des langues.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant Propos. Le corps et la voix de l'enseignant : théorie et pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l'enseignant : théorie et pratique </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Maison des Langues, 2014, 978-8484439301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journal de bord d'apprentissage, un adjuvant ou un obstacle à la construction professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de bord, journal d'observation. Un récit en soi ou les traces d'un cheminement réflexif.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.197-232, 2012, Transversales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la prise en compte des discours d'enseignants sur leurs pratiques renouvelle-t-elle l'analyse des interactions didactiques en classe de langue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours d'enseignants sur leur action en classe - Enjeux théoriques et enjeux de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuves Editions, pp.11-29, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies identitaires à l’œuvre dans des discours d’enseignants sur leurs pratiques : « qui » agit et « qui » tient le discours sur l’action ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadja Maillard-de La Corte Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours d'enseignants sur leur action en classe : Enjeux théoriques et enjeux de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riveneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-186, 2011, Actes académiques, 978-2-36013-054-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation professionnelle des enseignants : réflexivité et évaluation sont-elles compatibles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Huver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évaluation, levier du développement professionnel. Tensions, dispositifs, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.117-129, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01633252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand je serai enseignante pour de vrai ...&amp;quot; : d'un agir imaginé vers un agir assumé. Quel imaginaire de transmission en formation initiale à l'enseignement du FLE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DERVIN F., AUGER N., SUOMELA-SALMI E. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une didactique des imaginaires dans l'enseignement/apprentissage des langues étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.39-58, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte d'enseignement/contexte de formation : des savoirs théoriques aux pratiques de classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le français langue étrangère et seconde. Des paysages didactiques en contexte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.175-186, 2006, Espaces discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aises et malaises des enseignants natifs en contexte homoglotte : constats et perspectives de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement-apprentissage du français langue étrangère en milieu homoglotte : spécificités et exigences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUG, pp.243-253, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Contexte d'enseignement/contexte de formation : des savoirs théoriques aux pratiques de classe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le français langue étrangère et seconde : des paysages didactiques en contexte. Paris, L'Harmattan.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Culture(s) éducative(s) et construction d’un répertoire didactique en formation initiale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cultures éducatives et linguistiques dans l’enseignement des langues. Paris, PUF.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture(s) éducative(s) et construction d'un répertoire didactique en formation initiale (le cas des enseignants-stagiaires de Maîtrise de français langue étrangère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cultures éducatives et linguistiques dans l'enseignement des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUF, pp.159-181, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journal d'apprentissage : un objet textuel hétérogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les textes et les discours : catégories descriptives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Dijon, pp.171-181, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et évolution sociopolitique, institutionnelle et disciplinaire du FLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riviere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01371000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique – : Conscientiser son corps pédagogique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In M. Tellier &amp; L. Cadet (Éds.). Le corps et la voix de l’enseignant. Théorie et pratique. Paris, Barcelone : Maison des langues, pp. 269-272.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique – : (2014). Optimiser sa voix didactique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In M. Tellier &amp; L. Cadet (Éds.). Le corps et la voix de l’enseignant. Théorie et pratique. Paris, Barcelone : Maison des langues, pp. 93-98.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique – : (2014). Protocole pour organiser un entretien d’autoconfrontation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l’enseignant. Théorie et pratique. Paris, Barcelone : Maison des langues, pp. 263-268.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture - Comprendre la grammaire. Une grammaire à l’épreuve de la didactique du FLE, Marie-Armelle Camussi-Ni & Annick Coatéval, PUG, 2013. In Les Cahiers de l’ASDIFLE, n° 25, 2014, pp. 167-168.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture La formation linguistique des adultes migrants. Savoirs. Revue internationale de Recherches en éducation et formation des adultes, n°29, 2012, Paris, L'Harmattan, avec le concours de l'Association Interface, Recherche, de la CCIP et de l'Université Paris Ouest, Nanterre, La Défense. In Le français aujourd'hui, n°181, 2013, pp. 184-186.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture - •La formation linguistique des adultes migrants. Savoirs. Revue internationale de Recherches en éducation et formation des adultes, n°29, 2012, Paris, L’Harmattan, avec le concours de l’Association Interface, Recherche, de la CCIP et de l’Université Paris Ouest, Nanterre, La Défense. In Le Français Aujourd’hui, n° 181, 2013, pp. 184-186.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture - •Les migrants face aux langues des pays d’accueil, acquisition en milieu naturel et formation. Hervé Adami & Véronique Leclercq (Éds.). Lille, Septentrion, 2012. Le Français Aujourd’hui, n° 179, pp. 154-155, 2012.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu : Les migrants face aux langues des pays d'accueil, acquisition en milieu naturel et formation. Hervé Adami & Véronique Leclercq (éds). Lille, Septentrion, 2012. In Le français aujourd'hui, n°179, pp. 154-155, 2012.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, pp.154-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation et perspectives d'évolution des départements d'études françaises des universités européennes. Actes du séminaire du 26 au 28 mars 2009, Centre international d'études pédagogiques (CIEP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Pellegrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences plurilingues, représentations sociales et stratégies d'apprentissage, variantes et invariants dans l'apprentissage de l'italien, du grec moderne et du tchèque chez les étudiants de Mention FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Stratilaki-Klein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement du répertoire didactique des enseignants natifs de FLE en formation professionnelle : description et analyse d'un processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la parole en contexte de formation initiale à l'enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la 5ième journée Jeunes Chercheurs de l'Ecole Doctorale 268 Langage et langue, description, théorisation, transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelique Amelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Corbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Jacquemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche de parcours d'apprentissage à travers l'analyse de journaux d'apprentissage : le rôle des séquences explicatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien d'auto-confrontation (EAC) : méthodes, buts et analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Carlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de recherche : UPE2A ULIS - analyse du processus d'institutionnalisation d'un dispositif scolaire expérimental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] EMA, EA 4507. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de recherche UPE2A ULIS - analyse du processus d'institutionnalisation d'un dispositif scolaire expérimental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] EMA EA 4507 - CYU. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UPE2A ULIS – analyse du processus d’institutionnalisation d’un dispositif scolaire expérimental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CY Cergy Paris Université; Rectorat académie de Paris. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lucile CADET </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lucile Cadet est professeure des universités en Sciences du langage - didactique des langues à l'INSPE de l'Académie de Versailles - CY Paris Cergy Université et membre du laboratoire EMA (EA 4507).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle exerce les principales responsabilités suivantes :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSPE de l’Académie de Versailles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Directrice adjointe en charge de la formation continue,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Responsable du Master « Formation de formateurs des enseignants du premier et du second degré »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Responsable du Master « Former et Intégrer par la langue »</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil scientifique provisoire de l’INSPE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole doctorale EDC 627 et collège doctoral, CY Cergy Paris Université (en cours)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil de l’Ecole doctorale 627 EDC - Education, didactiques, cognition</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Co-responsable du groupe de travail Formations de l’ED 627 EDC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil de la formation doctorale et post-doctorale, collège doctoral, CY Paris Cergy Université</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laboratoire EMA Ecole, Mutations, Apprentissages – EA 4507 (en cours)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Membre du conseil du laboratoire EMA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil national des Universités (CNU) section 7 – Sciences du langage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019 – Membre titulaire élu, collège A (2019-2023)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle développe ses recherches en didactique des langues (FLE/S, FLM) dans une orientation épistémologique et selon quatre axes principaux : didactique des langues/didactiques de langues, écrits et écriture de/dans la formation professionnelle, analyses des discours et des pratiques de transmission (interactions de classe et discours de retour d’expériences), langues et école.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire collaborer des élèves dans une situation d’enseignement comodal au secondaire : vers des compétences interactionnelles reconfigurées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STICEF (Sciences et Technologies de l'Information et de la Communication pour l'Éducation et la Formation)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter auprès de personnes détenues francophones et allophones faiblement lettrées : la question du consentement en recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Quelles relations entre recherches et interventions en didactique du FLE ?, 76, pp.159-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger les liens entre la recherche et les pratiques : regard rétrospectif sur l’étude évaluative d’un dispositif d’enseignement de l’orthographe dans le contexte des évolutions contemporaines en didactique du français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Crinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repères : recherches en didactique du français langue maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Quelles mutations dans le champ de la didactique du français, à l’école primaire ?, 67, p. 83-98. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/reperes.5726⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scolariser des élèves allophones en situation de handicap. Engagement institutionnel et distanciations professionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, N°208 (1), pp.137. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lfa.208.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03141785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former à et par la recherche : quels objectifs, quels dilemmes, quels dispositifs ? Le Français Aujourd’hui 204, pp. 7-16.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belinda Lavieu-Gwozdz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former au raisonnement orthographique. Conceptions d’enseignants du cycle 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Crinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Ferone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Repères : Recherches en didactique du français langue maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours professionnels et rapport aux objets et aux savoirs didactiques. Des genres, des pratiques, des effets et des limites de la réflexivité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers de l’ASDIFLE 28, 154-164. </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre/Apprendre la parole. L’oral à l’école primaire dans les textes officiels. Définitions, évolutions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pegaz Paquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions autour des corpus de recherche en didactique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Carlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12 (2), pp.9-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01383935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des écrits de la formation à la didactique de l’écriture. Le Français Aujourd’hui, n° 184, pp. 3-13.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux sur l’enseignement des gestes culturels en classe de FLE. Revue Raisons, comparaisons, éducations, La Revue française d’éducation comparée, n° 9, pp. 111-140.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la peau d'un natif : État des lieux sur l'enseignement des gestes culturels en classe de FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9, pp.111-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01486717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLM, FLE, FLS... au-delà des catégories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Guerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 176, pp.3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective des savoirs professionnels dans des discours de retour d'expérience. Étude contrastée de deux enseignantes de français langue étrangère.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 43, pp.41-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00854282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuités, ruptures et contradictions dans l'enseignement de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 173, pp.3-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en perspective des savoirs professionnels dans des discours de retour d'expérience. Étude contrastée de deux enseignantes de français langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.41-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01021315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le geste pédagogique dans la formation des enseignants de LE : Réflexions à partir d'un corpus de journaux d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Théodile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.67-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00378851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écritures réflexives en formation élémentaire et professionnelle constituent-elles un genre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Théodile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 7, pp.7-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le réseau d'apprentissage : une innovation pédagogique pour optimiser la formation initiale des enseignants de FLE/FLS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'AQEFLS : Revue de l’Association québécoise des enseignants de français langue seconde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 26 (2), pp.141-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La genèse des journaux de bord d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 159, pp.39-46. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lfa.159.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un enseignant réflexif, quels discours ? Quels modèles ? Quelles représentations ?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.69-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire sur soi en contexte de formation professionnelle : quels objectifs, quels enjeux, quelles contraintes, quelles pratiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 45, pp.163-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir un enseignant réflexif, quels discours ? Quels modèles ? Quelles représentations ?.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.69-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04066061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Devenir un enseignant réflexif, quel discours ? quels modèles ? quelles représentations ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des notions opératoires en didactique des langues et des cultures... modèles ? représentations ? culture éducative ? : clarification terminologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2, http://acedle.u-strasbg.fr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journal d'apprentissage en mention FLE, stratégie de formation efficace du &amp;quot;praticien réflexif&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 55, pp.43-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repenser la didactique du français dans sa mission d'intégration en classe d'initiation (CLIN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rémy-Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 38, pp.37-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00433318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aises et malaises des enseignants natifs en contexte homoglotte : constats et perspectives de formation » (actes de colloque)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 2ème colloque international de l’Association de Directeurs de Centres Universitaires d’Études Françaises pour Étudiants Étrangers (ADCUEFE), Université Charles-de-Gaulle Lille, 17–18 juin 2005, Grenoble, PUG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction du répertoire d'enseignement lors du passage du statut d'étudiant à celui d'enseignant de FLE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Blondel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marges Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02141502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves allophones sont-ils des élèves à besoin éducatif particulier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Champain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Karine Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacéra Aifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathy Similowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminaire Epistémologie(s) des recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire EMA EA 4507, Jan 2023, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves allophones sont-ils des élèves à besoins éducatifs particuliers ?, réflexion sur la notion de &amp;quot;besoin&amp;quot; dans le paradigme EBEP&amp;quot; ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Champain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque " Questionner la catégorie d’ « élèves à besoins éducatifs particuliers » (EBEP) du point de vue des sciences sociales : perspectives critiques, théoriques, empiriques".</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSPE de l'Université de Franche-Comté, Bensançon., Jun 2023, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04737525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre en comodalités : une étude de cas au secondaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque La formation à distance, résolument</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNED, Oct 2022, à distance, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre en comodalité au secondaire : vers de nouvelles compétences interactionnelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Interactions langagières en classe et construction des savoirs dans les disciplines scolaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lille 3, Oct 2022, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation de la comodalité collaborative au secondaire et qualité des interactions inclusives. symposium Comodalité et plurilinguisme scolaire : vers quelles transformations (transpositions) ?, axe 3 “Comodalité, gestualité, espace”: des interactions “augmentées”?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prisca Fenoglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ième colloque international en éducation (CRIFPE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRIFPE, May 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04076368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passer du handicap aux besoins éducatifs particuliers. Quand des processus scolaires institutionnels inclusifs insularisent des élèves très particuliers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IV colloque franco-latino-américain de recherche sur le handicap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consolidation des pratiques pédagogiques des néotitulaires en Lettres. Modératrices - Atelier 5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bourhis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : Les outils réflexifs de formation à l’épreuve : les scenario de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E.M.A. Cergy Paris Université INSPE, Apr 2021, Gennevilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours biographique dans le paradigme de la réflexivité : d'une posture réflexive critique à une posture critique de la réflexivité. Conférence d’ouverture plénière du colloque Circulation des savoirs, écriture(s) et réflexivité dans la formation et la recherche organisé par M. Molinié dans le cadre du projet FARR - Formation Accompagnement à la Réflexivité dans la Recherche, Université de la Sorbonne nouvelle Paris 3, 1 décembre 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">colloque Circulation des savoirs, écriture(s) et réflexivité dans la formation et la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Se) dire, (s’) écrire pour (se) construire ? L'attention au réflexif. Conférence invitée au « Samedi de l’ED 268 – langage et langues : description, théorisation, transmission » : Analyse de pratiques et réflexivité : quels objets pour la recherche en didactique des langues ?, Université de la Sorbonne nouvelle, Paris 3, 22 avril 2017.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Samedi de l’ED 268 – langage et langues : description, théorisation, transmission » : Analyse de pratiques et réflexivité : quels objets pour la recherche en didactique des langues ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">avec Francine Cicurel : Ouverture et clôture des journées IDAP &amp;quot; La fabrique de l'action enseignante : quels enjeux didactiques &amp;quot;, les 10 & 11 juin 2013, Université de la Sorbonne nouvelle - Paris 3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">discours d'ouverture et de clôture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouverture et clôture du colloque &amp;quot; La fabrique de l'action enseignante : quels enjeux didactiques &amp;quot;, les 10 et 11 juin 2013, Université de la Sorbonne nouvelle - Paris 3.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ouverture et clôture synthétique du colloque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque &amp;quot; la fabrique de l'action enseignante : quels enjeux didactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Carlo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeux de miroirs : questions autour des corpus issus de l'auto-confrontation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde fermée. L'expérience cultuelle dans l'acquisition d'une langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programmes et manuels : aperçus sur la didactique en action. CIEP, 23 mai 2013. Avec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontres Maison des langues : 7 juin 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps et voix de l'enseignant : quelle place dans la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, p, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">l'instant et l'histoire, 50eme Rencontre de l'ASDIFLE, Français langue étrangère, l'instant et l'histoire, 19 octobre 2012, CLA, Besançon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Didactiques, recherche, terrain et formation : liens et interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à la conférence-table ronde organisée par l'Asdifle à Expolangues, &amp;quot;Le français langue étrangère : l'instant et l'histoire.&amp;quot;, le vendredi 3 février 2012, avec Francine Cicurel, Laura Abou Haidar, Évelyne Bérard, Cécile Bruley, Lucile Cadet, Manuela Pinto et Marion Tellier (modérateur : Fabrice Barthélémy).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Le français langue étrangère : l'instant et l'histoire.",</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire de recherches commun de l'UMR 7023, 19 mars 2012, Paris, CNRS.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La construction du répertoire d'enseignement lors du passage du statut d'étudiant à celui d'enseignant de FLE,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium &amp;quot; Genres et pratiques des écrits universitaires &amp;quot; des 29 et 30 juin 2009, Université Stendhal, Grenoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quoi de neuf sur la prise de notes ?.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif universitaire de formation et développement professionnel d'enseignants débutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoires d'enseignement et principes méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Artois, laboratoires LML &amp; Grammatica, 2011, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontres Hachette FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">modératrice pour la table ronde L'hétérogénéité : approches et définitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif universitaire de formation et développement professionnel d'enseignants débutants, Université d'Artois, laboratoires LML & Grammatica.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Répertoire d'enseignement et principes méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction du répertoire d'enseignement lors du passage du statut d'étudiant à celui d'enseignant de FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études - Dispositif universitaire de formation et de développement professionnel d'enseignants débutants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoires LML &amp; Grammatica, Université d'Artois, Nov 2011, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque ACEDLE, &amp;quot; Recherches en didactique des langues &amp;quot;, Strasbourg, janvier 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le réseau d'apprentissage : Une innovation pédagogique pour optimiser la formation initiale des enseignants de FLE/FLS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium &amp;quot; Genres et pratiques des écrits universitaires &amp;quot;, Université Stendhal, Grenoble.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quoi de neuf sur la prise de notes ?.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">42ème Rencontres de l'Asdifle &amp;quot; Normes et usages en français (II), Du côté des locuteurs : évaluation, certification et sécurité/insécurité linguistiques &amp;quot;, Université d'Artois, Arras, 17 octobre 2008.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La norme linguistique et les variations langagières en DFLM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dixième colloque de l'AIRDF &amp;quot; Didactique du français : le socioculturel en question &amp;quot;, 13-15 septembre 2007, Université de Lille III.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarida Cambra-Giné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Andrade Ana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statut socioculturel des futurs enseignants (natifs et non natifs) de langue étrangère et formation initiale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">journée d'étude Les langues à l'école, 4 octobre 2006, Centre IUFM d'Arras.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le FLS et l'éveil aux langues à l'éducation nationale. Présentation de supports et d'activités en rapport avec le DVD de N. Auger, Comparons nos langues : une démarche d'apprentissage du français pour enfants de langue non maternelle française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">séminaire du Céditec, séance du vendredi 9 décembre 2005, &amp;quot; Le genre comme outil, comme objet, comme enjeu. Comment travaille-t-on avec et sur le genre dans nos différentes disciplines ? &amp;quot;, coordinatrice de la séance : Isabelle Laborde-Milaa.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du produit fini au processus de production : le " journal de bord d'apprentissage ", la genèse d'un genre nouveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">journée d'étude du 27 mai 2005 organisée par le groupe &amp;quot; Politiques linguistiques, situations plurilingues et français langue seconde &amp;quot;, Contacts des espaces, contacts des langues. Entre frontières naturelles et frontières artificielles, université Paris III- Sorbonne nouvelle.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FLS, FLM, FLE ? Délimitation des frontières..</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">communication à la conférence annuelle de l'Association for french language studies, Aston University, Birmingham, 3-5 septembre 2004.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corpus, objectifs d'analyse et fiabilité : quelques perspectives dans la recherche sur la formation initiale des enseignants de FLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail de figuration : analyse des séquences explicatives de journaux d'apprentissage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail de figuration : analyse des séquences explicatives de journaux d'apprentissage - communication affichée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner le français en contexte migratoire : ingénieries, littératie, inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bruley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PETER LANG. Peter Lang Verlag, 2024, 9782875748003. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/b21443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation des savoirs entre recherche et formation. Le Français Aujourd’hui 204.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belinda Lavieu-Gwozdz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’oral en question(s). Le Français Aujourd’hui 195.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Pegaz Paquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignant et le chercheur au cœur des discours, des textes et des actions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riviere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris 3 - DILTEC EA2288. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riveneuve editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-36013-381-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01574851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution des concepts dans la formation des enseignants de français. Le Français Aujourd’hui 188.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l'enseignant : théorie et pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maison des Langues, pp.1-312, 2014, Didactique , 978-8484439301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de l'écrit en formation. Revue Le Français Aujourd'hui, 184</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Rinck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Larousse, pp.136, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00997889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLM, FLS, FLE... au-delà des catégories. Le français aujourd'hui, 176</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Guerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.145, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLM, FLS, FLE... au-delà des catégories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Guerin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.144, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuités et ruptures dans l'enseignement de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.135, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuités et ruptures dans l'enseignement de la langue. Le français aujourd'hui, 173</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.145, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours d'enseignants sur leur action en classe - Enjeux théoriques et enjeux de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Riveneuve éditions, pp.277, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01024528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue(s) et intégration, dimensions institutionnelle, socioprofessionnelle et universitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Goes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mangiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, pp.423, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langue(s) et intégration scolaire. Le français aujourd'hui, 164.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laborde-Milaa Isabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mangiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, pp.145, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (26)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger l'inclusion scolaire des élèves allophones nouvellement arrivés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Chischportich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner le français en contexte migratoire : ingénieries, littératie, inclusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.379-393, 2024, 978-2-87574-800-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04697384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handicap et allophonie. Réunir les besoins éducatifs particuliers dans l’école inclusive. Une interculturalité professionnelle à construire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’Harmattan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La société inclusive à l’épreuve de l’interculturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Harmattan, 2023, Espaces interculturels, 978-2-14-034464-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’une possible culture partagée au renforcement des frontières institutionnelles. Le cas des élèves allophones en situation de handicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La société inclusive à l’épreuve de l’interculturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didactique des langues : repères épistémologiques et transferts interdidactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J.David et C. Weber (éds.), Le français et les langues, Histoire, linguistique, didactique, Hommage à Jean-Louis Chiss, (pp. 49-58), Editions Lambert Lucas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'activité multimodale en situation d'évaluation certificative (FLE) : une expérience de recherche-formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ENS Lyon. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la multimodalité en situations éducatives : circulations entre recherche et formation.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Lyon, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si le corps vous en dit. Prendre conscience de son corps pédagogique en formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tellier Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In J. Salabert (Éd.), Le BELC, un laboratoire : 50 ans d’innovations pédagogiques (pp. 57-65). Sèvres : Publications du CIEP.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épreuve d’analyse d’une situation professionnelle. Français Langue Étrangère et Seconde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémi Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Griffet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Préparation au CAPES de Lettres Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.357-392, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03161855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel, un parcours scientifique et intellectuel à la recherche du sens de l’action humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aguilar, Jose; Cadet, Lucile; Muller, Catherine; Rivière, Véronique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enseignant et le chercheur au cœur des discours, des textes et des actions. Mélanges offerts à Francine Cicurel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuve, pp.13-17, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la corporéité de l'action aux outils d'enseignement : étude de la matérialité de l'agir professoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malory Leclère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> L'enseignant et le chercheur au cœur des discours, des textes et des actions. Mélanges offerts à Francine Cicurel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuve Editions, pp.213-232, 2017, 978-2-36013-381-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfléchir les pratiques enseignantes – de l’analyse des interactions didactiques à l’analyse des discours sur les pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">N. Guichon &amp; M. Tellier (Éds.), "Interactions et Multimodalité dans l’Apprentissage et l’Enseignement des Langue"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris : Didier, pp.243-265, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02571509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repères épistémologiques en didactique(s) de(s) langue(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A. Pegaz Paquet &amp; L. Cadet (Éds.), "Les langues à l’école, la langue de l’école"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arras : Artois Presses Université, pp.25-44, 2016, Coll. « Études linguistiques », série Didactique des langues</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que révèlent les parcours et les pratiques des enseignants en classe de français ? Éléments de réflexions sur les conflits cognitifs et méthodologiques face aux traditions didactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Auger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pégaz Paquet A. et Cadet L. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les langues à l’école, la langue de l’école</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Artois Presses Université, coll. Etudes linguistiques-didactique des langues, pp.47-66, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01609797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnalité des gestes pour l’enseignement de la phonoprosodie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Herry-Benit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Tellier; Lucile Cadet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l’enseignant : théorie et pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Maison des Langues, 2014, 978-84-8443-930-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps de l’enseignant : sujet de la recherche, objet de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M. Tellier &amp; L. Cadet (Éds.). Le corps et la voix de l’enseignant. Théorie et Pratique (pp. 189-206). Paris, Barcelone : Maison des langues.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant Propos. Le corps et la voix de l'enseignant : théorie et pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l'enseignant : théorie et pratique </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Maison des Langues, 2014, 978-8484439301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journal de bord d'apprentissage, un adjuvant ou un obstacle à la construction professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de bord, journal d'observation. Un récit en soi ou les traces d'un cheminement réflexif.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.197-232, 2012, Transversales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la prise en compte des discours d'enseignants sur leurs pratiques renouvelle-t-elle l'analyse des interactions didactiques en classe de langue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours d'enseignants sur leur action en classe - Enjeux théoriques et enjeux de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Riveneuves Editions, pp.11-29, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies identitaires à l’œuvre dans des discours d’enseignants sur leurs pratiques : « qui » agit et « qui » tient le discours sur l’action ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadja Maillard-de La Corte Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours d'enseignants sur leur action en classe : Enjeux théoriques et enjeux de formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riveneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-186, 2011, Actes académiques, 978-2-36013-054-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation professionnelle des enseignants : réflexivité et évaluation sont-elles compatibles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Huver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évaluation, levier du développement professionnel. Tensions, dispositifs, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.117-129, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01633252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand je serai enseignante pour de vrai ...&amp;quot; : d'un agir imaginé vers un agir assumé. Quel imaginaire de transmission en formation initiale à l'enseignement du FLE ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Rivière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DERVIN F., AUGER N., SUOMELA-SALMI E. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une didactique des imaginaires dans l'enseignement/apprentissage des langues étrangères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.39-58, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00375234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contexte d'enseignement/contexte de formation : des savoirs théoriques aux pratiques de classe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le français langue étrangère et seconde. Des paysages didactiques en contexte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.175-186, 2006, Espaces discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aises et malaises des enseignants natifs en contexte homoglotte : constats et perspectives de formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement-apprentissage du français langue étrangère en milieu homoglotte : spécificités et exigences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUG, pp.243-253, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Contexte d'enseignement/contexte de formation : des savoirs théoriques aux pratiques de classe »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le français langue étrangère et seconde : des paysages didactiques en contexte. Paris, L'Harmattan.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Culture(s) éducative(s) et construction d’un répertoire didactique en formation initiale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cultures éducatives et linguistiques dans l’enseignement des langues. Paris, PUF.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02044016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture(s) éducative(s) et construction d'un répertoire didactique en formation initiale (le cas des enseignants-stagiaires de Maîtrise de français langue étrangère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cultures éducatives et linguistiques dans l'enseignement des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUF, pp.159-181, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le journal d'apprentissage : un objet textuel hétérogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les textes et les discours : catégories descriptives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Dijon, pp.171-181, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et évolution sociopolitique, institutionnelle et disciplinaire du FLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Riviere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01371000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique – : Conscientiser son corps pédagogique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In M. Tellier &amp; L. Cadet (Éds.). Le corps et la voix de l’enseignant. Théorie et pratique. Paris, Barcelone : Maison des langues, pp. 269-272.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique – : (2014). Optimiser sa voix didactique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In M. Tellier &amp; L. Cadet (Éds.). Le corps et la voix de l’enseignant. Théorie et pratique. Paris, Barcelone : Maison des langues, pp. 93-98.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiche pédagogique – : (2014). Protocole pour organiser un entretien d’autoconfrontation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Tellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps et la voix de l’enseignant. Théorie et pratique. Paris, Barcelone : Maison des langues, pp. 263-268.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture - Comprendre la grammaire. Une grammaire à l’épreuve de la didactique du FLE, Marie-Armelle Camussi-Ni & Annick Coatéval, PUG, 2013. In Les Cahiers de l’ASDIFLE, n° 25, 2014, pp. 167-168.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture La formation linguistique des adultes migrants. Savoirs. Revue internationale de Recherches en éducation et formation des adultes, n°29, 2012, Paris, L'Harmattan, avec le concours de l'Association Interface, Recherche, de la CCIP et de l'Université Paris Ouest, Nanterre, La Défense. In Le français aujourd'hui, n°181, 2013, pp. 184-186.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture - •La formation linguistique des adultes migrants. Savoirs. Revue internationale de Recherches en éducation et formation des adultes, n°29, 2012, Paris, L’Harmattan, avec le concours de l’Association Interface, Recherche, de la CCIP et de l’Université Paris Ouest, Nanterre, La Défense. In Le Français Aujourd’hui, n° 181, 2013, pp. 184-186.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de lecture - •Les migrants face aux langues des pays d’accueil, acquisition en milieu naturel et formation. Hervé Adami & Véronique Leclercq (Éds.). Lille, Septentrion, 2012. Le Français Aujourd’hui, n° 179, pp. 154-155, 2012.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu : Les migrants face aux langues des pays d'accueil, acquisition en milieu naturel et formation. Hervé Adami & Véronique Leclercq (éds). Lille, Septentrion, 2012. In Le français aujourd'hui, n°179, pp. 154-155, 2012.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012, pp.154-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00840134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situation et perspectives d'évolution des départements d'études françaises des universités européennes. Actes du séminaire du 26 au 28 mars 2009, Centre international d'études pédagogiques (CIEP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Pellegrini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00849756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences plurilingues, représentations sociales et stratégies d'apprentissage, variantes et invariants dans l'apprentissage de l'italien, du grec moderne et du tchèque chez les étudiants de Mention FLE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofia Stratilaki-Klein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement du répertoire didactique des enseignants natifs de FLE en formation professionnelle : description et analyse d'un processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de la parole en contexte de formation initiale à l'enseignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Causa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche de parcours d'apprentissage à travers l'analyse de journaux d'apprentissage : le rôle des séquences explicatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la 5ième journée Jeunes Chercheurs de l'Ecole Doctorale 268 Langage et langue, description, théorisation, transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelique Amelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Corbin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Guigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Jacquemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00844199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien d'auto-confrontation (EAC) : méthodes, buts et analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Ignacio Aguilar Río</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Carlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Cicurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de recherche UPE2A ULIS - analyse du processus d'institutionnalisation d'un dispositif scolaire expérimental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] EMA EA 4507 - CYU. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03557461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UPE2A ULIS – analyse du processus d’institutionnalisation d’un dispositif scolaire expérimental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CY Cergy Paris Université; Rectorat académie de Paris. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de recherche : UPE2A ULIS - analyse du processus d'institutionnalisation d'un dispositif scolaire expérimental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Meziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Cadet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] EMA, EA 4507. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId181"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Meur" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cadet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326121v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Fenoglio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193651v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5726" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141785v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Meziani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.208.0137" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160845v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Lavieu-Gwozdz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879640v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ferone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160851v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160854v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pegaz Paquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383935v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carlo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160881v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160890v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486717v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840124v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guerin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840125v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bishop" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01021315v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rivi&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854282v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840128v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.159.0039" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378851v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840105v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380699v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840112v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Causa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840131v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04066061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044092v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840116v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840139v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence R&#233;my-Thomas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044006v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02141502v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bigot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Blondel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737543v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Champain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Karine Meur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nac&#233;ra Aifi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Similowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Royer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076351v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076363v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076368v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109065v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bourhis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543015v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160947v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160952v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849776v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849774v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849759v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Cicurel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849760v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849761v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849772v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849762v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03920677v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laurens" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844203v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03919265v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849775v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844202v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849764v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849763v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849765v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Cambra-Gin&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Andrade Ana" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849766v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849767v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849768v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849769v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844200v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326086v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bruley" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21443" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160816v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01574851v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ignacio Aguilar R&#237;o" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Muller" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riviere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riveneuve-editions.com/catalogue-2/actes-academiques/langue-et-didactique/lenseignant-chercheur-coeur-discours-textes-actions/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160831v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997889v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475383v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840074v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01024664v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01024528v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01024538v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840090v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840055v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Goes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mangiante" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840097v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laborde-Milaa Isabelle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697384v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Chischportich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453010v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094717v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160790v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063917v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160800v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Marion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161855v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Auger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Sauvage" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664497v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malory Lecl&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02571509v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02596589v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609797v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01667892v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Herry-Benit" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160808v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306868v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840141v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844184v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119282v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riveneuve-editions.com/catalogue-2/actes-academiques/discours-denseignants-action-en-classe/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633252v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375234v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844187v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844186v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044086v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044016v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844188v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844189v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371000v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160935v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160925v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160932v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160903v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851200v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160914v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160909v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840134v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849756v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pellegrini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844195v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Stratilaki-Klein" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844191v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844196v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844199v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Amelot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corbin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigue" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Jacquemot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844198v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682166v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555503v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557461v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094819v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326121v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Fenoglio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Cadet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697352v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Meur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193651v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Crinon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/reperes.5726" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03141785v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Meziani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.208.0137" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160845v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Lavieu-Gwozdz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879640v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Ferone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160851v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160854v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pegaz Paquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01383935v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Carlo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160881v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160890v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486717v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840124v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Guerin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854282v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rivi&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840125v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Bishop" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01021315v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378851v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840105v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380699v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840128v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.159.0039" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840112v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Causa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840131v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04066061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044092v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840116v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840139v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence R&#233;my-Thomas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044006v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02141502v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bigot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Blondel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737543v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Champain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Karine Meur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nac&#233;ra Aifi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathy Similowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Royer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076351v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076363v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076368v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543015v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109065v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bourhis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160947v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160952v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849759v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Cicurel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849760v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849761v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849774v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849776v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844201v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849772v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849762v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844203v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03919265v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laurens" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849775v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844202v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03920677v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849764v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849763v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849765v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Cambra-Gin&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Andrade Ana" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849766v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849767v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849768v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849769v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844200v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326086v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bruley" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21443" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160816v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01574851v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Ignacio Aguilar R&#237;o" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Muller" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riviere" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riveneuve-editions.com/catalogue-2/actes-academiques/langue-et-didactique/lenseignant-chercheur-coeur-discours-textes-actions/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160831v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475383v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00997889v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840074v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01024664v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01024538v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840090v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01024528v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840055v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Goes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mangiante" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840097v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laborde-Milaa Isabelle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697384v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Chischportich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453010v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094717v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160790v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063917v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160800v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tellier Marion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161855v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Auger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Sauvage" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664497v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malory Lecl&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02571509v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02596589v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609797v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01667892v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Herry-Benit" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160808v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306868v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840141v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844184v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119282v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja Maillard-de La Corte Gomez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riveneuve-editions.com/catalogue-2/actes-academiques/discours-denseignants-action-en-classe/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633252v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Huver" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00375234v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844187v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844186v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044086v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044016v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844188v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844189v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371000v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160935v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160925v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160932v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160903v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851200v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160914v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160909v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00840134v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00849756v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pellegrini" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844195v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Stratilaki-Klein" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844191v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844196v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844198v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00844199v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Amelot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Corbin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigue" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Jacquemot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682166v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557461v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094819v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555503v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>