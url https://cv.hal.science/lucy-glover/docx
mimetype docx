--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1997,278 +1997,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03107129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monoallelic expression and epigenetic inheritance sustained by a Trypanosoma brucei variant surface glycoprotein exclusion complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joana Faria</w:t>
+                <w:t xml:space="preserve">Escaping the immune system by DNA repair and recombination in African trypanosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Sima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Jane Mclaughlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Glover</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-10823-8⟩</w:t>
+              <w:t xml:space="preserve">Open Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (11), pp.190182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsob.190182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03107015v1</w:t>
+                <w:t xml:space="preserve">pasteur-03107126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escaping the immune system by DNA repair and recombination in African trypanosomes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emilia Jane Mclaughlin</w:t>
+                <w:t xml:space="preserve">Monoallelic expression and epigenetic inheritance sustained by a Trypanosoma brucei variant surface glycoprotein exclusion complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Faria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Glover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cordula Boehm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Field</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (11), pp.190182. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.3023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsob.190182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-10823-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03107126v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03107015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into antitrypanosomal drug mode-of-action from cytology-based profiling</w:t>
               </w:r>
@@ -3196,261 +3196,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03107152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA Break Site at Fragile Subtelomeres Determines Probability and Mechanism of Antigenic Variation in African Trypanosomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PPL2 Translesion Polymerase Is Essential for the Completion of Chromosomal DNA Replication in the African Trypanosome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Rudd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Glover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sam Alsford</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislaw Jozwiakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Horn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aidan J Doherty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003260⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52 (4), pp.554-565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molcel.2013.10.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03107107v1</w:t>
+                <w:t xml:space="preserve">pasteur-03107124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PPL2 Translesion Polymerase Is Essential for the Completion of Chromosomal DNA Replication in the African Trypanosome</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DNA Break Site at Fragile Subtelomeres Determines Probability and Mechanism of Antigenic Variation in African Trypanosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Glover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stanislaw Jozwiakowski</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Alsford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Horn</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aidan J Doherty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 52 (4), pp.554-565. </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (3), pp.e1003260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molcel.2013.10.034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03107124v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03107107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antigenic variation in African trypanosomes: the importance of chromosomal and nuclear context in VSG expression control</w:t>
               </w:r>
@@ -3488,51 +3488,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sam Alsford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Mcculloch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Field</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 15 (12), pp.1984-1993. </w:t>
@@ -5561,51 +5561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447852v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Obado" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Fridy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Heged&#369;sov&#225;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor van Eeuwen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana Stein" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf1443" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389986v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena P&#233;rez Ant&#243;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dujeancourt-Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Rotureau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Glover" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00933-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273604v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Eloiflin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena P&#233;rez-Ant&#243;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssata Camara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimatou Boiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.106823" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854518v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Mclaughlin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Gabriela Zavala Martinez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chaze" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107657" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273629v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Chandra" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara &#272;akovi&#263;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Foti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Zeelen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique van Straaten" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0011093" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03647000v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Jane Mclaughlin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinna Rubio-Pena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03847-21" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03646994v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Tihon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinna Rubio-Pe&#241;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Crouzols" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.851475" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04073409v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Sima" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Liliana Perlaza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Ungeheuer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2022.104308" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Faria" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Luzak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M&#252;ller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Brink" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hutchinson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-020-00833-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03112362v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Kathrin Mehnert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Prorocic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mcculloch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa1265" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04073401v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Thivolle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010038" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107138v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00001-20" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02874588v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bryant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Baumgarten" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najma Rachidi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2019.03.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107118v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Marques" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Suska" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01252-19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107129v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Trenaman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz455" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107015v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordula Boehm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Field" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10823-8" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107126v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.190182" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107158v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Thomas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Baker" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caia Dominicus" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006980" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107156v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Rico" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alasdair Ivens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Matthews" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006279" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3154-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107121v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk Deitsch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2016.07.008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107112v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Alsford" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600344113" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107102v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Sanchez-Flores" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2015.005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107111v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku900" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Munday" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthonius Eze" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clucas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt442" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107107v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003260" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107124v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Rudd" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Jozwiakowski" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan J Doherty" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2013.10.034" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107113v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12215" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107134v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguinaga Andres" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Barrett" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1202885109" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107110v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2012.01.008" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107133v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.115089.110" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107115v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junho Jun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq981" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107131v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-6-223" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107140v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2009.03.010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107119v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkn104" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107105v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Beattie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl1100" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107108v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400575" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107132v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taemi Kawahara" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2005.08.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107009v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2004.11.001" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415525v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Junior Eloiflin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Perez Anton" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dujeancourt Henry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mathieu Bart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392418v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415549v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Kassi N'Djetchi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407247v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Bart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107149v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0294-2_21" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447852v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Obado" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Fridy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Heged&#369;sov&#225;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor van Eeuwen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milana Stein" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf1443" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389986v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena P&#233;rez Ant&#243;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dujeancourt-Henry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Rotureau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Glover" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00933-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273604v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Eloiflin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena P&#233;rez-Ant&#243;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssata Camara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimatou Boiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.106823" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854518v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Mclaughlin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Gabriela Zavala Martinez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chaze" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107657" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273629v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Chandra" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara &#272;akovi&#263;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Foti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Zeelen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique van Straaten" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0011093" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03647000v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Jane Mclaughlin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinna Rubio-Pena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.03847-21" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03646994v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Tihon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karinna Rubio-Pe&#241;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Crouzols" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.851475" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04073409v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Sima" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Liliana Perlaza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Ungeheuer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2022.104308" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Faria" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Luzak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M&#252;ller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Brink" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hutchinson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-020-00833-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03112362v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Kathrin Mehnert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Prorocic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mcculloch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa1265" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04073401v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Thivolle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010038" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107138v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00001-20" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02874588v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bryant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Baumgarten" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najma Rachidi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2019.03.004" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107118v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Marques" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Suska" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01252-19" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107129v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Trenaman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz455" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107126v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.190182" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107015v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cordula Boehm" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Field" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-10823-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107158v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Thomas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Baker" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caia Dominicus" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0006980" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107156v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Rico" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alasdair Ivens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Matthews" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006279" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107120v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3154-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107121v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk Deitsch" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2016.07.008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107112v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Alsford" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600344113" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107102v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Turner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Sanchez-Flores" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nprot.2015.005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107111v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku900" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Munday" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthonius Eze" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clucas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkt442" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107124v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Rudd" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Jozwiakowski" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan J Doherty" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2013.10.034" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107107v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003260" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107113v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12215" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107134v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aguinaga Andres" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Barrett" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1202885109" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107110v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2012.01.008" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107133v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.115089.110" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107115v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junho Jun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq981" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107131v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-6-223" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107140v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2009.03.010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107119v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkn104" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107105v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Beattie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkl1100" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107108v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.embor.7400575" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107132v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taemi Kawahara" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2005.08.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107009v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2004.11.001" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415525v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Junior Eloiflin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Perez Anton" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dujeancourt Henry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mathieu Bart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392418v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415549v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Kassi N'Djetchi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407247v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Bart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03107149v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-0294-2_21" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>