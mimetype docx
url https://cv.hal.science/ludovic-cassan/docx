--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3618,286 +3618,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03528706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic Modeling of a Mixed Water Level Control Hydromechanical Gate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Baume</w:t>
+                <w:t xml:space="preserve">Hydraulic modeling of a mixed water level control hydro-mechanical gate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Baume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Belaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t>
+                <w:t xml:space="preserve">X. Litrico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-O. Malaterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Irrigation and Drainage Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Irrigation and Drainage Engineering-ASCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 137 (7), p. 446 - p. 453</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00842380v1</w:t>
+                <w:t xml:space="preserve">hal-00632474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydraulic modeling of a mixed water level control hydro-mechanical gate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Cassan</w:t>
+                <w:t xml:space="preserve">Hydraulic Modeling of a Mixed Water Level Control Hydromechanical Gate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Baume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Belaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-P. Baume</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Belaud</w:t>
+                <w:t xml:space="preserve">Xavier Litrico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Litrico</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P.-O. Malaterre</w:t>
+                <w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Irrigation and Drainage Engineering-ASCE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Irrigation and Drainage Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, vol. 137, pp. 446-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/(ASCE)IR.1943-4774.0000305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00632474v1</w:t>
+                <w:t xml:space="preserve">hal-00842380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculation of contraction coefficient under sluice gates and application to discharge measurement</w:t>
               </w:r>
@@ -4138,446 +4138,446 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Cassiopée” a software to bridge the gap between researchers and engineers in hydraulic calculations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation des pertes de charges de faisceau de structures flexibles placé dans un écoulement turbulent à surface libre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Chouet</w:t>
+                <w:t xml:space="preserve">Thomas Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Courret</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18èmes Journées de l'Hydrodynamique (JH2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Pprime (UPR 3346 CNRS - Université de Poitiers - ISAE-ENSMA), Nov 2022, Poitiers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03832127v1</w:t>
+                <w:t xml:space="preserve">hal-03913529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des pertes de charges de faisceau de structures flexibles placé dans un écoulement turbulent à surface libre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Larrieu</w:t>
+                <w:t xml:space="preserve">Application of GSA/GLUE methods to evaluate the representation of suspended sediment transport during flash floods in a rainfall-runoff model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atiyeh Hosseinzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Douinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18èmes Journées de l'Hydrodynamique (JH2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd IFAC Workshop on Integrated Assessment Modelling for Environmental Systems IAMES 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAC (International Federation of Automatic Control), Jun 2022, Tarbes, France. pp.90-95, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.07.645⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03913529v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04122807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of GSA/GLUE methods to evaluate the representation of suspended sediment transport during flash floods in a rainfall-runoff model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Roux</w:t>
+                <w:t xml:space="preserve">“Cassiopée” a software to bridge the gap between researchers and engineers in hydraulic calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Dorchies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Chouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Courret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IFAC Workshop on Integrated Assessment Modelling for Environmental Systems IAMES 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFAC (International Federation of Automatic Control), Jun 2022, Tarbes, France. pp.90-95, </w:t>
+              <w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Granada, Spain. pp.3654-3662, </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.07.645⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3850/IAHR-39WC252171192022197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04122807v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassiopée software: A tool to assist in the hydraulic dimensioning of upstream and downstream fish passage devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dorchies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Chouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4824,51 +4824,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassiopée software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dorchies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Chouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4907,304 +4907,304 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39. International Association for Hydro-environment Engineering and Research World Congress (IAHR 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03711837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of vegetation on flows and sediment transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Romdhane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Soualmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Belaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">River Flow 2018 - Ninth International Conference on Fluvial Hydraulics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Toulouse, France. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 40, pp.02017, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20184002017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la Mécanique des fluides à l'écohydraulique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Cassan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ingénierie de l'environnement. Institut National Polytechnique de Toulouse, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03933605v1</w:t>
-              </w:r>
-[...158 lines deleted...]
-                <w:t xml:space="preserve">hal-05224786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5513,51 +5513,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350668v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bonassies" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fatras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Pe&#241;a-Luque" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piacentini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520539v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piacentini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricci" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024WR039468" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224467v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Huy Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ricci" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.134013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183632v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pujol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Garambois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2025.106589" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04684822v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atiyeh Hosseinzadeh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Douinot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5946" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486179v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lonca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guibert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2023.105883" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486162v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana-Andrea Alzate-G&#243;mez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonometti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alberto Escobar Vargas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wcc.2023.567" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04124174v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Cavalcanti Miranda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Laurens" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/JHEND8.HYENG-13096" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486143v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Yassine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Frysou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-1199-2023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04484648v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia C Miranda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-023-09958-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Guiot de la Roch&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dorchies" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2020.1792364" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04124071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2022.2049014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715537v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Dellinger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maussion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dellinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13179532" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04124013v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Dung Tran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13091175" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320900v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Guiot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IR.1943-4774.0001510" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167791v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12312" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498885v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Romdhane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Soualmia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dartus" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29252/jafm.12.02.29463" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648480v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-019-09720-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538294v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chorda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001630" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110337v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184002006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717545v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w9090637" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435479v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Masbernat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591002v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ducrocq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-016-9505-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590986v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2016032" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591306v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim .H Talbi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342925v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-015-9430-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094295v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Baume" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dejean" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moulin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-015-9417-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166268v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Tran Dung" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0000910" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166275v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Baume" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(asce)ir.1943-4774.0000691" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528706v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0000514" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842380v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Litrico" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Malaterre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IR.1943-4774.0000305" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632474v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Baume" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Litrico" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Malaterre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596118v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.000012" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033043v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Garin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Sadki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03832127v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022197" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913529v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.645" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182650v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grand" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC2521716X2022197" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003365v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Boucard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Boyenval" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garmendia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711837v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03933605v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224786v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184002017" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599572v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charpentier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hugodot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350668v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bonassies" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fatras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Pe&#241;a-Luque" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Piacentini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.115101" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520539v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Piacentini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricci" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Munier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024WR039468" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224467v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Huy Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ricci" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.134013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183632v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pujol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cassan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Garambois" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2025.106589" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04684822v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atiyeh Hosseinzadeh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Douinot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5946" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486179v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lonca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guibert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2023.105883" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486162v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana-Andrea Alzate-G&#243;mez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonometti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alberto Escobar Vargas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wcc.2023.567" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04124174v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Cavalcanti Miranda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Laurens" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/JHEND8.HYENG-13096" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486143v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabab Yassine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Frysou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-1199-2023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04484648v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia C Miranda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-023-09958-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Guiot de la Roch&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dorchies" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2020.1792364" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04124071v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2022.2049014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715537v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Dellinger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maussion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dellinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su13179532" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04124013v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Dung Tran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13091175" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320900v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Guiot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IR.1943-4774.0001510" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167791v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-5973.12312" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498885v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Romdhane" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Soualmia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dartus" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29252/jafm.12.02.29463" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648480v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-019-09720-x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538294v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chorda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0001630" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110337v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184002006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717545v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w9090637" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435479v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Masbernat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591002v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ducrocq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-016-9505-9" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590986v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/kmae/2016032" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591306v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim .H Talbi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342925v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-015-9430-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094295v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Baume" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dejean" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moulin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10652-015-9417-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166268v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Tran Dung" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0000910" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166275v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Baume" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(asce)ir.1943-4774.0000691" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528706v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.0000514" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632474v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Baume" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Litrico" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. Malaterre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842380v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Litrico" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Malaterre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)IR.1943-4774.0000305" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596118v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)HY.1943-7900.000012" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033043v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Garin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Sadki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913529v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larrieu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122807v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.645" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03832127v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Chouet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC252171192022197" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182650v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grand" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/IAHR-39WC2521716X2022197" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003365v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Boucard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Boyenval" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Garmendia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03711837v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224786v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184002017" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03933605v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599572v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charpentier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertrand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hugodot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>