--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ludovic Chatellier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of head losses for clogged inclined narrow bar rack system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 63 (3), pp.374-391. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2025.2503771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Numerical Simulation of Flow Through an Inclined Bar Rack with Surface Bypasses: Influence of Inlet Velocity Conditions and Comparison with Field Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17182704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure Loss Modeling for Multi-Stage Obstacles in Pressurized Ducts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (14), pp.3505. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17143505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pyMeshFOAM: Automated meshing for CFD and fluid–structure simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Salmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftwareX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.101431. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.softx.2023.101431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Vertical Confinement and Blade Flexibility on Cross-Flow Turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Larbi Kara-Mostefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Tidal Turbines II, 16 (9), pp.3693. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en16093693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D fluid–structure interaction simulation of an hydrofoil at low Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Salmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 111, pp.103573. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2022.103573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of fish-friendly angled bar racks with horizontal bars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (1), pp.136-147. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2021.1903587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of the performance of a Darrieus hydrokinetic turbine in uncertain operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.R. Gorle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Energy Technologies and Assessments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46, pp.101247. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seta.2021.101247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting the downstream migration of salmon smolts from hydroelectric power plants with inclined racks and optimized bypass water discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Tomanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo A Tedesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mataix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 284, pp.112012. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.112012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of Different Elements of Inclined Trash Racks to Head Losses Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (4), pp.966-978. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12040966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A few techniques to improve data-driven reduced-order simulations for unsteady flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 201, pp.104455. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compfluid.2020.104455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulated circulation control around the blades of a vertical axis hydrokinetic turbine for flow control and improved performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.R. Gorle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 105, pp.363-377. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2019.02.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 186, pp.106134. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady pressure estimation and compensation capabilities of the hybrid simulation combining PIV and DNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (12), pp.125305. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aae6b7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential least-square reconstruction of instantaneous pressure field around a body from TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (2), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-018-2489-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved flow reconstruction with indirect measurements using regression models and Kalman-filtered POD ROM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (1), </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-017-2455-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty analysis of an optical method for pressure estimation in fluid flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (2), pp.024004. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aa99c0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method to generate tidal-like bores in the laboratory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (part 1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale free surface measurement for the analysis of ship waves in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fréchou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 56 (10), pp.184. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-015-2054-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on fish-friendly inclined and angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.31-36. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/20150030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum likelihood estimation of missing data applied to flow reconstruction around NACA profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47 (5), pp.051406. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0169-5983/47/5/051406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure to “An experimental study on fish-friendlytrashracks: part I & II”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 1), pp.146-147. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.876456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian inference applied to spatio-temporal reconstruction of flows around a NACA0012 airfoil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.1699. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-014-1699-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral analysis of ship waves in deep water from accurate measurements of the free surface elevation by optical methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26 (12), </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4902415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streamwise bars in fish-friendly angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 3), pp.426-431. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.879540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01116497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric PIV/DIC method for the measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (3), pp.1488. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-013-1488-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 1. Inclined trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp. 56-66. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface measurement by stereo-refraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (6), pp.1540. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-013-1540-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 2. Angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp.67-75. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between vortex structures and unsteady loads for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, vol. 47 (n°4-5), pp. 655-664. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0658-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sensitivity analysis of the point reference global correlation (PRGC) technique for spatio-temporal correlations in turbulent flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fitzpatrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44, pp. 577-589. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-007-0417-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00370350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active control of the aeroacoustics of cavity flows from the downstream edge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 334 Issue 4, pp.259-265. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2006.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00097946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of active control of self-sustained pressure fluctuations due to flow over cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 119 n°3, pp.Mars 2006. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.2161635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00097906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical and experimental investigations of low Mach number turbulent cavity flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36 (5), pp.728-740. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-003-0752-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tip vortex characterisation from LPT measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanwise lift distribution of a T-shaped hydrofoil using lifting line theory and lagrangian particle tracking measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Colloquium on Vortex Dominated Flows – DisCoVor 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bozeman, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures lagrangiennes par suivi de particules autour d'un hydrofoil proche de la surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées de l'Hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Hydrodynamique, d'Energétique et d'Environnement Atmosphérique (LHEEA UMR CNRS 6598); Ecole Centrale de Nantes, Nov 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design optimization of a trash-rack bar for hydro power plant fish friendly water intakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Hydraulic Structures (ISHS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETH Zürich, Jun 2024, Zürich, Switzerland. pp.681 - 690, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3929/ethz-b-000676014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perforated Plates for downstream migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LPT measurements around a hydrofoil close to the free surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Direct in-Person Colloquium on Vortex Dominated Flows (DisCoVor)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Breckenridge, Colorado, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of a waterfall in a downstream basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 3D effects and free-surface proximity influence on the flow around a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of vortex shedding on a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chicago (Illinois), United States. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18409/ispiv.v1i1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Elbow Flow Dynamics Using Correlated Wall Pressure Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 Pressure Vessels and Piping Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/PVP2018-84712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de méthodes d'évaluation de la pression à partir de mesures PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Carini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Leclaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of optical methods for surface and volumetric measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France. pp.15001, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metrology/201715001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity and pressure field correlation analysis for low-order modeling of elbow flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental elbow flow evaluation of dense fluids at high Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de vibrations d'aile et de forces en régime turbulent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFTL2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01369900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Metrology Applied to Free-Surface Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydro-Testing Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Val de Reuil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved image analysis for turbulent flows Conference paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Joachim Kähler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Cierpka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Scharnowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Manhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Sciacchitano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Delft, Netherlands. pp.A167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus hydro-sédimentaires du mascaret : modélisations physique et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Berchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Furgerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès de l’Association Sédimentologue de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France. pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et dimensionnement des prises d’eau ichtyocompatibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "La continuité biologique dans le bassin de la Moselle et de la Sarre" - CIPMS-IKSMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Trèves, Allemagne. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of fish-friendly angled trashracks at model and real scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Chengdu, China. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish-friendly trashracks: headloss formula and clogging effect for inclined racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd IAHR Europe Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Munich, Germany. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of the flow across fish-friendly angled trashrack models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Brisbane, Australia. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure optique 3C de surface libre : principes et différentes approches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Journées Thématiques de l’AFVL « Mesures Tridimensionnelles des écoulements par PIV »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFVL, Mar 2010, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamique de prises d'eau munies de plans de grilles orientés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12es Journées de l'hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Nantes, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D surface and velocity measurements: application to inclined plane flow for rheological analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First European IAHR Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoscopic measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEM 14 – 14th International Conference on Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Poitiers, France. pp.12002, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/20100612002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité d'un modèle réduit d'écoulement à la résolution temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Visualisation et de Traitement d'Images en Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de mesures tridimensionnelles pour les écoulements fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès de Fluvisu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de structures singulières : étude comparative de deux approches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kihl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Augereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres Francophone de Techniques Laser, CFTL 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of active control on the shedding of vorticity in cavity flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Applications of Laser techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability analysis of the active control of self-sustained pressure fluctuations due to flow over a cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle actif d'une fluctuation de pression auto-entretenue en cavité sous écoulement affleurant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème Colloque d'Aérodynamique Appliquée, Contrôle des Ecoulements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of clogging on inclined, fish-friendly trash-racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Fluvial Hydraulics, River Flow, 2024, Liverpool</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Liverpool, Royaume-Uni, United Kingdom. 1, CRC Press, pp.1129-1136, 2025, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003475378-163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of tidal turbine blades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Biçakli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Razaaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carlos Guedes Soares; Shan Wang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Renewable Energies Offshore. Proceedings of the 6th International Conference on Renewable Energies Offshore (RENEW 2024, 19-21 November 2024, Lisbon, Portugal)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRC Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Proceedings in marine technology and ocean engineering, 9781032905570 (hardback) ; 9781003558859 (eBook). </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003558859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple Library of Image Processing (SLIP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Arrivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et contrôle actif des instabilités aéroacoustiques en cavité sous écoulement affleurant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Acoustique [physics.class-ph]. Université de Poitiers, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00003529v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId207"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ludovic Chatellier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of head losses for clogged inclined narrow bar rack system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 63 (3), pp.374-391. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2025.2503771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Numerical Simulation of Flow Through an Inclined Bar Rack with Surface Bypasses: Influence of Inlet Velocity Conditions and Comparison with Field Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w17182704⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure Loss Modeling for Multi-Stage Obstacles in Pressurized Ducts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (14), pp.3505. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en17143505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pyMeshFOAM: Automated meshing for CFD and fluid–structure simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Salmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftwareX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, pp.101431. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.softx.2023.101431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Vertical Confinement and Blade Flexibility on Cross-Flow Turbines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed-Larbi Kara-Mostefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Tidal Turbines II, 16 (9), pp.3693. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en16093693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D fluid–structure interaction simulation of an hydrofoil at low Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Salmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 111, pp.103573. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2022.103573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of fish-friendly angled bar racks with horizontal bars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 60 (1), pp.136-147. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2021.1903587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03272917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis of the performance of a Darrieus hydrokinetic turbine in uncertain operating conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.R. Gorle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Energy Technologies and Assessments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46, pp.101247. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seta.2021.101247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protecting the downstream migration of salmon smolts from hydroelectric power plants with inclined racks and optimized bypass water discharge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Tomanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo A Tedesco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Mataix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 284, pp.112012. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.112012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03345248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A few techniques to improve data-driven reduced-order simulations for unsteady flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 201, pp.104455. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compfluid.2020.104455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of Different Elements of Inclined Trash Racks to Head Losses Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (4), pp.966-978. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/w12040966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calibrating and measuring wakes and drag forces of inland vessels in confined water in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Caplier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 186, pp.106134. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oceaneng.2019.106134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulated circulation control around the blades of a vertical axis hydrokinetic turbine for flow control and improved performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M.R. Gorle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 105, pp.363-377. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2019.02.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential least-square reconstruction of instantaneous pressure field around a body from TR-PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Earl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (2), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-018-2489-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsteady pressure estimation and compensation capabilities of the hybrid simulation combining PIV and DNS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takao Suzuki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Young Jin Jeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (12), pp.125305. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aae6b7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02308757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved flow reconstruction with indirect measurements using regression models and Kalman-filtered POD ROM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 59 (1), </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-017-2455-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uncertainty analysis of an optical method for pressure estimation in fluid flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 29 (2), pp.024004. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6501/aa99c0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel method to generate tidal-like bores in the laboratory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Mougenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - B/Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (part 1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechflu.2015.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on fish-friendly inclined and angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.31-36. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/20150030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum likelihood estimation of missing data applied to flow reconstruction around NACA profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fluid Dynamics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47 (5), pp.051406. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0169-5983/47/5/051406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale free surface measurement for the analysis of ship waves in a towing tank</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Fréchou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 56 (10), pp.184. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-015-2054-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streamwise bars in fish-friendly angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 3), pp.426-431. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.879540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01116497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral analysis of ship waves in deep water from accurate measurements of the free surface elevation by optical methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26 (12), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4902415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian inference applied to spatio-temporal reconstruction of flows around a NACA0012 airfoil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 55, pp.1699. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-014-1699-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure to “An experimental study on fish-friendlytrashracks: part I & II”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 52 (n° 1), pp.146-147. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2013.876456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01123516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric PIV/DIC method for the measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (3), pp.1488. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-013-1488-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 1. Inclined trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp. 56-66. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753646⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free surface measurement by stereo-refraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (6), pp.1540. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-013-1540-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental study on fish-friendly trashracks - Part 2. Angled trashracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydraulic Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 51, pp.67-75. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00221686.2012.753647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between vortex structures and unsteady loads for flapping motion in hover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Jardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Farcy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, vol. 47 (n°4-5), pp. 655-664. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-009-0658-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A sensitivity analysis of the point reference global correlation (PRGC) technique for spatio-temporal correlations in turbulent flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Kerhervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fitzpatrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44, pp. 577-589. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-007-0417-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00370350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active control of the aeroacoustics of cavity flows from the downstream edge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 334 Issue 4, pp.259-265. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2006.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00097946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability of active control of self-sustained pressure fluctuations due to flow over cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 119 n°3, pp.Mars 2006. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.2161635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00097906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical and experimental investigations of low Mach number turbulent cavity flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 36 (5), pp.728-740. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-003-0752-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00146834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanwise lift distribution of a T-shaped hydrofoil using lifting line theory and lagrangian particle tracking measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Colloquium on Vortex Dominated Flows – DisCoVor 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Bozeman, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05335346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tip vortex characterisation from LPT measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Particle Image Velocimetry – ISPIV 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Tokyo (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of fish reception conditions at the outlet of downstream migration devices and spillways to improve safety criteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Tomanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Weir Passage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BAFU, Sep 2025, Bern, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05527491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Inland Navigation on the Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bellanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Brancherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 2, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05180901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures lagrangiennes par suivi de particules autour d'un hydrofoil proche de la surface libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées de l'Hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Hydrodynamique, d'Energétique et d'Environnement Atmosphérique (LHEEA UMR CNRS 6598); Ecole Centrale de Nantes, Nov 2024, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design optimization of a trash-rack bar for hydro power plant fish friendly water intakes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Casiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Hydraulic Structures (ISHS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETH Zürich, Jun 2024, Zürich, Switzerland. pp.681 - 690, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3929/ethz-b-000676014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perforated Plates for downstream migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Lemkecher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04486040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LPT measurements around a hydrofoil close to the free surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Direct in-Person Colloquium on Vortex Dominated Flows (DisCoVor)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Breckenridge, Colorado, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of a waterfall in a downstream basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th IAHR World Congress : Rivers – Connecting mountains and coasts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Association for Hydro-Environment Engineering and Research (IAHR), Aug 2023, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 3D effects and free-surface proximity influence on the flow around a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Symposium on Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03873831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of vortex shedding on a hydrofoil using PIV measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chicago (Illinois), United States. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18409/ispiv.v1i1.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04889180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Elbow Flow Dynamics Using Correlated Wall Pressure Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 Pressure Vessels and Piping Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/PVP2018-84712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de méthodes d'évaluation de la pression à partir de mesures PIV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Carini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaniel Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Leclaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02097665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity and pressure field correlation analysis for low-order modeling of elbow flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of optical methods for surface and volumetric measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gomit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Paris, France. pp.15001, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metrology/201715001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental elbow flow evaluation of dense fluids at high Reynolds number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Baramili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Ancian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2017 - 23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de vibrations d'aile et de forces en régime turbulent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaël Acher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFTL2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01369900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Metrology Applied to Free-Surface Flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydro-Testing Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Val de Reuil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et dimensionnement des prises d’eau ichtyocompatibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "La continuité biologique dans le bassin de la Moselle et de la Sarre" - CIPMS-IKSMS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Trèves, Allemagne. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus hydro-sédimentaires du mascaret : modélisations physique et numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Berchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Furgerot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès de l’Association Sédimentologue de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Paris, France. pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved image analysis for turbulent flows Conference paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Joachim Kähler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Cierpka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Scharnowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Manhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Sciacchitano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Particle Image Velocimetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Delft, Netherlands. pp.A167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulations of fish-friendly angled trashracks at model and real scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Chengdu, China. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fish-friendly trashracks: headloss formula and clogging effect for inclined racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd IAHR Europe Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Munich, Germany. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of the flow across fish-friendly angled trashrack models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th IAHR World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Brisbane, Australia. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04087257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure optique 3C de surface libre : principes et différentes approches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Calluaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème Journées Thématiques de l’AFVL « Mesures Tridimensionnelles des écoulements par PIV »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFVL, Mar 2010, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrodynamique de prises d'eau munies de plans de grilles orientés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruey-Wen Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Larinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12es Journées de l'hydrodynamique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Nantes, France. pp.0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04026597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D surface and velocity measurements: application to inclined plane flow for rheological analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Monnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First European IAHR Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stereoscopic measurement of free surface flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Gibouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEM 14 – 14th International Conference on Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Poitiers, France. pp.12002, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/20100612002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilité d'un modèle réduit d'écoulement à la résolution temporelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e Congrès Français de Visualisation et de Traitement d'Images en Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00524136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques de mesures tridimensionnelles pour les écoulements fluides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Calluaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jarny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Congrès de Fluvisu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00460833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de structures singulières : étude comparative de deux approches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Kihl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Augereau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres Francophone de Techniques Laser, CFTL 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00340391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of active control on the shedding of vorticity in cavity flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Applications of Laser techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability analysis of the active control of self-sustained pressure fluctuations due to flow over a cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00017120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle actif d'une fluctuation de pression auto-entretenue en cavité sous écoulement affleurant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Laumonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Gervais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème Colloque d'Aérodynamique Appliquée, Contrôle des Ecoulements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of clogging on inclined, fish-friendly trash-racks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Le Guer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 12th International Conference on Fluvial Hydraulics, River Flow, 2024, Liverpool</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Liverpool, Royaume-Uni, United Kingdom. 1, CRC Press, pp.1129-1136, 2025, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003475378-163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of tidal turbine blades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Biçakli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Razaaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carlos Guedes Soares; Shan Wang. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations in Renewable Energies Offshore. Proceedings of the 6th International Conference on Renewable Energies Offshore (RENEW 2024, 19-21 November 2024, Lisbon, Portugal)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CRC Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Proceedings in marine technology and ocean engineering, 9781032905570 (hardback) ; 9781003558859 (eBook). </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/9781003558859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple Library of Image Processing (SLIP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Tremblais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Arrivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dombre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et contrôle actif des instabilités aéroacoustiques en cavité sous écoulement affleurant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Chatellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Acoustique [physics.class-ph]. Université de Poitiers, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00003529v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId210"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148962v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Guer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Casiot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2025.2503771" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266845v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Lemkecher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17182704" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863796v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17143505" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439426v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salmon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2023.101431" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086996v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Larbi Kara-Mostefa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16093693" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830044v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2022.103573" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272917v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2021.1903587" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213828v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.R. Gorle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chatellier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pons" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seta.2021.101247" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345248v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tomanova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo A Tedesco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mataix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112012" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946317v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12040966" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862032v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takao Suzuki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2020.104455" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283144v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2019.02.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308757v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jin Jeon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aae6b7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Earl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2489-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334669v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leroux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2455-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296007v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Acher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa99c0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mougenot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.08.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR69L7T5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493431v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fr&#233;chou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-015-2054-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619347v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raynal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larinier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/20150030" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790846v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/47/5/051406" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123516v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.876456" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790773v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-014-1699-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493447v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902415" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116497v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.879540" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423405v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1488-4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JNXX6475-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967468v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753646" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493453v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1540-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XPNDV9T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968554v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753647" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jardin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farcy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0658-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370350v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kerherv&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fitzpatrick" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-007-0417-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CG2HWC35-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097946v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laumonier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gervais" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2006.03.003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9XRZ8R4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097906v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Micheau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2161635" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146834v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-003-0752-4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G754N862-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05334474v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bonnard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335346v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889297v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864150v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676014" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04486040v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889265v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Braud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485899v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873831v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889180v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18409/ispiv.v1i1.76" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862054v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Baramili" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ancian" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2018-84712" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097665v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Baker" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leclaire" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465805v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Baramili" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465640v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369900v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431191v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910376v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Joachim K&#228;hler" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cierpka" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Scharnowski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Manhart" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sciacchitano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432942v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berchet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670028v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670038v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086634v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087257v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruey-Wen Wang" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431073v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026597v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432302v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monnet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432328v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100612002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524136v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460833v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340391v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kihl" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Augereau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125752v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017120v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147360v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406579v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Guer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bellot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003475378-163" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04917051v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bi&#231;akli" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Razaaly" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.1201/9781003558859-9/optimization-tidal-turbine-blades-bi%C3%A7akli-razaaly-chatellier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003558859" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912468v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arrivault" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dombre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003529v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148962v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chatellier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Guer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Casiot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2025.2503771" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266845v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Lemkecher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent David" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Courret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w17182704" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863796v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17143505" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439426v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salmon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2023.101431" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086996v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Larbi Kara-Mostefa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thomas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16093693" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830044v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2022.103573" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272917v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2021.1903587" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213828v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.R. Gorle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chatellier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pons" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seta.2021.101247" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345248v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tomanova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo A Tedesco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mataix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112012" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862032v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takao Suzuki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2020.104455" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946317v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w12040966" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297884v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caplier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gomit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Rousseaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calluaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2019.106134" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283144v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2019.02.007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296018v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young Jin Jeon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gomit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Earl" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-018-2489-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308757v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aae6b7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334669v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leroux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2455-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296007v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Acher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aa99c0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mougenot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2015.08.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR69L7T5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619347v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Raynal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Larinier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/20150030" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790846v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/47/5/051406" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493431v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fr&#233;chou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-015-2054-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116497v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.879540" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493447v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4902415" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790773v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-014-1699-3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123516v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2013.876456" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423405v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jarny" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gibouin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1488-4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JNXX6475-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967468v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753646" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493453v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-013-1540-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XPNDV9T-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968554v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00221686.2012.753647" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132386v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jardin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Farcy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-009-0658-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370350v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kerherv&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fitzpatrick" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-007-0417-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CG2HWC35-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097946v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laumonier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gervais" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2006.03.003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C9XRZ8R4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097906v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Micheau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2161635" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146834v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-003-0752-4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G754N862-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05335346v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bonnard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05334474v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05527491v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sagnes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180901v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bellanger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boucher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Brancherie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889297v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864150v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676014" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04486040v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889265v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Braud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04485899v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Devaux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873831v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889180v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18409/ispiv.v1i1.76" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862054v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Baramili" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ancian" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2018-84712" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097665v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carini" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Baker" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Leclaire" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465805v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Baramili" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374431v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metrology/201715001" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465640v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369900v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431191v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670028v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432942v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Berchet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Simon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Furgerot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beaudoin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910376v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Joachim K&#228;hler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cierpka" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Scharnowski" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Manhart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Sciacchitano" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670038v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086634v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087257v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruey-Wen Wang" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431073v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026597v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432302v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monnet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432328v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100612002" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524136v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460833v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Calluaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jarny" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thomas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340391v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kihl" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Augereau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125752v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017120v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147360v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406579v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. David" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Guer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bellot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003475378-163" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04917051v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bi&#231;akli" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Razaaly" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.1201/9781003558859-9/optimization-tidal-turbine-blades-bi%C3%A7akli-razaaly-chatellier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003558859" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912468v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Arrivault" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dombre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003529v2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>