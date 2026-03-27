--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1721,295 +1721,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02874092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">All semiconductor enhanced high-harmonic generation from a single nanostructured cone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hybrid plasmonic nano-emitters with controlled single quantum emitter positioning on the local excitation field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dandan Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safi Jradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominik Franz</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Maria Kholodtsova</w:t>
+                <w:t xml:space="preserve">Tien Hoa Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-63113-5⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17248-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04345090v1</w:t>
+                <w:t xml:space="preserve">hal-02947022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid plasmonic nano-emitters with controlled single quantum emitter positioning on the local excitation field</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Safi Jradi</w:t>
+                <w:t xml:space="preserve">All semiconductor enhanced high-harmonic generation from a single nanostructured cone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominik Franz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shatha Kaassamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tien Hoa Nguyen</w:t>
+                <w:t xml:space="preserve">Maria Kholodtsova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.6250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17248-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-63113-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947022v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04345090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale Imaging of Ultrafast Light Coupling to Self-Organized Nanostructures</w:t>
               </w:r>
@@ -2129,103 +2129,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All semiconductor enhanced high-harmonic generation from a single nanostructured cone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Franz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shatha Kaassamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kholodtsova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), pp.5663. </w:t>
@@ -3040,425 +3040,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01507472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical absorption signature of a self-assembled dye monolayer on graphene</w:t>
+                <w:t xml:space="preserve">Comment on “Adsorption of hydrogen and hydrocarbon molecules on SiC(001)” by Pollmann et al. (Surf. Sci. Rep. 69 (2014) 55–104)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tessnim Sghaier</w:t>
+                <w:t xml:space="preserve">E. Wimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Le Liepvre</w:t>
+                <w:t xml:space="preserve">E. Celasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Fiorini</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Vattuone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Savio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tejeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3762/bjnano.7.78⟩</w:t>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 644, pp.L170 - L171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2015.08.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01485210v1</w:t>
+                <w:t xml:space="preserve">cea-01485574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on “Adsorption of hydrogen and hydrocarbon molecules on SiC(001)” by Pollmann et al. (Surf. Sci. Rep. 69 (2014) 55–104)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical absorption signature of a self-assembled dye monolayer on graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Vattuone</w:t>
+                <w:t xml:space="preserve">Tessnim Sghaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Savio</w:t>
+                <w:t xml:space="preserve">Sylvain Le Liepvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tejeda</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céline Fiorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Charra</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 644, pp.L170 - L171. </w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.862 - 868. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.susc.2015.08.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3762/bjnano.7.78⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01485574v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01485210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluorescent Self-Assembled Molecular Monolayer on Graphene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Le Liepvre</w:t>
+                <w:t xml:space="preserve">Two-photon luminescence of single colloidal gold nanorods: revealing the origin of plasmon relaxation in small nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Molinaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ping Du</w:t>
+                <w:t xml:space="preserve">Yara El Harfouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Kreher</w:t>
+                <w:t xml:space="preserve">Etienne Palleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Mathevet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André-Jean Attias</w:t>
+                <w:t xml:space="preserve">Fabien Eloi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 3 (12), pp.2291-2296. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 120, pp.23136-23143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.6b00793⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b07498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01419546v1</w:t>
+                <w:t xml:space="preserve">cea-01355273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasmonics of opalic surface: a combined near-and far-field approach</w:t>
               </w:r>
@@ -3572,161 +3572,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01299810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-photon luminescence of single colloidal gold nanorods: revealing the origin of plasmon relaxation in small nanocrystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Molinaro</w:t>
+                <w:t xml:space="preserve">Fluorescent Self-Assembled Molecular Monolayer on Graphene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Liepvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yara El Harfouch</w:t>
+                <w:t xml:space="preserve">Ping Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Palleau</w:t>
+                <w:t xml:space="preserve">David Kreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Eloi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Marguet</w:t>
+                <w:t xml:space="preserve">Fabrice Mathevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Jean Attias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 120, pp.23136-23143. </w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (12), pp.2291-2296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.6b07498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.6b00793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01355273v1</w:t>
+                <w:t xml:space="preserve">hal-01419546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution scanning near field mapping of enhancement on SERS substrates: comparison with photoemission electron microscopy</w:t>
               </w:r>
@@ -4032,51 +4032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Fiorini-Debuisschert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 25 (43), pp.435604 </w:t>
@@ -4248,64 +4248,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bléger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bocheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Jean Attias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5313,307 +5313,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03856291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Templating Polythiophene Derivatives: Electronic Decoupling of Conjugated Strands through Staggered Packing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Janus-Like 3D Tectons: Self-Assembled 2D Arrays of Functional Units at a Defined Distance from the Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bléger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mathevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Kreher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Jean Attias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Bocheux</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 50 (29), pp.6562-6566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201008212⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la201743d⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329543v1</w:t>
+                <w:t xml:space="preserve">hal-02485375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janus-Like 3D Tectons: Self-Assembled 2D Arrays of Functional Units at a Defined Distance from the Substrate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">Self-Templating Polythiophene Derivatives: Electronic Decoupling of Conjugated Strands through Staggered Packing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Bocheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibtissam Tahar-Djebbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Fiorini-Debuisschert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amandine Bocheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201008212⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (16), pp.10251-10255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la201743d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02485375v1</w:t>
+                <w:t xml:space="preserve">hal-04329543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solution-growth kinetics and thermodynamics of nanoporous self-assembled molecular monolayers</w:t>
               </w:r>
@@ -6139,64 +6139,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Periodic Positioning of Multilayered [2.2]Paracyclophane-Based Nanopillars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bléger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Jean Attias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6683,64 +6683,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Noncovalent Bonding for Rational Design of Hierarchical Molecular Self-Assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bléger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Jean Attias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6868,51 +6868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Fiorini-Debuisschert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Charra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nano Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 6 (7), pp.1360-1363. </w:t>
@@ -9677,364 +9677,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05488909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D model of a single molecule and the antenna influence on its photophysics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Charra</w:t>
+                <w:t xml:space="preserve">Light nanosources based on gold nanocubes and transition metal dichalcogenides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Marguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Vassant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Simon Vassant</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Boer-Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Moal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanophotonics and Micro/Nano Optics International Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">Journée Annuelle du Labex NanoSaclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labex NanoSaclay, Feb 2023, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05488840v1</w:t>
+                <w:t xml:space="preserve">hal-04333333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light nanosources based on gold nanocubes and transition metal dichalcogenides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Marguet</w:t>
+                <w:t xml:space="preserve">Dielectric tip influence on the rates of a single molecule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remigiusz Trojanowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Charra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Vassant</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Le Moal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Annuelle du Labex NanoSaclay</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Labex NanoSaclay, Feb 2023, Orsay, France</w:t>
+              <w:t xml:space="preserve">The European Optical Society Annual Meeting 2023 (EOSAM 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333333v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05488896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric tip influence on the rates of a single molecule</w:t>
+                <w:t xml:space="preserve">3D model of a single molecule and the antenna influence on its photophysics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remigiusz Trojanowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Charra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Douillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Charra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Vassant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Optical Society Annual Meeting 2023 (EOSAM 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">Nanophotonics and Micro/Nano Optics International Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05488896v1</w:t>
+                <w:t xml:space="preserve">hal-05488840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spontaneous ordering through ultrafast light absorption for laser-induced periodic surface structures formation</w:t>
               </w:r>
@@ -11428,64 +11428,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational Design of Molecular Self-Assemblies: A Platform for Nanotechnology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mathevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Kreher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Jean Attias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11562,51 +11562,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-range plasmon guides, resonators and antennas imaged by non-linear photoemission electron microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Fiorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Charra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12091,151 +12091,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04487568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffraction d'électrons lents - DEL. Diffraction d'Electrons Lents DEL, Low Energy Electron Diffraction LEED, Low Energy Electron Microscopy LEEM</w:t>
+                <w:t xml:space="preserve">Spectrométrie par faisceau d'ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Douillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Master. Spectrométries de surface, Univ. Paris Saclay - Département de Physique, France. 2023</w:t>
+              <w:t xml:space="preserve">Master. Université Paris-Saclay, Orsay, France, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04487547v1</w:t>
+                <w:t xml:space="preserve">hal-04487577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrométrie par faisceau d'ions</w:t>
+                <w:t xml:space="preserve">Diffraction d'électrons lents - DEL. Diffraction d'Electrons Lents DEL, Low Energy Electron Diffraction LEED, Low Energy Electron Microscopy LEEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Douillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Master. Université Paris-Saclay, Orsay, France, France. 2023</w:t>
+              <w:t xml:space="preserve">Master. Spectrométries de surface, Univ. Paris Saclay - Département de Physique, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04487577v1</w:t>
+                <w:t xml:space="preserve">hal-04487547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrométrie de photoélectrons X, UV</w:t>
               </w:r>
@@ -13025,103 +13025,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement and Spatial Manipulation of High Harmonics in Crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shatha Kaassamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominik Franz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Kholodtsova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATTO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Szeged, Hongrie, Hungary</w:t>
@@ -13334,51 +13334,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D7CBE6CE"/>
+    <w:nsid w:val="83A4DCEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13565,51 +13565,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-douillard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6370-6586" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197178553" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981276v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Torretti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paparoni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Cook" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D&#8217;elia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Cicco" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.162680" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373325v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Barbillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Faure" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Douillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Caudron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Humbert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163800" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585254v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigiusz Trojanowicz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Sosa Vargas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Charra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Vassant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP00867G" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779616v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minyu Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marguet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Issa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safi Jradi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couteau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.4c00868" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301407v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rahmani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taugeron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delorme" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Douillard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-023-02972-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295437v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taugeron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Rahmani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delorme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c01050" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844169v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line J&#233;gat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rollin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soppera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keitaro Nakatani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c03047" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205875v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Kameche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Heni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Telitel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vidal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c01693" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329461v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ju Lin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lacour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Semerok" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chartier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2021.JTu1A.122" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329472v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Losquin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010235" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02557861v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Mitiche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-020-2776-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02874092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Ge" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2020.03.023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04345090v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Franz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shatha Kaassamani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gauthier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Nicolas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kholodtsova" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63113-5" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947022v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Hoa Nguyen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17248-8" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329911v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abou Saleh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Rudenko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pigeon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00702" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02096268v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41642-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04345070v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Berger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Back" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soukiassian" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Martinotti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-018-2252-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01757645v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Molinaro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini&#8208; Debuisschert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP00867A" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872792v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Kalashnyk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jaouen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini-Debuisschert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Jean Attias" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC05806G" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01520061v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongho B Park" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyson C Back" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven B Fairchild" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William C Mitchel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Elhamri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.01.072" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01484778v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Berger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. C. Back" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-0816-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01507472v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b10585" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01485210v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessnim Sghaier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Liepvre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.7.78" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01485574v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wimmer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Celasco" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vattuone" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Savio" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tejeda" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.08.025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01419546v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Du" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kreher" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathevet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.6b00793" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299810v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Lethiec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Binard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trajan Popescu&#178;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Frederich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Ngoc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b05718" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01355273v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Harfouch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Palleau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b07498" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01483780v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Awada" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Plathier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dab" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP08015K" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01484784v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hsia" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kochtcheev" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2188025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01376814v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bellec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Arrigoni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/43/435604" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091754v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01478816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bl&#233;ger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bocheux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2nr33509c" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01478989v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2013.03.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6DNPHMH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329482v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pallares" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rountree" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charra" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouchaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/99/28003" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01478831v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2012.10.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02369945v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawki Awada" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traian Popescu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp303475c" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00785293v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Greffet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.045438" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329505v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Seok Lee" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Boutami" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.008974" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329513v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/46/464002" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-126CMQQR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856291v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calin Hrelescu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapan K Sau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey L Rogach" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank J&#228;ckel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laurent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl103007m" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329543v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Tahar-Djebbar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la201743d" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485375v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201008212" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ED5AE21759E96A26D3620429DC916E4C44A2496D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01409138v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schull" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3569132" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091766v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Berline" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Metg&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Marian Apetrei" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Arfaoui" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485352v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz900146f" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268202v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Korczak" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl080053v" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485402v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200801335" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329558v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fiorini-Debuisschert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Royal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3028265" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485414v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ness" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp8030013" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6JKM21KD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268215v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Adam" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2719282" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485417v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200702376" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0BRVVZ1L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485430v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl060292n" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329852v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bart" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jollet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duraud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.2221760116" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FVPQ97G7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485426v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schull" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mathevet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.200600683" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XMFL927N-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329648v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N&#233;el" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Maroutian" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-J. Ernst" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.91.226103" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329627v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N N&#233;el" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Maroutian" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-J Ernst" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/47/003" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329671v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.64.165401" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091715v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gerlach" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(01)00823-8" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZRXBVQT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329862v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yu. Aristov" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.581922" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329708v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.83.4353" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329871v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.Yu. Aristov" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(99)00767-0" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF03C61M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329714v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Ernst" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.279.5351.679" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329809v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Semond" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dujardin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.78.907" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00255148v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gota" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier-Soyer" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le F&#232;vre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1997202" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329752v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fauchoux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.79.3700" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329826v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.2013" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249550v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1996206" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5B203B442FA3A37EAC98570E828965321A156ECC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329886v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.54.10366" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04465068v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thromat" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Henriot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guittet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.49.16171" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329729v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dooryhee" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Duraud" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Devine" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10420159308219717" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329737v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10420159208228862" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489585v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489613v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488909v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488840v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333333v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Boer-Duchemin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Moal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488896v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285782v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Nakhoul" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389187v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2019.8840397" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321561v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02456025v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colombier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338662v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Fiorini Debuisschert" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2016.FW1B.6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339172v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02463221v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498807v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01376969v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Wen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laverdant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schwob" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2014.6876619" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146825v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2013.6801439" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02463114v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485405v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bleger" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INEC.2008.4585630" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02448416v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTONMW.2009.5385565" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091777v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Fevre" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Magnan" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-524-315" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487541v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Douillard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487555v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487564v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487568v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487547v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487577v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487566v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487573v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487551v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487584v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487588v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487580v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275132v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/series/624" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34742-9_4" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329924v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Froidevaux" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Boutu" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milutin Kovacev" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zeitoun" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02362275v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Molinaro" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04256578v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01075262v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-douillard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6370-6586" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197178553" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981276v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Torretti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paparoni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Cook" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D&#8217;elia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Cicco" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.162680" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373325v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Barbillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Faure" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Douillard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Caudron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Humbert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163800" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585254v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remigiusz Trojanowicz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Sosa Vargas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Charra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Vassant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP00867G" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779616v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minyu Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marguet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Issa" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safi Jradi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couteau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.4c00868" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301407v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rahmani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Taugeron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rousseau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delorme" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Douillard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13204-023-02972-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295437v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taugeron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Rahmani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delorme" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c01050" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844169v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line J&#233;gat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rollin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soppera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keitaro Nakatani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c03047" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205875v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Kameche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wajdi Heni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siham Telitel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vidal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c01693" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329461v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung-Ju Lin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lacour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Semerok" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chartier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2021.JTu1A.122" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329472v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Losquin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202010235" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02557861v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Mitiche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12274-020-2776-y" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02874092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Ge" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2020.03.023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947022v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Hoa Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17248-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04345090v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Franz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shatha Kaassamani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gauthier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Nicolas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kholodtsova" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63113-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329911v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Abou Saleh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Rudenko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pigeon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.9b00702" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02096268v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41642-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04345070v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Berger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Back" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soukiassian" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Martinotti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-018-2252-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01757645v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Molinaro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini&#8208; Debuisschert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CP00867A" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872792v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Kalashnyk" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jaouen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini-Debuisschert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Jean Attias" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC05806G" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01520061v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongho B Park" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyson C Back" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven B Fairchild" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William C Mitchel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Elhamri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2017.01.072" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01484778v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Berger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. C. Back" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-0816-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01507472v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b10585" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01485574v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wimmer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Celasco" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vattuone" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Savio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tejeda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2015.08.025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01485210v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessnim Sghaier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Liepvre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Fiorini" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.7.78" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01355273v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Harfouch" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Palleau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b07498" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299810v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Lethiec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Binard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trajan Popescu&#178;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Frederich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Ngoc" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b05718" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01419546v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Du" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kreher" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathevet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.6b00793" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01483780v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Awada" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Plathier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dab" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP08015K" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01484784v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hsia" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Kochtcheev" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2188025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01376814v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bellec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Arrigoni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/25/43/435604" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091754v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01478816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bl&#233;ger" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bocheux" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2nr33509c" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01478989v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2013.03.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6DNPHMH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329482v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pallares" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rountree" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charra" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouchaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/99/28003" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01478831v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2012.10.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02369945v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chawki Awada" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Traian Popescu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp303475c" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00785293v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Greffet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.045438" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329505v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Seok Lee" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Boutami" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.20.008974" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329513v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/44/46/464002" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-126CMQQR-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856291v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calin Hrelescu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapan K Sau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey L Rogach" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank J&#228;ckel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laurent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl103007m" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485375v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201008212" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ED5AE21759E96A26D3620429DC916E4C44A2496D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329543v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Tahar-Djebbar" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la201743d" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01409138v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schull" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3569132" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091766v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Berline" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Metg&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Marian Apetrei" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Arfaoui" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485352v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz900146f" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268202v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Korczak" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bachelot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl080053v" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485402v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200801335" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329558v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fiorini-Debuisschert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Royal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3028265" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485414v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ness" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp8030013" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6JKM21KD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00268215v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Adam" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2719282" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485417v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200702376" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0BRVVZ1L-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485430v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl060292n" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329852v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bart" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jollet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Duraud" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.2221760116" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FVPQ97G7-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485426v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schull" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mathevet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.200600683" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XMFL927N-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329648v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N&#233;el" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Maroutian" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-J. Ernst" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.91.226103" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329627v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N N&#233;el" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Maroutian" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-J Ernst" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/15/47/003" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329671v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.64.165401" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091715v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gerlach" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(01)00823-8" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZRXBVQT-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329862v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amy" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Yu. Aristov" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.581922" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329708v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.83.4353" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329871v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.Yu. Aristov" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(99)00767-0" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF03C61M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329714v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Ernst" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.279.5351.679" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329809v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Semond" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dujardin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.78.907" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00255148v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gota" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier-Soyer" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le F&#232;vre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1997202" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329752v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fauchoux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.79.3700" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329826v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.77.2013" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249550v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1996206" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5B203B442FA3A37EAC98570E828965321A156ECC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329886v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.54.10366" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04465068v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gautier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thromat" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Henriot" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guittet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.49.16171" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329729v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dooryhee" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Duraud" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Devine" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10420159308219717" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329737v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10420159208228862" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489585v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489613v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488909v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333333v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Boer-Duchemin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Moal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488896v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488840v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285782v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Nakhoul" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02389187v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2019.8840397" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321561v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-02456025v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colombier" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338662v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Fiorini Debuisschert" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2016.FW1B.6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339172v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02463221v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498807v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01376969v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Wen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laverdant" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schwob" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON.2014.6876619" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146825v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-IQEC.2013.6801439" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02463114v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485405v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bleger" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INEC.2008.4585630" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02448416v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTONMW.2009.5385565" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091777v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Fevre" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Magnan" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-524-315" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487541v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Douillard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487555v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487564v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487568v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487577v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487547v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487566v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487573v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487551v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487584v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487588v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487580v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275132v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/series/624" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-34742-9_4" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329924v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Froidevaux" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Boutu" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milutin Kovacev" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zeitoun" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02362275v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Molinaro" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-04256578v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01075262v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>