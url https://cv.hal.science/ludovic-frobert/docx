--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -875,1422 +875,1422 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Action économique et lucidité politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Revue d’histoire de la pensée économique 2021 – 2, n° 12, 2021/2 (12), pp.273-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12615-7.p.0273⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Kindness as the Foundation to Community: For a 'radical Equality Tempered by Benevolence' : Joseph Rey of Grenoble (1779-1855)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Drolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">English Historical Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 136 (578), pp.117-150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ehr/ceab022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03190363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Action économique et lucidité politique</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Owen and Continental Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Drolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">History of European Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (2), pp.175-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01916599.2020.1798631⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03255272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The ‘science of education’ and Owenism: the case of Joseph Rey (1779-1855)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Drolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">History of European Ideas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (2), pp.216-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01916599.2020.1798621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03255273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Hirschman, les sciences sociales et le tournant interprétatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ferraton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 58-1, pp.41-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ress.6311⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03222406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Industrialism in the mirror: Edward S. Mason, reader of the Saint-Simonians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27 (3), pp.410-427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09672567.2020.1759667⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02874714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Perroux : Saint-Simon rather than Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (3), pp.408-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/fh/cry039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01860586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le possibilisme chez Albert O. Hirschman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ferraton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de Philosophie Economique / Review of Economic Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (2), pp.131-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rpec.182.0131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01984554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Venez à ce monde nouveau où tout est luxe, splendeur, beauté, amour, ineffables harmonies »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Revue d’histoire de la pensée économique 2021 – 2, n° 12, 2021/2 (12), pp.273-297. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12615-7.p.0273⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 2016-1, pp.197-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06124-3.p.0197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01673056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Halévy and philosophical radicalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modern Intellectual History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (1), pp.127-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1479244314000377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01092134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is a just society? The answer according to the Socialistes Fraternitaires Louis Blanc, Constantin Pecqueur, and François Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">History of Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (2), pp.281-306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/00182702-2647513⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00992599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French utopian socialists as the first pioneers in development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge Journal of Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 35 (4), pp.729-749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cje/beq037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Republicanism and political economy in Pagnerre's Dictionnaire politique (1842)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">History of European Ideas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 47 (2), pp.216-230. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01916599.2020.1798621⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 37 (3), pp.357-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.histeuroideas.2010.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00565822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell theory, economics,and the Republic in the work of François-Vincent Raspail around1830</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">History of European Ideas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/01916599.2020.1798631⟩</w:t>
+              <w:t xml:space="preserve">Revue d'Histoire des Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 63 (1), pp.27-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhs.641.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...120 lines deleted...]
-                <w:t xml:space="preserve">Industrialism in the mirror: Edward S. Mason, reader of the Saint-Simonians</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00607783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conventionalism and liberalism in Jacques Rueff's early works (1922 to 1929)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of the History of Economic Thought</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 27 (3), pp.410-427. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09672567.2020.1759667⟩</w:t>
+              <w:t xml:space="preserve">, 2010, Vol. 17 (N° 3), pp.439-470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09672560903204957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...657 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00482888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'influence de l'industrialisme de François Simiand sur son action à la 'Direction du travail, de la législation ouvrière et des assurances sociales', 1919-1920</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Comité d'histoire des administrations chargées du travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 12 (avril 2010), pp.35-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00591565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le 'prophète des crises' : économie politique et religion chez Clément Juglar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dal-Pont Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astérion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 7, pp.En ligne. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/asterion.1642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/asterion.1642⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-00525452v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-00482888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politique et économie politique chez Pierre et Jules Leroux</w:t>
               </w:r>
@@ -2345,51 +2345,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le ‘ prophète des crises'. Economie politique et religion chez Clément Juglar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dal-Pont Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frobert Ludovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2427,51 +2427,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet d'édition des Œuvres économiques de Clément Juglar : premières interrogations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dal-Pont Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frobert Ludovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2503,178 +2503,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00454555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La réception des débats allemands sur le capitalisme en France au tournant 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raison Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, N° 10, pp.237-255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00388045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Note sur le premier état du projet d'édition des Écrits économiques de Clément Juglar (1819-1905)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Dal-Pont Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, N° 57, pp.175-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00457349v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00388045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Juglar, l'Algérie et les colonies</w:t>
               </w:r>
@@ -4075,425 +4075,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01139826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Solitaire du ravin. Pierre Charnier (1795-1857), canut lyonnais et prud'homme tisseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sheridan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ENS éd., pp.382, 2014, Gouvernement en question(s), 978-2-8478-8555-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00978277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Archives de soie : fabrique et insurrections à Lyon au début des années 1830</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Silvana editoriale, pp.156, 2014, 978-8-8366-2599-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01092670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le Solitaire du ravin. Pierre Charnier (1795-1857), canut lyonnais et prud'homme tisseur</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Canuts, ou la démocratie turbulente : Lyon 1831-1834</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tallandier, pp.224, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00413120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Si vous êtes si malins ... &amp;quot; : McCloskey et la rhétorique des économistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ENS Editions, pp.50, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00241843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Enquête inachevée : introduction à l'économie politique d'Albert O. Hirschman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">ENS éd., pp.382, 2014, Gouvernement en question(s), 978-2-8478-8555-2</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Ferraton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de France, pp.270, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Tallandier, pp.224, 2009</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00241677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Kenneth Galbraith : la maîtrise sociale de l'économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon, pp.125, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...123 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00241697v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-00241677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Halévy. République et économie (1896-1914)</w:t>
               </w:r>
@@ -5045,246 +5045,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03351507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le débat sur la distribution des richesses : Élie Halévy et Charles Rist</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Duclert, Vincent; Scot, Marie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Élie Halévy et l'ère des tyrannies: histoire, philosophie et politique au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Belles Lettres, pp.131-152, 2019, Élie Halévy. Etudes, 978-2-251-44884-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02364545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Déjacque et la question de l'organisation du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouchet, Thomas; Samzun, Patrick. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Libertaire ! Essais sur l'écriture, la pensée et la vie de Joseph Déjacque (1821-1865)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.181-190, 2019, Cahiers de la MSHE Ledoux, 978-2-84867-669-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02364543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dumas et les socialistes de 1848</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mombert, Sarah and Perrin-Saminadayar, Corinne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un mousquetaire du journalisme: Alexandre Dumas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.77-85, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02364546v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">halshs-02364543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Economy of Work</w:t>
               </w:r>
@@ -5569,246 +5569,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02364542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Entrée : Fouriérisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cornu-Volatron, Marie ; Orsi, Fabienne ; Rochfeld, Judith. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.573-577, 2017, Quadrige</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01623341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Socialisation » et « nationalisation » dans l’oeuvre de Constantin Pecqueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Coste, Clément ; Frobert, Ludovic; Lauricella, Marie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la République de Constantin Pecqueur (1801-1887)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.85-122, 2017, Cahiers de la MSHE Ledoux. Archives de l'imaginaire social</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01546962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entrée : Mutuellisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cornu-Volatron, Marie ; Orsi, Fabienne ; Rochfeld, Judith. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des biens communs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUF, pp.830-833, 2017, Quadrige</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01623325v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-01623341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lunettes de M. Raspail. Les Almanachs de l’Ami du peuple , 1849-1850</w:t>
               </w:r>
@@ -6455,251 +6455,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02456459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changer la société, changer la presse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bouchet</w:t>
+                <w:t xml:space="preserve">La République dans la commune : le 'Réformateur' de Raspail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Thomas Bouchet; Vincent Bourdeau; Edward Castleton; Ludovic Frobert; François Jarrige. </w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouchet, Thomas; Bourdeau, Vincent; Castleton, Edward; Frobert, Ludovic; Jarrige, François. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand les socialistes inventaient l'avenir : presse, théories et expériences (1825-1860)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.5-22, 2015, 978-2-7071-8591-4</w:t>
+              <w:t xml:space="preserve">, la Découverte, pp.127-139, 2015, 978-2-7071-8591-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456473v1</w:t>
+                <w:t xml:space="preserve">halshs-01146559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La République dans la commune : le 'Réformateur' de Raspail</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Barbier</w:t>
+                <w:t xml:space="preserve">Changer la société, changer la presse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Bouchet, Thomas; Bourdeau, Vincent; Castleton, Edward; Frobert, Ludovic; Jarrige, François. </w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Castleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Jarrige</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Bouchet; Vincent Bourdeau; Edward Castleton; Ludovic Frobert; François Jarrige. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quand les socialistes inventaient l'avenir : presse, théories et expériences (1825-1860)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, la Découverte, pp.127-139, 2015, 978-2-7071-8591-4</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Découverte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.5-22, 2015, 978-2-7071-8591-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01146559v1</w:t>
+                <w:t xml:space="preserve">hal-02456473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crises périodiques et mouvements de population chez Clément Juglar</w:t>
               </w:r>
@@ -6898,246 +6898,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01092683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Vivre en travaillant ou mourir en combattant&amp;quot; : les révoltes des canuts (1831, 1834)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pigenet, Michel ; Tartakowsky, Danielle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des mouvements sociaux en France de 1814 à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la Découverte, chap. 10, 2012, 9782707169853</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between progress and decline : crises in early French dictionaries and encyclopaedias (1830-1840)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Besomi, Daniele. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Crises and business cycles in economic dictionaries and encyclopaedias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.167-176, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00714949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Émile de Laveleye : economic crisis, Christianity and socialism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frobert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Besomi, Daniele. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crises and cycles in economic dictionaries and encyclopaedias</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.320-331, 2012, 9781138807235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00714952v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">halshs-00714949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Machines et machinations : le débat entre Anselme Pétetin et Joseph Bouvery</w:t>
               </w:r>
@@ -8057,50 +8057,154 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Varia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Demals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Frobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Hyard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021/1 (11), pp.258, 2021, Revue d'histoire de la pensée économique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-11886-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03325934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Robert Owen and Continental Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Drolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8109,161 +8213,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">History of European Ideas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 47/2 (2), pp.Dossier 175-403, 2021, History of European Ideas</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03255271v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">halshs-03325934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId171"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -8339,51 +8339,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C741BB04"/>
+    <w:nsid w:val="D196A48D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8570,51 +8570,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-frobert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/050829335" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503375v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frobert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440891v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2025.2589691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440879v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pinsolle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/rhs.108" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791143v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Drolet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xav" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791125v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791093v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schwanck" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896432v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudes-benthamiennes.10486" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685023v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ferraton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13254-7.p.0213" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03190363v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehr/ceab022" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474465v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12615-7.p.0273" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255273v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2020.1798621" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255272v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2020.1798631" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222406v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.6311" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2020.1759667" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860586v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fh/cry039" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984554v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.182.0131" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673056v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06124-3.p.0197" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092134v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1479244314000377" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992599v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00182702-2647513" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cje/beq037" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.histeuroideas.2010.12.004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607783v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhs.641.0027" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591565v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525452v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dal-Pont Legrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.1642" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482888v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672560903204957" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551228v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484081v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frobert Ludovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454555v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00457349v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388045v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385603v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.118" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00357863v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar F. Hamouda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1042771608000173" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00213503v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jhi.2007.0014" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138313v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420259v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.020.0078" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420258v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bayon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01786273v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440948v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288466v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agone.org/livres/quelques-lignes-dutopie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03524016v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/jules-leroux-dune-philosophie-economique-barbare/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091484v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.16562" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364548v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623345v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546954v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coste" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lauricella" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/i-de-la-republique-i-de-constantin-pecqueur-1801-1887.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.21049" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546965v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/introduction-a-albert-o-hirschman-9782707189028.htm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623320v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/une-imagination-republicaine-francois-vincent-raspail-1794-1878.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.20667" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01139826v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouchet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Castleton" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jarrige" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/quand_les_socialistes_inventaient_l_avenir_1825_1860-9782707185914" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092670v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978277v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Sheridan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00413120v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241843v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241697v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241677v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241825v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440031v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440936v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791191v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816931v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xn0." TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287757v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351507v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364546v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364545v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364543v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364541v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364547v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364544v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364542v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546962v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623325v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623341v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623321v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678290v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146578v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456441v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/catalogue/index-Quand_les_socialistes_inventaient_l_avenir__1825_1860-9782707185914.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01247570v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/5367" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456459v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456473v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146559v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016339v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087438v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092683v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00714952v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794693v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00714949v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512161v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/6471" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.6471" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00492125v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00240882v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00255054v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385655v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe R&#233;gnier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146910v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146909v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158898v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01020036v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490469v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00357861v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791065v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255271v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325934v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Demals" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Hyard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11886-2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-frobert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/050829335" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503375v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frobert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440891v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2025.2589691" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440879v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pinsolle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/rhs.108" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791143v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Drolet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xav" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791125v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791093v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Schwanck" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896432v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudes-benthamiennes.10486" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685023v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ferraton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13254-7.p.0213" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474465v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12615-7.p.0273" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03190363v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehr/ceab022" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255272v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2020.1798631" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255273v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2020.1798621" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222406v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.6311" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874714v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672567.2020.1759667" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860586v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fh/cry039" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984554v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpec.182.0131" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01673056v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06124-3.p.0197" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092134v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1479244314000377" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00992599v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00182702-2647513" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678812v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cje/beq037" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00565822v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.histeuroideas.2010.12.004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607783v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhs.641.0027" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00482888v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09672560903204957" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591565v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00525452v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Dal-Pont Legrand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/asterion.1642" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00551228v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484081v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frobert Ludovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454555v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388045v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00457349v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385603v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.118" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00357863v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar F. Hamouda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1042771608000173" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00213503v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jhi.2007.0014" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00138313v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420259v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/leco.020.0078" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420258v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bayon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01786273v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440948v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288466v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agone.org/livres/quelques-lignes-dutopie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03524016v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/jules-leroux-dune-philosophie-economique-barbare/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091484v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.16562" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364548v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623345v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546954v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coste" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lauricella" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/i-de-la-republique-i-de-constantin-pecqueur-1801-1887.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.21049" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546965v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cairn.info/introduction-a-albert-o-hirschman-9782707189028.htm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623320v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/une-imagination-republicaine-francois-vincent-raspail-1794-1878.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.20667" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01139826v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouchet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Castleton" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jarrige" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/quand_les_socialistes_inventaient_l_avenir_1825_1860-9782707185914" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978277v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Sheridan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092670v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00413120v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241843v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241677v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241697v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241825v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440031v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440936v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791191v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816931v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xn0." TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04287757v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03351507v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364545v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364543v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364546v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364541v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364547v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364544v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02364542v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623341v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546962v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623325v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623321v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678290v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146578v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456441v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/catalogue/index-Quand_les_socialistes_inventaient_l_avenir__1825_1860-9782707185914.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01247570v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/5367" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456459v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146559v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456473v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01016339v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01087438v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01092683v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794693v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00714949v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00714952v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512161v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/enseditions/6471" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.6471" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00492125v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00240882v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00255054v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00385655v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe R&#233;gnier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146910v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146909v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01158898v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01020036v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00490469v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00357861v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791065v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325934v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Demals" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Hyard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-11886-2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255271v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>