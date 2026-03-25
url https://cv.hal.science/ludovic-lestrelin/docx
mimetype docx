--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ludovic Lestrelin </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences HDR à l'Université de Caen Normandie (UFR STAPS).Chercheur au laboratoire Espaces et Sociétés UMR CNRS 6590</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ludovic-lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0000-8342-8181</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">115886605</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Puisant d’une part à la diversité conceptuelle et théorique des sciences sociales, fondées d’autre part sur des enquêtes de terrain approfondies et des méthodologies qualitatives (observations, entretiens semi-directifs, récits de vie, exploitation d’archives et analyses documentaires, cartographie), mes recherches se déclinent selon trois orientations complémentaires.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Socio-histoire du spectacle sportif</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes premiers travaux universitaires ont porté sur l’évolution des modes de consommation et de suivi du spectacle du football professionnel en Europe. L’investigation sociologique de collectifs de supporters de l’Olympique de Marseille résidant en Normandie, dans le Nord de la France et en région parisienne a permis de décrire la signification changeante des relations entre les équipes et leurs publics et de forger la notion de « </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">supportérisme à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> » pour </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">saisir la déterritorialisation relative de l’économie et de la culture du football</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : géographie nouvelle des soutiens, mobilité spatiale des supporters, rôle des médias et de la télévision, stratégies commerciales d'internationalisation des clubs. Ce travail a donné lieu à un livre (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autre public des matchs de football</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éd. EHESS, 2010), à des articles, entre autres dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Espace géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2009), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2013), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2014), et à diverses contributions dans des ouvrages (dont la dernière en date : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'épreuve des frontières sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éd. EHESS, 2023). Cette réflexion m’a amené à explorer le monde des « supporters » au sens large, appréhendés dans toutes les facettes de leur vie personnelle, en considérant que le supportérisme était une porte d'entrée pertinente pour documenter les univers de vie de certains groupes sociaux. Parmi les transformations identifiées figure ainsi l'importance grandissante des appartenances électives au sein des fractions (masculines) des classes populaires et moyennes. Mais l’étude des déclinaisons diverses de l’engagement supportériste s’insère aussi dans </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">une réflexion plus générale sur les formes d’investissements croisés dans le spectacle sportif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : dirigeants et salariés des clubs, journalistes, élus, riverains des infrastructures, autorités publiques, etc. Deux chantiers illustrent ce souci de relier les supporters aux autres catégories d'acteurs interagissant autour des compétitions. J'ai d'abord oeuvré, dès le tout début des années 2000 avec Jean-Charles Basson, à </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">importer les outils de la sociologie politique pour penser le supportérisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et évaluer si celui-ci peut être envisagé comme un objet concourant aux phénomènes politiques sans être formellement politique. Un article paru dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2015) montre ainsi l'intérêt théorique de comparer les carrières supportéristes à des carrières militantes. Afin de documenter la montée de la critique et de la protestation parmi les groupes de supporters européens, deux textes au caractère programmatique ont pris place dans des ouvrages collectifs (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autre visage du supportérisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2014 ; </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux frontières du football et du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2016). Depuis 2020, l'encadrement avec Michel Koebel de la thèse de Derya Uygun sur le supportérisme en Turquie prolonge ce volet de recherche. Un autre chantier, ouvert au milieu des années 2010, porte sur la trajectoire biographique et posthume d'un supporter icône de l'Olympique de Marseille, dont la renommée a largement dépassé les frontières du stade : Patrice De Peretti dit Depé. Deux articles parus dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2016) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2020) posent les premiers jalons d'une enquête de longue durée que je chercherai à valoriser dans les années à venir. Par ailleurs, la prise en compte des modes évolutifs d'assistance aux spectacles et d'expression du soutien, au cours du XXe siècle, est une préoccupation. Le dialogue avec les collègues historiens s'est concrétisé par ma participation à un ouvrage collectif sur l'histoire des supporters dirigé par Philippe Tétart (PUR, 2019), via un chapitre écrit avec Marion Fontaine portant sur Nîmes et Marseille dans les années 1920 et 1930. Au final, ce sont en fait les dimensions sociales, économiques et politiques du sport dans sa version spectaculaire qui m’intéressent. Ce programme de recherche, qui s'est donc déployé dans des directions diverses, connaît une forme d'aboutissement avec la rédaction d'un livre de synthèse qui a été publié en octobre 2022 (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des supporters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions La Découverte, collection &amp;quot;Repères&amp;quot;).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Action collective et logiques de la coordination : le cas des professionnels de l'événementiel sportif</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La première orientation de recherche trouve un prolongement avec l’analyse de l’essor du modèle néolibéral de spectacle sportif, marqué par la hausse des impératifs commerciaux reliés aux enjeux accrus de sécurisation. Les matchs de football, notamment, sont depuis longtemps construits comme un spectacle commercial. Depuis quelques décennies, ils se caractérisent aussi par le déploiement d’un important dispositif sécuritaire pour gérer les risques de désordres et protéger leur potentiel marchand. Ce dispositif, qui met en jeu une chaîne d’acteurs étendue et complexe, suppose des moyens humains, technologiques et matériels conséquents. L’investigation se porte alors sur </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">le travail au sein des organisations en charge de la bonne tenue des événements sportifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, entre autres les clubs professionnels qui ont connu d’importantes transformations depuis les années 1980 en adoptant progressivement le statut de sociétés commerciales. Au croisement de la sociologie économique, du travail et de l’action organisée, les questions étudiées sont celles des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">logiques de la coordination entre acteurs, de l'articulation entre autorité et capacité à résoudre collectivement des problèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Les enjeux de l’internalisation et de l’externalisation, des usages des outils de gestion, des nouvelles technologies et du numérique retiennent aussi l'attention. Concrétisée récemment par la publication d'un article dans la </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2021, écrit avec Bastien Soulé), cette orientation de recherche vise à s’inscrire plus largement dans la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">dynamique des études urbaines portant sur la « smart city » et la « safe city »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Elle vient renouveler la collaboration avec Bastien Soulé qui avait initialement porté sur le dopage aux travers de deux articles parus dans le </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sport and Social Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2011) et la </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue européenne des sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2012).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. La valorisation territoriale par le sport</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La troisième orientation de mes recherches s'est affirmée au fil de l'encadrement, avec Marina Honta, de la thèse d'Adrien Sonnet (2020), qui porte sur le gouvernement municipal des villes thermales françaises. Y est notamment pointé le recours récurrent aux activités physiques et au registre discursif du bien-être pour moderniser l'offre et attirer une clientèle disposant de ressources économiques, soucieuse de sa santé. Ce travail a, pour le moment, donné lieu à des articles dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2017), dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2017) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement et Action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2023), à un chapitre d'ouvrage (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique et partenariats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020), en attendant d'autres valorisations à venir. Il est désormais relié directement à une réflexion sur « </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’attractivité territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> », discours qui s’est diffusé à tous les échelons de l’action publique locale, des municipalités aux régions en passant par les départements et intercommunalités, dans un contexte de concurrence généralisée. Le sport constitue, à ce titre, une composante de l'offre territoriale et du récit voulu par les élus et porté par diverses organisations impliquées dans les démarches de marketing. Équipements et sites sportifs structurants, événements ponctuels et récurrents, performances des clubs et athlètes de haut-niveau, clusters d’entreprises et pôles de compétitivité, activité physique reliée aux thématiques de la santé et du bien-être sont utilisés au titre d’argumentaire pour rayonner et construire une image séduisante, attirer des visiteurs, vanter les atouts du territoire et la qualité du cadre de vie, fédérer la population locale. Il s'agit dès lors d'étudier particulièrement l’implication des élites politiques et économiques dans le travail de valorisation territoriale par le sport. Sont alors questionnées les dynamiques de projets : les réseaux élitaires qui progressivement se constituent, les coopérations, coalitions et alliances qui se nouent, les sociabilités qui en découlent (les coulisses de l’action publique en somme), mais aussi les éventuelles résistances et contestations que ces projets peuvent rencontrer dès lors qu’ils sont publicisés. Le terrain normand est ici privilégié. Un premier texte écrit avec Adrien Sonnet est venu alimenter l'Atlas social de Caen (2020 pour la version en ligne, 2022 aux PUR pour la version papier), projet porté par les collègues géographes de l'UMR ESO. Cet axe de recherche autour de l'attractivité territoriale est destiné à gagner en ambition via l'inscription dans un programme émergent au sein de la MRSH de Caen, qui vise à fédérer un collectif de chercheurs en sciences sociales travaillant sur le sport. Nommé « TerAtTerS » (pour Territoires attractifs, territoires sportifs), son démarrage est effectif depuis l'automne 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cursus & diplômes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023 - Habilitation à diriger des recherches, Université Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011 - Qualifié aux fonctions de maître de conférences en 19ème section (Sociologie, Démographie) du CNU</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2007 - Maître de conférences, UFR STAPS, Université de Caen Normandie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2007 - Qualifié aux fonctions de maître de conférences en 74ème section (STAPS) et 20ème section (Anthropologie biologique, ethnologie, préhistoire) du CNU</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2006 - Doctorat en STAPS, université de Rouen. Mention : Très honorable avec les félicitations du jury à l'unanimité</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2005-2006 - Attaché temporaire d'enseignement et de recherche, UFR STAPS, université Paris Sud XI</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2004-2005 - Attaché temporaire d'enseignement et de recherche, faculté des sciences du sport, université de Rouen</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001-2004 - Allocataire de recherche de l'Ecole doctorale « Savoirs, Critique et Expertises » de l'université de Rouen et moniteur de l'enseignement supérieur CIES « Grand Ouest »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001 - DEA STAPS « Habiletés motrices et cultures sportives », Université de Rouen. Major du DEA. Lauréat d'une bourse sur mérite universitaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LESTRELIN Ludovic, Des fondements du supportérisme contemporain à l'inscription du sport sur les territoires, dossier d'habilitation à diriger des recherches, sous la supervision d'Olivier Le Noé (professeur en STAPS, Université Paris Nanterre) ; dossier composé de 3 volumes : &amp;quot;Le métier de sociologue du sport&amp;quot; (mémoire de synthèse, 91 p.), &amp;quot;Sélection de travaux&amp;quot; (recueil de productions scientifiques, 479 p.), &amp;quot;La grandeur d'un supporter. Essai sur le charisme et la mémoire collective. Marseille, 1980-2020&amp;quot; (mémoire inédit, 433 p.).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Soutenue le 13 décembre 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membres du jury : Jean-Gabriel Contamin, Professeur de science politique, Université de Lille (rapporteur) ; Marion Fontaine, Professeure d'histoire contemporaine, Sciences Po Paris ; Sarah Gensburger, Directrice de recherche CNRS, ISP ; Olivier Le Noé, Professeur en STAPS, Université Paris Nanterre (garant) ; Nicolas Mariot, Directeur de recherche CNRS, CESSP ; Manuel Schotté, Professeur de sociologie, Université de Lille (rapporteur) ; Pierre-Paul Zalio, Professeur de sociologie, ENS Paris-Saclay (président).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LESTRELIN Ludovic, L'autre public des matches de football. Sociologie du « supportérisme à distance ». Le cas de l'Olympique de Marseille, Thèse pour le doctorat STAPS codirigée par Jacques Defrance (professeur des Universités, Université de Paris X - Nanterre) et Jean-Charles Basson (maître de conférences, Université de Toulouse III depuis février 2004, auparavant à l'Université de Rouen).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Soutenue le 29 novembre 2006.Mention Très honorable avec les félicitations du jury à l'unanimité</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membres du jury : Jean-Charles Basson, Maître de conférences en STAPS, Toulouse III ; Christian Bromberger, Professeur des universités d'ethnologie, Aix-Marseille I (rapporteur) ; Jacques Defrance, Professeur des universités en STAPS, Paris X-Nanterre ; Alain Loret, Professeur des universités en STAPS, Rouen (président) ; Andy Smith, Directeur de recherche à la fondation nationale des sciences politiques, IEP Bordeaux (rapporteur).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Se) jouer de la coopération intercommunale. Normes juridiques et stratégies de sauvegarde d’une capacité politique des villes thermales en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1, pp.5-24. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.251.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The crowd management failure at 2022 champions league final: inter-organisational analysis of a collective powerlessness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, [Published online], pp.1-21. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2025.2510943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les clubs professionnels de football. Objets économiques, objets politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l'économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35, pp.205-214. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rce.035.0205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le coût de la confiance. Le gouvernement local du thermalisme à l’épreuve de l’action collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (2), pp.93-114. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.232.0093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04167236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter un grand stade et sécuriser le spectacle sportif. Une conciliation délicate au sein des clubs professionnels de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 62 (3-4), pp.451-480. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfs.623.0451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03537181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une épidémie, c'est aussi de la sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Opinion Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Rayonnages - Sociétés, [2 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par le détour de l’humour. Le rire dans les groupes de supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Terrains [rubrique en ligne], 22 p. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/terrain.20858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le football, passionnément politique. AOC média</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Opinion Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Rayonnages - Sport - Football, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de l'ouvrage : De Waële J.-M., Louault F. (dir.), Soutenir l’équipe nationale de football. Enjeux politiques et identitaires, Bruxelles, éditions de l’Université de Bruxelles, 2016, 196 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.796-798</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des territoires du &amp;quot;bien vieillir&amp;quot; : recompositions du thermalisme et gouvernement municipal en France. Le cas de Bagnoles de l’Orne (Normandie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les territoires du vieillissement, 79, pp.53-72. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1041732ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03543991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermalisme : la montée en puissance du bien-être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les nouveaux marchés du football « Coup de projecteur sur la MLS », 173, pp.42-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Depé ». Un supporter icône de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 figures d’exception, 46 (3), pp.483-494. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.163.0483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’avantage de comparer les &amp;quot;carrières supportéristes&amp;quot; à des &amp;quot;carrières militantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Comparer le sport, 1 (8), pp.51-77. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.008.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Wittersheim, Supporters du PSG. Une enquête dans les tribunes populaires du Parc des Princes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires réinventés du football mondialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Peut-on aimer le football ?, 2 (78), pp.13-23. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.078.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands stades de football : laboratoires d’urbanité et créateurs d’identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urbanisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Grands stades en quête d’urbanité, 393, pp.58-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04004624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un club, un stade, une ville ? Géographie du supportérisme contemporain de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropolitiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Terrains, [5 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la route du stade. Mobilisations des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Helleu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (3), pp.291-315. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/socio.043.0291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entering into, staying, and being active in a group of football supporters: a procedural analysis of engagement. The case of supporters of a French football club</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (3), pp.492-513. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03906701.2012.730831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réguler le dopage ? Les failles de la gouvernance sportive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50 (1), pp.127-159. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ress.1161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter Rouen et supporter l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études normandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Hier, aujourd'hui, sports en Normandie, 60 (1), pp.59-68. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/etnor.2011.1837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Puerto affair: revealing the difficulties of the fight against doping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sport and Social Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35 (2), pp.186-208. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0193723511405478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires du football : l'espace des « supporters à distance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 38 (4), pp.345-358. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eg.384.0345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télévision, Internet et supportérisme à distance. Le cas français de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Médiatisation des publics sportifs, 30, pp.129-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tour de France 1998 et la régulation du dopage sportif : reconfiguration des rapports de force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3 (73), pp.9-23. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.073.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tour de France 1998 et la régulation du dopage sportif : reconfiguration des rapports de force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, n o 73 (3), pp.9-23. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.073.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The trajectories leading to supporting at a distance: the Olympique de Marseille case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal for Sport and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3 (2), pp.125-141. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16138171.2006.11687785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décalages identitaires dans le supportérisme à distance, entre illégitimité et authenticité : le cas de l’Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 14, pp.35-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension LA PASSION DU SPORT LE FOOTBALL, LE RUGBY ET LES APPARTENANCES EN EUROPEAndy SMITH∗. Presses Universitaires de Rennes, 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des supporters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. , 793, pp.128, 2022, Repères, Pacal Combemale, 9782348058233</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autre public des matchs de football. Sociologie des &amp;quot;supporters à distance&amp;quot; de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de l'École des hautes études en sciences sociales, 21, 384 p., 2010, (En temps &amp; lieux), 978-2-7132-2273-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de football saisis par les sciences sociales : un bilan des travaux français et quelques perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carmen Rial; Fábio Machado Pinto; Igor Martinache; Frédéric Rasera. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales face au football : échanges et perspectives franco-brésiliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aba Publicações</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-202, 2025, (Football : culture, politique et societé), 978-65-87289-55-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os torcedores de futebol sob o olhar das Ciências Sociais: um balanço dos estudos franceses e algumas perspectivas de pesquisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carmen Rial; Fábio Machado Pinto; Fréderic Rasera; Igor Martinache; Júlia da Rosa Simões. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ciências sociais e futebol – intercâmbio e perspectivas franco-brasileiras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aba Publicações</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.165-195, 2025, (Futebol: Cultura, Política e Sociedade)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fiasco du Stade de France : une lecture inter-organisationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des organisations &amp; management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le match de football ou l’expérience ordinaire des frontières sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Fontaine et Emmanuel Pedler. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’épreuve des frontières sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-84, 2023, Enquête, 978-2-7132-2911-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la station thermale au territoire d’ &amp;quot;excellence en santé&amp;quot;. Gouvernement municipal et action partenariale à Dax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Bordiec; Adrien Sonnet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique et partenariat(s). Enquêtes dans les territoires de l'éducation, de la santé et du social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Champ social éditions, pp.157-170, 2020, (Inclusion et coordination), 979-10-346-0574-3. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/chaso.bordi.2020.01.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03066805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des supporters entre Nîmes et Marseille (années 1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Époque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.211-233, 2019, (Histoire), 978-2-7535-7755-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préférer l'amour à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tatane : 50 idées joyeuses pour changer le foot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, pp.27-29, 2018, 978-2-07-510175-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporter une équipe nationale. De quelques enseignements tirés du cas de l’équipe de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Archambault; Stéphane Beaud; William Gasparini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le football des nations. Des terrains de jeu aux communautés imaginées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Éditions de la Sorbonne, pp.259-270, 2018, (Libres cours), 979-10-351-0073-5. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.78294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La passion des &amp;quot;supporters à distance&amp;quot; de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée des civilisations de l'Europe et de la Méditerranée (Marseille). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nous sommes foot : pour un football populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Sous-sol, pp.56-58, 2017, 9782364683303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment parler du football ? Littérature, science et société du samedi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décalages. Périple à travers le foot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Salto; Myths, pp.70-75, 2016, 978-2-9549356-0-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le match de football, vingt ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Digard; Benoît Fliche; Christophe Pons. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologue, passionnément. Études offertes à Christian Bromberger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Khartala, pp.181-195, 2016, 978-2-8111-1625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme politique : quelques réflexions programmatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Busset; William Gasparini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux frontières du football et du politique. Supportérismes et engagement militant dans l'espace public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Peter Lang, pp.21-41, 2016, (Savoirs sportifs), 978-3-0343-2476-2. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/978-3-0343-2489-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À quel &amp;quot;nous&amp;quot; se vouer ? Le supportérisme à distance et les nouveaux territoires identitaires du football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Rey; Bachir Zoudji. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le football dans tous ses états. Évolutions et questions d'actualités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.331-342, 2015, (Sciences et pratiques du sport. Science), 978-2-8041-9080-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une sociologie politique du supportérisme. Penser le militantisme et la partisanerie des supporters de football en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Busset; Roger Besson; Christophe Jaccoud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autre visage du supportérisme. Autorégulations, mobilisations collectives et mouvements sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-39, 2014, (Savoirs sportifs), 978-3-0352-0267-0. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/978-3-0352-0267-0/11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit et radicalisation de la lutte contre le hooliganisme en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Johanna Guillaumé; Nadine Dermit-Richard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Football et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Fondation Varenne, pp.109-125, 2012, (Collection Colloques &amp; essais), 978-2-916606-57-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme mouvement social. Action collective supportériste et référentiel dominant d’action publique en Europe. Le cas du &amp;quot;Progetto ultrà&amp;quot; de Bologne en Italie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillaume Robin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Football, Europe &amp; régulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.73-85, 2011, (Sports et sciences sociales)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport et ses publics. De quelques propriétés du spectacle sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bromberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Arnaud; Michaël Attali; Jean Saint-Martin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport en France. Une approche politique, économique et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Documentation française, pp.113-133, 2008, (Les Études de la Documentation française), 330-3-331-95276-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action publique européenne de contrôle du supportérisme saisie par l’action collective : le &amp;quot;Progetto ultrà&amp;quot; de Bologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis Cantarero; F. Xavier Medina; Ricardo Sánchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualidad en antropologia del deporte : investigacion y aplicacion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANKULEGI Antropologia Elkartea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.35-49, 2008, 978-84-691-4953-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance. Réflexions sur les attachements territoriaux et les formes de l'appartenance communautaire dans le football contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel De Waële; Alexandre Husting. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Football et identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l'Université libre de Bruxelles, pp.161-175, 2008, (Science politique), 978-2-8004-1409-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : une forme d'identification aux clubs de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société de sociologie du sport de langue française. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositions et pratiques sportives. Recherches et débats actuels en sociologie du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.331-344, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport et ses valeurs : mobilisation des acteurs et élaboration d’un consensus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florence Carpentier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport est-il éducatif ? Les valeurs : leur constitution, leur transmission. Approches historiques, sociologiques, philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen, pp.221-229, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parlementaires et supporters. La popularité de l’Olympique de Marseille auprès des députés et sénateurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas des sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 p. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48649/asds.643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Paris Saint-Germain. D’un club de football francilien à une franchise sportive mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas des Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 p. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48649/asds.521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04497611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing territorial et usages politiques des événements sportifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas social de Caen. De l'agglomération à la métropole ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.148-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire culturel du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.232-233. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.attal.2010.01.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire culturel du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.391-392. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.attal.2010.01.0253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dunning. Puissance et domination dans les &amp;quot;Public schools&amp;quot; (1700-1850). Une étude de cas et une discussion conceptuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.026.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport. Éditorial du numéro 25</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, pp.7-11. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.025.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sociologie française du sport et l’introduction des travaux de Norbert Elias et Eric Dunning. Le rôle d'un lecteur et d'un traducteur. Entretien avec Jacques Defrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport, n°25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.157-184. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.025.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurer l'équilibre entre l'enjeu marchand et la sécurité est un jeu d'équilibriste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécuriser les grands événements sportifs : que faut-il attendre des outils technologiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre vert du supportérisme. État des lieux et propositions d'actions pour le développement du volet préventif de la politique de gestion du supportérisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Mignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ministère des sports. 2010, 145 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux des dispositifs actuels de lutte contre le hooliganisme en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastassia Tsoukala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national des hautes études de sécurité. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04043017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des fondements du supportérisme contemporain à l'inscription du sport sur les territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Paris Nanterre, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05264367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autre public des matches de football. Sociologie du &amp;quot;supportérisme à distance&amp;quot;. Le cas de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université de rouen, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01985217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atlas des sports en ligne : jeux et enjeux de connaissances en régime de science ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Madoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Le Lay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dufraisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international : Les Enjeux des Jeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps. Université de Toulouse); Équipe Santé, éducation, situations de handicap (Université de Montpellier); Équipe Apsy-V (Université de Nîmes), Dec 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les villes thermales en situation de crise. La requalification touristique des territoires thermaux à l’épreuve de l’action collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Thermôsport-Workshop : Approche interdisciplinaire du thermalisme et des villes thermales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Lorraine, Feb 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de football et la marchandisation. Ou les usages du passé supportériste dans le présent footballistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIe congrès international de la Société de sociologie du sport de langue française "Les marchandisations du sport : dynamiques et modalités dans le champ des pratiques corporelles"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne-Ardenne, UFR STAPS, Jun 2025, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05095899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How a supporter became a famous figure at Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Sport and Collective memory"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Paris, Centre de sociologie des organisations et Institut des sciences sociales du politique, May 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier la part créative du supportérisme ultra. Proposition à partir du cas de Marseille dans les années 1980 et 1990</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Poétique du stade. Banderoles, chants et cris de supporters"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Namur, Jun 2025, Namur (Belgique), Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et gérer les dynamiques de foule dans le football : approches théoriques et stratégies d’atténuation des risques de violence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Viot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Logiques de la foule : perspectives pour une étude interdisciplinaire des rassemblements collectifs"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, May 2025, Lausanne ( CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surmonter les rivalités pour développer le territoire ? Analyse d’une stratégie politique de sortie de crise en contexte rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes journées de Recherche en Sciences Sociales INRAE, SFER, CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française d'économie rurale (SFER); INRAE (Institut national de recherche pour l'agriculture, l'alimentation et l'environnement); CIRAD (Centre de coopération internationale en recherche agronomique pour le développement), Dec 2025, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la station à la destination – La requalification touristique d’un territoire thermal au prisme de sa capacité politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approche interdisciplinaire du thermalisme et des villes thermales. Exploitation de la ressource "eau", patrimonialisation, adaptabilité du milieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Géographie, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiasco organisationnel du stade de France : la résilience des supporters, ultime recours aux manquements des pouvoirs publics en matière de sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès S2MS. "La recherche en management du sport peut-elle être durable, responsable, éthique ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société savante de management du sport / UFR STAPS de l'Université de Bourgogne, Dec 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de football saisis par les sciences sociales. Un bilan des travaux français et quelques perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales face au football. Échanges et perspectives franco-brésiliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCT / CNPq. Instituto Nacional de Ciência e Tecnologia - Futebol, Dec 2024, Aubervillers campus condorcet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fiasco du stade de France lors de la finale de ligue des champions 2022 de football. Quels enseignements avec les JOP de Paris 2024 en ligne de mire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque situations extrêmes et résilience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Clermont-Ferrand, May 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner les regards inter et intra-organisationnels pour une analyse sociologique des violences supportéristes lors de rencontres de football professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des organisations et management du sport. Enjeux et renouvellement d’un champ de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire VIPS EA4636 - Université de Rennes 2, Jan 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner les regards inter et intra-organisationnels pour une analyse sociologique des violences supportéristes lors de rencontres de football professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Sociologie des Organisations &amp; Management du Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S2MS - Université Rennes 2, Jan 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drapeaux, étendards, bannières. Saisir les usages des emblèmes en contexte sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’un drapeau ? Socio-histoire d’un dévoilement politique (XIXe-XXIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche bretonne et celtique (UMS 3554) - Université de Bretagne Occidentale, Nov 2021, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la station thermale au territoire de &amp;quot;santé&amp;quot; Gouvernement municipal et action publique partenariale à Dax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès international de la Société de sociologie du sport de langue française "Pratiques sportives, logiques sociales et enjeux territoriaux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de sociologie du sport de langue française; ESPÉ Aquitaine et UFR STAPS, Laces (EA 7437), May 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtuoses de l’humour. Ce que faire rire nous apprend des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : L'humour des supporters dans le football</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEVIPOL; Université libre de Bruxelles, Apr 2019, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la Journée d'étude &amp;quot;Sports, Tourisme et Territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports, Tourisme, Territoires. Les stratégies de développement territorial par les activités physiques et sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiques de la consécration. Visibilité, estime et grandeur dans le monde des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence : Football et sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM; Paris School of Economics, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermalisme, dynamique touristique et restructuration de la ville de Bagnoles de l'Orne. Un marketing territorial sous dépendance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Les requalifications à usage récréatif des territoires en marge ou en crise, un outil de développement territorial durable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Est Créteil; Lab’Urba (EA 3482), Jan 2018, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des territoires du &amp;quot;bien-vieillir&amp;quot;. Recompositions du thermalisme et gouvernement municipal en France. Le cas de Bagnoles de l’Orne (Normandie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème congrès de la 3 SLF. "Faire la passe et marquer. Débattre des usages sociaux des savoirs de sociologie du sport, du corps et de l’EPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de sociologie du sport de langue française (3 SLF); UFR STAPS - Université d’Artois; Sherpas (EA 7369) - Université d’Artois, Jun 2017, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme action collective. Quelques pistes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supportérismes et engagement militant dans l’espace public en Europe. Identités, actions collectives et réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre international d’étude du sport, Université de Strasbourg et Université libre de Bruxelles, Sep 2015, Neuchâtel (CH), Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À quel « nous » se vouer ? Les supporters de football dans « l'empire du choix »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Colloque Football &amp; Recherches : La prise de décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs Francophones en Football; Centre d’Étude Sport &amp; Actions Motrices (EA 4260); Université de Caen Normandie, May 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'espace en sociologie. Le football comme terrain d'enquête privilégié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l’espace en sociologie. Enjeux théoriques et pratiques de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association internationale des sociologues de langue française (Comité de recherche : Sociologie urbaine. Villes, sociétés et action publique); UMR Citeres (Université François-Rabelais Tours); Centre Max Weber (UMR 5253 Université Lyon II); Lab’Urba (Université Paris Est), Jul 2014, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une sociologie politique du supportérisme : penser le militantisme et la partisanerie des supporters de football en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop : L’autre visage du supportérisme. Autorégulations, mobilisations collectives et mouvements sociaux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre international d’étude du sport (CIES), Sep 2012, Neuchatel, Suisse. pp.21-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’avantage de comparer les carrières supportéristes à des carrières militantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Congrès international de la Société de sociologie du sport de langue française : Comparer le sport, usages et controverses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFR STAPS; Équipe de recherche « Sport &amp; sciences sociales » (EA 1342); Université de Strasbourg, May 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Puerto Affair: an international Breakdown of the Governance of Doping?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Sport &amp; Society, Cambridge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Cambridge, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02964535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire le déplacement&amp;quot; : Etre mobile pour être légitime. Le cas des supporters à distance de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Les cultures du déplacement. Mobilités et requalification des lieux et des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nîmes; Université Paul Valéry Montpellier III; UMR 5281 Acteurs, ressources et territoires dans le développement, Jun 2012, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme mouvement social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études - La sociologie des mobilisations : objets légitimes, méthodes consacrées et objets oubliés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’études et de recherches administratives et politiques (CERAPS, UMR 8026, Université Lille II,)), Sep 2011, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la thèse au livre. Retour sur une expérience et conseils livrés aux jeunes docteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Congrès international de la Société de sociologie du sport de langue française : Représenter le sport. Représentations, représentants et représentés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur le sport &amp; le mouvement (EA 2931); Université de Paris Ouest Nanterre, May 2011, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme est un militantisme. Mobilisations collectives supportéristes et lutte contre les nouvelles formes de contrôle social opérant dans le football européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Congrès de l’Association française de sociologie, RT21 « Mouvements sociaux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Université Pierre-Mendès-France, Jul 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit et radicalisation de la politique de contrôle du supportérisme en France et en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Football et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rouen, Faculté de Droit, des Sciences Economiques et de Gestion; Centre d’Etude des Systèmes Juridiques (CESJ), Oct 2011, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stade de football : haut lieu des supporters à distance. Les cas du Vélodrome de Marseille et du Camp Nou de Barcelone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Les stades et leurs publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Libre de Bruxelles; Institut d’études politiques de Paris; Centre d’études de la vie politique (CEVIPOL); Centre d’histoire (CHEVS), Mar 2010, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Europe des supporters. L’action collective supportériste comme alternative au référentiel dominant d’action publique. Le Progetto ultrà de Bologne en Italie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Y a-t-il un football européen ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe d’étude pour l’Europe de la culture et de la solidarité (GEPECS); Université Paris Descartes, May 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violences et racisme dans les stades de football : lacunes et ratés de la politique italienne de contrôle du supportérisme violent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Regards croisés sur la régulation sociale des désordres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RT3 Normes, déviances et réactions sociales de l’Association française de sociologie; RT21 Mouvements sociaux de l’Association française de sociologie; Institut du développement social, Oct 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Europe des supporters face à la mondialisation. L’action collective supportériste comme alternative au référentiel dominant d’action publique. Le Progetto ultrà de Bologne en Italie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international - La Coupe du Monde : passions sportives, spécificités du public et identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Luxembourg, Jun 2010, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace transterritorial des supporters radicaux de football. Réseaux internationaux, voyages partisans et processus de radicalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès de l’Association française de sociologie Violences et société, RT3 : Normes, déviances et réactions sociales - session : Violences dans les sports collectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Diderot, Apr 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action publique européenne de contrôle du supportérisme saisie par l’action collective : le &amp;quot;Progetto ultrà&amp;quot; de Bologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congreso de antropología Retos Teóricos y Nuevas Prácticas. Simposio - Actualidad en antropologia del deporte : investigacion y aplicación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federación de Asociaciones de Antropología del Estado Español (FAAEE), Universidad dei País Vasco, Sep 2008, San Sebastian, Espagne. pp.35-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'action publique européenne de contrôle du supportérisme saisie par l'action collective : le &amp;quot; Progetto ultra &amp;quot; de Bologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Congreso de antropologia, San Sebastian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Other Fans of Football Games. Sociology of &amp;quot;Supporting at a Distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th World Congress of Sociology of Sport "Sport in a Global World. Past, Present and Future", Thematic Session "Sports: Changes and Transfers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociology of Sport Association (ISSA), International Society for the History of Physical Education and Sport (ISHPES), Jul 2007, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agressions sur les routes des stades de football. Supportérisme à distance et problèmes d’ordre public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale pluridisciplinaire "Sports et violence(s) en Europe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rennes II, Conseil de l’Europe, Apr 2007, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance. Sociologie d’une identification singulière aux clubs de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "L’adhésion identitaire aux clubs sportifs"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Libre de Bruxelles, Groupe d’études pluridisciplinaires sport et sociétés (GEPSS), Apr 2005, Bruxelles (ULB Campus Solbosch), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Commitment into Supporting at the Distance. The Case of Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’Auvergne, Université Blaise Pascal, Laboratoire de biologie des activités physiques et sportives (BAPS), Jul 2004, Clermont -Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires identitaires du supportérisme français. Olympique de Marseille-Racing club de Lens : confrontation ethnologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème conférence de la Société internationale d’ethnologie et de folklore (SIEF), 3ème conférence de l’Association d’anthropologie méditerranéenne "Entre autres : rencontres et conflits en Europe et en Méditerranée"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Provence, Institut d’ethnologie méditerranéenne et comparative (IDEMEC), Apr 2004, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le double je(u) des supporters à distance. Le cas de l’Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Congrès international de la Société de sociologie du sport de langue française "Vivre du sport/pour le sport. Sociologies des cultures et des pratiques sportives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Paris Sud XI – Orsay, UFR STAPS, Unité de recherches sur les cultures sportives du Centre de recherches en sciences du sport (EA 1609), Oct 2004, Orsay (Université Paris-Sud 11), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : dédoublement identitaire et changement culturel. Le cas de l’Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères journées d’étude "Les jeunes face à la mobilité et à leur attachement territorial"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de l’Ouest, Institut de recherche fondamentale et appliquée, Mar 2004, Angers (Université catholique de l'Ouest), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La préservation des valeurs du sport : une responsabilité partagée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque international "Le sport est-il éducatif ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’études des transformations physiques et sportives (CETAPS), Faculté des sciences du sport de Rouen, Société française d’histoire du sport, Jun 2003, Mont-Saint-Aignan, Université de Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce que le supportérisme à distance ? Vers une sociologie fine des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul Sabatier-Toulouse III, UFR STAPS, Laboratoire « Acquisition et transmission des habiletés motrices », Oct 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : rapports à la norme et régulations de la déviance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entretiens de l’Institut national du sport et de l’éducation physique (INSEP), "Règle du jeu et violence dans le sport"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEP, Mar 2003, Paris INSEP, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting at a Distance: a Complex Form of Identification to the Football Teams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd World Congress of Sociology of Sport "Sport and Social Order. Challenges for Theory and Practice", Thematic Session "Fan Cultures in Sport"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociology of Sport Association (ISSA), German Sport University Cologne, Jun 2003, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : vers une complexification des identifications et des pratiques partisanes en faveur des clubs de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès international de la Société de sociologie du sport de langue française "Sport et vie sociale. Transformations, ruptures et permanences"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul Sabatier-Toulouse III, UFR STAPS, Laboratoire « Sport Organisation Identité » (EA 2044), Oct 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId182"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ludovic Lestrelin </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences HDR à l'Université de Caen Normandie (UFR STAPS).Chercheur au laboratoire Espaces et Sociétés UMR CNRS 6590</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ludovic-lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0000-8342-8181</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">115886605</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Puisant d’une part à la diversité conceptuelle et théorique des sciences sociales, fondées d’autre part sur des enquêtes de terrain approfondies et des méthodologies qualitatives (observations, entretiens semi-directifs, récits de vie, exploitation d’archives et analyses documentaires, cartographie), mes recherches se déclinent selon trois orientations complémentaires.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Socio-histoire du spectacle sportif</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes premiers travaux universitaires ont porté sur l’évolution des modes de consommation et de suivi du spectacle du football professionnel en Europe. L’investigation sociologique de collectifs de supporters de l’Olympique de Marseille résidant en Normandie, dans le Nord de la France et en région parisienne a permis de décrire la signification changeante des relations entre les équipes et leurs publics et de forger la notion de « </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">supportérisme à distance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> » pour </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">saisir la déterritorialisation relative de l’économie et de la culture du football</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : géographie nouvelle des soutiens, mobilité spatiale des supporters, rôle des médias et de la télévision, stratégies commerciales d'internationalisation des clubs. Ce travail a donné lieu à un livre (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autre public des matchs de football</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éd. EHESS, 2010), à des articles, entre autres dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Espace géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2009), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2013), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2014), et à diverses contributions dans des ouvrages (dont la dernière en date : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'épreuve des frontières sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éd. EHESS, 2023). Cette réflexion m’a amené à explorer le monde des « supporters » au sens large, appréhendés dans toutes les facettes de leur vie personnelle, en considérant que le supportérisme était une porte d'entrée pertinente pour documenter les univers de vie de certains groupes sociaux. Parmi les transformations identifiées figure ainsi l'importance grandissante des appartenances électives au sein des fractions (masculines) des classes populaires et moyennes. Mais l’étude des déclinaisons diverses de l’engagement supportériste s’insère aussi dans </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">une réflexion plus générale sur les formes d’investissements croisés dans le spectacle sportif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : dirigeants et salariés des clubs, journalistes, élus, riverains des infrastructures, autorités publiques, etc. Deux chantiers illustrent ce souci de relier les supporters aux autres catégories d'acteurs interagissant autour des compétitions. J'ai d'abord oeuvré, dès le tout début des années 2000 avec Jean-Charles Basson, à </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">importer les outils de la sociologie politique pour penser le supportérisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et évaluer si celui-ci peut être envisagé comme un objet concourant aux phénomènes politiques sans être formellement politique. Un article paru dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2015) montre ainsi l'intérêt théorique de comparer les carrières supportéristes à des carrières militantes. Afin de documenter la montée de la critique et de la protestation parmi les groupes de supporters européens, deux textes au caractère programmatique ont pris place dans des ouvrages collectifs (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autre visage du supportérisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2014 ; </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux frontières du football et du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, 2016). Depuis 2020, l'encadrement avec Michel Koebel de la thèse de Derya Uygun sur le supportérisme en Turquie prolonge ce volet de recherche. Un autre chantier, ouvert au milieu des années 2010, porte sur la trajectoire biographique et posthume d'un supporter icône de l'Olympique de Marseille, dont la renommée a largement dépassé les frontières du stade : Patrice De Peretti dit Depé. Deux articles parus dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2016) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2020) posent les premiers jalons d'une enquête de longue durée que je chercherai à valoriser dans les années à venir. Par ailleurs, la prise en compte des modes évolutifs d'assistance aux spectacles et d'expression du soutien, au cours du XXe siècle, est une préoccupation. Le dialogue avec les collègues historiens s'est concrétisé par ma participation à un ouvrage collectif sur l'histoire des supporters dirigé par Philippe Tétart (PUR, 2019), via un chapitre écrit avec Marion Fontaine portant sur Nîmes et Marseille dans les années 1920 et 1930. Au final, ce sont en fait les dimensions sociales, économiques et politiques du sport dans sa version spectaculaire qui m’intéressent. Ce programme de recherche, qui s'est donc déployé dans des directions diverses, connaît une forme d'aboutissement avec la rédaction d'un livre de synthèse qui a été publié en octobre 2022 (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des supporters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions La Découverte, collection &amp;quot;Repères&amp;quot;).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Action collective et logiques de la coordination : le cas des professionnels de l'événementiel sportif</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La première orientation de recherche trouve un prolongement avec l’analyse de l’essor du modèle néolibéral de spectacle sportif, marqué par la hausse des impératifs commerciaux reliés aux enjeux accrus de sécurisation. Les matchs de football, notamment, sont depuis longtemps construits comme un spectacle commercial. Depuis quelques décennies, ils se caractérisent aussi par le déploiement d’un important dispositif sécuritaire pour gérer les risques de désordres et protéger leur potentiel marchand. Ce dispositif, qui met en jeu une chaîne d’acteurs étendue et complexe, suppose des moyens humains, technologiques et matériels conséquents. L’investigation se porte alors sur </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">le travail au sein des organisations en charge de la bonne tenue des événements sportifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, entre autres les clubs professionnels qui ont connu d’importantes transformations depuis les années 1980 en adoptant progressivement le statut de sociétés commerciales. Au croisement de la sociologie économique, du travail et de l’action organisée, les questions étudiées sont celles des </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">logiques de la coordination entre acteurs, de l'articulation entre autorité et capacité à résoudre collectivement des problèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Les enjeux de l’internalisation et de l’externalisation, des usages des outils de gestion, des nouvelles technologies et du numérique retiennent aussi l'attention. Concrétisée récemment par la publication d'un article dans la </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2021, écrit avec Bastien Soulé), cette orientation de recherche vise à s’inscrire plus largement dans la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">dynamique des études urbaines portant sur la « smart city » et la « safe city »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Elle vient renouveler la collaboration avec Bastien Soulé qui avait initialement porté sur le dopage aux travers de deux articles parus dans le </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sport and Social Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2011) et la </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue européenne des sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2012).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. La valorisation territoriale par le sport</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La troisième orientation de mes recherches s'est affirmée au fil de l'encadrement, avec Marina Honta, de la thèse d'Adrien Sonnet (2020), qui porte sur le gouvernement municipal des villes thermales françaises. Y est notamment pointé le recours récurrent aux activités physiques et au registre discursif du bien-être pour moderniser l'offre et attirer une clientèle disposant de ressources économiques, soucieuse de sa santé. Ce travail a, pour le moment, donné lieu à des articles dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2017), dans </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2017) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement et Action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (2023), à un chapitre d'ouvrage (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique et partenariats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020), en attendant d'autres valorisations à venir. Il est désormais relié directement à une réflexion sur « </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’attractivité territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> », discours qui s’est diffusé à tous les échelons de l’action publique locale, des municipalités aux régions en passant par les départements et intercommunalités, dans un contexte de concurrence généralisée. Le sport constitue, à ce titre, une composante de l'offre territoriale et du récit voulu par les élus et porté par diverses organisations impliquées dans les démarches de marketing. Équipements et sites sportifs structurants, événements ponctuels et récurrents, performances des clubs et athlètes de haut-niveau, clusters d’entreprises et pôles de compétitivité, activité physique reliée aux thématiques de la santé et du bien-être sont utilisés au titre d’argumentaire pour rayonner et construire une image séduisante, attirer des visiteurs, vanter les atouts du territoire et la qualité du cadre de vie, fédérer la population locale. Il s'agit dès lors d'étudier particulièrement l’implication des élites politiques et économiques dans le travail de valorisation territoriale par le sport. Sont alors questionnées les dynamiques de projets : les réseaux élitaires qui progressivement se constituent, les coopérations, coalitions et alliances qui se nouent, les sociabilités qui en découlent (les coulisses de l’action publique en somme), mais aussi les éventuelles résistances et contestations que ces projets peuvent rencontrer dès lors qu’ils sont publicisés. Le terrain normand est ici privilégié. Un premier texte écrit avec Adrien Sonnet est venu alimenter l'Atlas social de Caen (2020 pour la version en ligne, 2022 aux PUR pour la version papier), projet porté par les collègues géographes de l'UMR ESO. Cet axe de recherche autour de l'attractivité territoriale est destiné à gagner en ambition via l'inscription dans un programme émergent au sein de la MRSH de Caen, qui vise à fédérer un collectif de chercheurs en sciences sociales travaillant sur le sport. Nommé « TerAtTerS » (pour Territoires attractifs, territoires sportifs), son démarrage est effectif depuis l'automne 2022.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cursus & diplômes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2023 - Habilitation à diriger des recherches, Université Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2011 - Qualifié aux fonctions de maître de conférences en 19ème section (Sociologie, Démographie) du CNU</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2007 - Maître de conférences, UFR STAPS, Université de Caen Normandie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2007 - Qualifié aux fonctions de maître de conférences en 74ème section (STAPS) et 20ème section (Anthropologie biologique, ethnologie, préhistoire) du CNU</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2006 - Doctorat en STAPS, université de Rouen. Mention : Très honorable avec les félicitations du jury à l'unanimité</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2005-2006 - Attaché temporaire d'enseignement et de recherche, UFR STAPS, université Paris Sud XI</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2004-2005 - Attaché temporaire d'enseignement et de recherche, faculté des sciences du sport, université de Rouen</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001-2004 - Allocataire de recherche de l'Ecole doctorale « Savoirs, Critique et Expertises » de l'université de Rouen et moniteur de l'enseignement supérieur CIES « Grand Ouest »</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2001 - DEA STAPS « Habiletés motrices et cultures sportives », Université de Rouen. Major du DEA. Lauréat d'une bourse sur mérite universitaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LESTRELIN Ludovic, Des fondements du supportérisme contemporain à l'inscription du sport sur les territoires, dossier d'habilitation à diriger des recherches, sous la supervision d'Olivier Le Noé (professeur en STAPS, Université Paris Nanterre) ; dossier composé de 3 volumes : &amp;quot;Le métier de sociologue du sport&amp;quot; (mémoire de synthèse, 91 p.), &amp;quot;Sélection de travaux&amp;quot; (recueil de productions scientifiques, 479 p.), &amp;quot;La grandeur d'un supporter. Essai sur le charisme et la mémoire collective. Marseille, 1980-2020&amp;quot; (mémoire inédit, 433 p.).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Soutenue le 13 décembre 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membres du jury : Jean-Gabriel Contamin, Professeur de science politique, Université de Lille (rapporteur) ; Marion Fontaine, Professeure d'histoire contemporaine, Sciences Po Paris ; Sarah Gensburger, Directrice de recherche CNRS, ISP ; Olivier Le Noé, Professeur en STAPS, Université Paris Nanterre (garant) ; Nicolas Mariot, Directeur de recherche CNRS, CESSP ; Manuel Schotté, Professeur de sociologie, Université de Lille (rapporteur) ; Pierre-Paul Zalio, Professeur de sociologie, ENS Paris-Saclay (président).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LESTRELIN Ludovic, L'autre public des matches de football. Sociologie du « supportérisme à distance ». Le cas de l'Olympique de Marseille, Thèse pour le doctorat STAPS codirigée par Jacques Defrance (professeur des Universités, Université de Paris X - Nanterre) et Jean-Charles Basson (maître de conférences, Université de Toulouse III depuis février 2004, auparavant à l'Université de Rouen).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Soutenue le 29 novembre 2006.Mention Très honorable avec les félicitations du jury à l'unanimité</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membres du jury : Jean-Charles Basson, Maître de conférences en STAPS, Toulouse III ; Christian Bromberger, Professeur des universités d'ethnologie, Aix-Marseille I (rapporteur) ; Jacques Defrance, Professeur des universités en STAPS, Paris X-Nanterre ; Alain Loret, Professeur des universités en STAPS, Rouen (président) ; Andy Smith, Directeur de recherche à la fondation nationale des sciences politiques, IEP Bordeaux (rapporteur).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Se) jouer de la coopération intercommunale. Normes juridiques et stratégies de sauvegarde d’une capacité politique des villes thermales en milieu rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1, pp.5-24. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/reru.251.0005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The crowd management failure at 2022 champions league final: inter-organisational analysis of a collective powerlessness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, [Published online], pp.1-21. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17430437.2025.2510943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les clubs professionnels de football. Objets économiques, objets politiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regards croisés sur l'économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 35, pp.205-214. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rce.035.0205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04846091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le coût de la confiance. Le gouvernement local du thermalisme à l’épreuve de l’action collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (2), pp.93-114. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.232.0093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04167236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter un grand stade et sécuriser le spectacle sportif. Une conciliation délicate au sein des clubs professionnels de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 62 (3-4), pp.451-480. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfs.623.0451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03537181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une épidémie, c'est aussi de la sociologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Opinion Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Rayonnages - Sociétés, [2 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par le détour de l’humour. Le rire dans les groupes de supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Terrains [rubrique en ligne], 22 p. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/terrain.20858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03070266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le football, passionnément politique. AOC média</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Opinion Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Rayonnages - Sport - Football, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension de l'ouvrage : De Waële J.-M., Louault F. (dir.), Soutenir l’équipe nationale de football. Enjeux politiques et identitaires, Bruxelles, éditions de l’Université de Bruxelles, 2016, 196 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Science Politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.796-798</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des territoires du &amp;quot;bien vieillir&amp;quot; : recompositions du thermalisme et gouvernement municipal en France. Le cas de Bagnoles de l’Orne (Normandie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les territoires du vieillissement, 79, pp.53-72. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1041732ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03543991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermalisme : la montée en puissance du bien-être</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les nouveaux marchés du football « Coup de projecteur sur la MLS », 173, pp.42-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Depé ». Un supporter icône de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 figures d’exception, 46 (3), pp.483-494. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.163.0483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’avantage de comparer les &amp;quot;carrières supportéristes&amp;quot; à des &amp;quot;carrières militantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Comparer le sport, 1 (8), pp.51-77. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.008.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires réinventés du football mondialisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Peut-on aimer le football ?, 2 (78), pp.13-23. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.078.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Wittersheim, Supporters du PSG. Une enquête dans les tribunes populaires du Parc des Princes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lectures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grands stades de football : laboratoires d’urbanité et créateurs d’identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urbanisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Grands stades en quête d’urbanité, 393, pp.58-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04004624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un club, un stade, une ville ? Géographie du supportérisme contemporain de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropolitiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Terrains, [5 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la route du stade. Mobilisations des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Helleu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (3), pp.291-315. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/socio.043.0291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entering into, staying, and being active in a group of football supporters: a procedural analysis of engagement. The case of supporters of a French football club</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (3), pp.492-513. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03906701.2012.730831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réguler le dopage ? Les failles de la gouvernance sportive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50 (1), pp.127-159. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ress.1161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Puerto affair: revealing the difficulties of the fight against doping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sport and Social Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35 (2), pp.186-208. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0193723511405478⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter Rouen et supporter l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études normandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Hier, aujourd'hui, sports en Normandie, 60 (1), pp.59-68. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/etnor.2011.1837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires du football : l'espace des « supporters à distance »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 38 (4), pp.345-358. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/eg.384.0345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Télévision, Internet et supportérisme à distance. Le cas français de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Médiatisation des publics sportifs, 30, pp.129-146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The trajectories leading to supporting at a distance: the Olympique de Marseille case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal for Sport and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3 (2), pp.125-141. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/16138171.2006.11687785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tour de France 1998 et la régulation du dopage sportif : reconfiguration des rapports de force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, n o 73 (3), pp.9-23. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.073.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tour de France 1998 et la régulation du dopage sportif : reconfiguration des rapports de force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3 (73), pp.9-23. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.073.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décalages identitaires dans le supportérisme à distance, entre illégitimité et authenticité : le cas de l’Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 14, pp.35-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension LA PASSION DU SPORT LE FOOTBALL, LE RUGBY ET LES APPARTENANCES EN EUROPEAndy SMITH∗. Presses Universitaires de Rennes, 2002</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne de Management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des supporters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Découverte. , 793, pp.128, 2022, Repères, Pacal Combemale, 9782348058233</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autre public des matchs de football. Sociologie des &amp;quot;supporters à distance&amp;quot; de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions de l'École des hautes études en sciences sociales, 21, 384 p., 2010, (En temps &amp; lieux), 978-2-7132-2273-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de football saisis par les sciences sociales : un bilan des travaux français et quelques perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carmen Rial; Fábio Machado Pinto; Igor Martinache; Frédéric Rasera. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales face au football : échanges et perspectives franco-brésiliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aba Publicações</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-202, 2025, (Football : culture, politique et societé), 978-65-87289-55-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Os torcedores de futebol sob o olhar das Ciências Sociais: um balanço dos estudos franceses e algumas perspectivas de pesquisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carmen Rial; Fábio Machado Pinto; Fréderic Rasera; Igor Martinache; Júlia da Rosa Simões. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ciências sociais e futebol – intercâmbio e perspectivas franco-brasileiras</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aba Publicações</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.165-195, 2025, (Futebol: Cultura, Política e Sociedade)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fiasco du Stade de France : une lecture inter-organisationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des organisations &amp; management du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le match de football ou l’expérience ordinaire des frontières sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Fontaine et Emmanuel Pedler. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’épreuve des frontières sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions de l'EHESS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.65-84, 2023, Enquête, 978-2-7132-2911-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la station thermale au territoire d’ &amp;quot;excellence en santé&amp;quot;. Gouvernement municipal et action partenariale à Dax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Bordiec; Adrien Sonnet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Action publique et partenariat(s). Enquêtes dans les territoires de l'éducation, de la santé et du social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Champ social éditions, pp.157-170, 2020, (Inclusion et coordination), 979-10-346-0574-3. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/chaso.bordi.2020.01.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03066805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la recherche des supporters entre Nîmes et Marseille (années 1930)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Côté tribunes. Les supporters en France de la Belle Époque aux années 1930</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.211-233, 2019, (Histoire), 978-2-7535-7755-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporter une équipe nationale. De quelques enseignements tirés du cas de l’équipe de France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fabien Archambault; Stéphane Beaud; William Gasparini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le football des nations. Des terrains de jeu aux communautés imaginées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Éditions de la Sorbonne, pp.259-270, 2018, (Libres cours), 979-10-351-0073-5. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.78294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préférer l'amour à distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tatane : 50 idées joyeuses pour changer le foot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Gallimard, pp.27-29, 2018, 978-2-07-510175-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La passion des &amp;quot;supporters à distance&amp;quot; de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée des civilisations de l'Europe et de la Méditerranée (Marseille). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nous sommes foot : pour un football populaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Sous-sol, pp.56-58, 2017, 9782364683303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment parler du football ? Littérature, science et société du samedi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décalages. Périple à travers le foot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Salto; Myths, pp.70-75, 2016, 978-2-9549356-0-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le match de football, vingt ans après</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Digard; Benoît Fliche; Christophe Pons. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologue, passionnément. Études offertes à Christian Bromberger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Khartala, pp.181-195, 2016, 978-2-8111-1625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme politique : quelques réflexions programmatiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Busset; William Gasparini. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux frontières du football et du politique. Supportérismes et engagement militant dans l'espace public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 8, Peter Lang, pp.21-41, 2016, (Savoirs sportifs), 978-3-0343-2476-2. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/978-3-0343-2489-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À quel &amp;quot;nous&amp;quot; se vouer ? Le supportérisme à distance et les nouveaux territoires identitaires du football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Rey; Bachir Zoudji. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le football dans tous ses états. Évolutions et questions d'actualités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.331-342, 2015, (Sciences et pratiques du sport. Science), 978-2-8041-9080-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une sociologie politique du supportérisme. Penser le militantisme et la partisanerie des supporters de football en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas Busset; Roger Besson; Christophe Jaccoud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'autre visage du supportérisme. Autorégulations, mobilisations collectives et mouvements sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.21-39, 2014, (Savoirs sportifs), 978-3-0352-0267-0. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3726/978-3-0352-0267-0/11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit et radicalisation de la lutte contre le hooliganisme en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Johanna Guillaumé; Nadine Dermit-Richard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Football et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Fondation Varenne, pp.109-125, 2012, (Collection Colloques &amp; essais), 978-2-916606-57-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme mouvement social. Action collective supportériste et référentiel dominant d’action publique en Europe. Le cas du &amp;quot;Progetto ultrà&amp;quot; de Bologne en Italie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guillaume Robin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Football, Europe &amp; régulations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.73-85, 2011, (Sports et sciences sociales)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport et ses publics. De quelques propriétés du spectacle sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bromberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Arnaud; Michaël Attali; Jean Saint-Martin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport en France. Une approche politique, économique et sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Documentation française, pp.113-133, 2008, (Les Études de la Documentation française), 330-3-331-95276-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action publique européenne de contrôle du supportérisme saisie par l’action collective : le &amp;quot;Progetto ultrà&amp;quot; de Bologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis Cantarero; F. Xavier Medina; Ricardo Sánchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualidad en antropologia del deporte : investigacion y aplicacion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANKULEGI Antropologia Elkartea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.35-49, 2008, 978-84-691-4953-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance. Réflexions sur les attachements territoriaux et les formes de l'appartenance communautaire dans le football contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel De Waële; Alexandre Husting. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Football et identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de l'Université libre de Bruxelles, pp.161-175, 2008, (Science politique), 978-2-8004-1409-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : une forme d'identification aux clubs de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société de sociologie du sport de langue française. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dispositions et pratiques sportives. Recherches et débats actuels en sociologie du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.331-344, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport et ses valeurs : mobilisation des acteurs et élaboration d’un consensus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florence Carpentier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport est-il éducatif ? Les valeurs : leur constitution, leur transmission. Approches historiques, sociologiques, philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen, pp.221-229, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parlementaires et supporters. La popularité de l’Olympique de Marseille auprès des députés et sénateurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas des sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 p. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48649/asds.643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04772062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Paris Saint-Germain. D’un club de football francilien à une franchise sportive mondiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas des Sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 p. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48649/asds.521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04497611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marketing territorial et usages politiques des événements sportifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas social de Caen. De l'agglomération à la métropole ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.148-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03880589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire culturel du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.232-233. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.attal.2010.01.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire culturel du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.391-392. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.attal.2010.01.0253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dunning. Puissance et domination dans les &amp;quot;Public schools&amp;quot; (1700-1850). Une étude de cas et une discussion conceptuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.026.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sociologie française du sport et l’introduction des travaux de Norbert Elias et Eric Dunning. Le rôle d'un lecteur et d'un traducteur. Entretien avec Jacques Defrance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Defrance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport, n°25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.157-184. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.025.0157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sciences sociales et sport. Éditorial du numéro 25</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, pp.7-11. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsss.025.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05042585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assurer l'équilibre entre l'enjeu marchand et la sécurité est un jeu d'équilibriste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.30-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécuriser les grands événements sportifs : que faut-il attendre des outils technologiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livre vert du supportérisme. État des lieux et propositions d'actions pour le développement du volet préventif de la politique de gestion du supportérisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Mignon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ministère des sports. 2010, 145 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux des dispositifs actuels de lutte contre le hooliganisme en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastassia Tsoukala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut national des hautes études de sécurité. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04043017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des fondements du supportérisme contemporain à l'inscription du sport sur les territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Paris Nanterre, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05264367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autre public des matches de football. Sociologie du &amp;quot;supportérisme à distance&amp;quot;. Le cas de l'Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université de rouen, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01985217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un atlas des sports en ligne : jeux et enjeux de connaissances en régime de science ouverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Madoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvonnick Le Lay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dufraisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international : Les Enjeux des Jeux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps. Université de Toulouse); Équipe Santé, éducation, situations de handicap (Université de Montpellier); Équipe Apsy-V (Université de Nîmes), Dec 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les villes thermales en situation de crise. La requalification touristique des territoires thermaux à l’épreuve de l’action collective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Thermôsport-Workshop : Approche interdisciplinaire du thermalisme et des villes thermales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Lorraine, Feb 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de football et la marchandisation. Ou les usages du passé supportériste dans le présent footballistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIIe congrès international de la Société de sociologie du sport de langue française "Les marchandisations du sport : dynamiques et modalités dans le champ des pratiques corporelles"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne-Ardenne, UFR STAPS, Jun 2025, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05095899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How a supporter became a famous figure at Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Sport and Collective memory"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sciences Po Paris, Centre de sociologie des organisations et Institut des sciences sociales du politique, May 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et gérer les dynamiques de foule dans le football : approches théoriques et stratégies d’atténuation des risques de violence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Viot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Logiques de la foule : perspectives pour une étude interdisciplinaire des rassemblements collectifs"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lausanne, May 2025, Lausanne ( CH), Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier la part créative du supportérisme ultra. Proposition à partir du cas de Marseille dans les années 1980 et 1990</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Poétique du stade. Banderoles, chants et cris de supporters"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Namur, Jun 2025, Namur (Belgique), Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05096471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surmonter les rivalités pour développer le territoire ? Analyse d’une stratégie politique de sortie de crise en contexte rural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes journées de Recherche en Sciences Sociales INRAE, SFER, CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société française d'économie rurale (SFER); INRAE (Institut national de recherche pour l'agriculture, l'alimentation et l'environnement); CIRAD (Centre de coopération internationale en recherche agronomique pour le développement), Dec 2025, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiasco organisationnel du stade de France : la résilience des supporters, ultime recours aux manquements des pouvoirs publics en matière de sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès S2MS. "La recherche en management du sport peut-elle être durable, responsable, éthique ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société savante de management du sport / UFR STAPS de l'Université de Bourgogne, Dec 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la station à la destination – La requalification touristique d’un territoire thermal au prisme de sa capacité politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approche interdisciplinaire du thermalisme et des villes thermales. Exploitation de la ressource "eau", patrimonialisation, adaptabilité du milieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Géographie, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les supporters de football saisis par les sciences sociales. Un bilan des travaux français et quelques perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales face au football. Échanges et perspectives franco-brésiliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCT / CNPq. Instituto Nacional de Ciência e Tecnologia - Futebol, Dec 2024, Aubervillers campus condorcet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fiasco du stade de France lors de la finale de ligue des champions 2022 de football. Quels enseignements avec les JOP de Paris 2024 en ligne de mire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque situations extrêmes et résilience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MSH Clermont-Ferrand, May 2024, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner les regards inter et intra-organisationnels pour une analyse sociologique des violences supportéristes lors de rencontres de football professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium Sociologie des Organisations &amp; Management du Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, S2MS - Université Rennes 2, Jan 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combiner les regards inter et intra-organisationnels pour une analyse sociologique des violences supportéristes lors de rencontres de football professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des organisations et management du sport. Enjeux et renouvellement d’un champ de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire VIPS EA4636 - Université de Rennes 2, Jan 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drapeaux, étendards, bannières. Saisir les usages des emblèmes en contexte sportif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu’est-ce qu’un drapeau ? Socio-histoire d’un dévoilement politique (XIXe-XXIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche bretonne et celtique (UMS 3554) - Université de Bretagne Occidentale, Nov 2021, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la station thermale au territoire de &amp;quot;santé&amp;quot; Gouvernement municipal et action publique partenariale à Dax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès international de la Société de sociologie du sport de langue française "Pratiques sportives, logiques sociales et enjeux territoriaux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de sociologie du sport de langue française; ESPÉ Aquitaine et UFR STAPS, Laces (EA 7437), May 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtuoses de l’humour. Ce que faire rire nous apprend des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : L'humour des supporters dans le football</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEVIPOL; Université libre de Bruxelles, Apr 2019, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiques de la consécration. Visibilité, estime et grandeur dans le monde des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence : Football et sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM; Paris School of Economics, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la Journée d'étude &amp;quot;Sports, Tourisme et Territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports, Tourisme, Territoires. Les stratégies de développement territorial par les activités physiques et sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermalisme, dynamique touristique et restructuration de la ville de Bagnoles de l'Orne. Un marketing territorial sous dépendance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Les requalifications à usage récréatif des territoires en marge ou en crise, un outil de développement territorial durable ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris-Est Créteil; Lab’Urba (EA 3482), Jan 2018, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique des territoires du &amp;quot;bien-vieillir&amp;quot;. Recompositions du thermalisme et gouvernement municipal en France. Le cas de Bagnoles de l’Orne (Normandie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Sonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Honta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème congrès de la 3 SLF. "Faire la passe et marquer. Débattre des usages sociaux des savoirs de sociologie du sport, du corps et de l’EPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de sociologie du sport de langue française (3 SLF); UFR STAPS - Université d’Artois; Sherpas (EA 7369) - Université d’Artois, Jun 2017, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme action collective. Quelques pistes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supportérismes et engagement militant dans l’espace public en Europe. Identités, actions collectives et réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre international d’étude du sport, Université de Strasbourg et Université libre de Bruxelles, Sep 2015, Neuchâtel (CH), Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À quel « nous » se vouer ? Les supporters de football dans « l'empire du choix »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Colloque Football &amp; Recherches : La prise de décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Chercheurs Francophones en Football; Centre d’Étude Sport &amp; Actions Motrices (EA 4260); Université de Caen Normandie, May 2014, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'espace en sociologie. Le football comme terrain d'enquête privilégié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l’espace en sociologie. Enjeux théoriques et pratiques de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association internationale des sociologues de langue française (Comité de recherche : Sociologie urbaine. Villes, sociétés et action publique); UMR Citeres (Université François-Rabelais Tours); Centre Max Weber (UMR 5253 Université Lyon II); Lab’Urba (Université Paris Est), Jul 2014, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une sociologie politique du supportérisme : penser le militantisme et la partisanerie des supporters de football en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop : L’autre visage du supportérisme. Autorégulations, mobilisations collectives et mouvements sociaux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre international d’étude du sport (CIES), Sep 2012, Neuchatel, Suisse. pp.21-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’avantage de comparer les carrières supportéristes à des carrières militantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Congrès international de la Société de sociologie du sport de langue française : Comparer le sport, usages et controverses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UFR STAPS; Équipe de recherche « Sport &amp; sciences sociales » (EA 1342); Université de Strasbourg, May 2013, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Puerto Affair: an international Breakdown of the Governance of Doping?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Soulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Sport &amp; Society, Cambridge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Cambridge, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02964535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire le déplacement&amp;quot; : Etre mobile pour être légitime. Le cas des supporters à distance de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Les cultures du déplacement. Mobilités et requalification des lieux et des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nîmes; Université Paul Valéry Montpellier III; UMR 5281 Acteurs, ressources et territoires dans le développement, Jun 2012, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la thèse au livre. Retour sur une expérience et conseils livrés aux jeunes docteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Congrès international de la Société de sociologie du sport de langue française : Représenter le sport. Représentations, représentants et représentés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche sur le sport &amp; le mouvement (EA 2931); Université de Paris Ouest Nanterre, May 2011, Nanterre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme comme mouvement social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études - La sociologie des mobilisations : objets légitimes, méthodes consacrées et objets oubliés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’études et de recherches administratives et politiques (CERAPS, UMR 8026, Université Lille II,)), Sep 2011, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droit et radicalisation de la politique de contrôle du supportérisme en France et en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Football et Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rouen, Faculté de Droit, des Sciences Economiques et de Gestion; Centre d’Etude des Systèmes Juridiques (CESJ), Oct 2011, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme est un militantisme. Mobilisations collectives supportéristes et lutte contre les nouvelles formes de contrôle social opérant dans le football européen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e Congrès de l’Association française de sociologie, RT21 « Mouvements sociaux »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de sociologie, Université Pierre-Mendès-France, Jul 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violences et racisme dans les stades de football : lacunes et ratés de la politique italienne de contrôle du supportérisme violent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Regards croisés sur la régulation sociale des désordres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RT3 Normes, déviances et réactions sociales de l’Association française de sociologie; RT21 Mouvements sociaux de l’Association française de sociologie; Institut du développement social, Oct 2010, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Europe des supporters. L’action collective supportériste comme alternative au référentiel dominant d’action publique. Le Progetto ultrà de Bologne en Italie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Y a-t-il un football européen ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe d’étude pour l’Europe de la culture et de la solidarité (GEPECS); Université Paris Descartes, May 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le stade de football : haut lieu des supporters à distance. Les cas du Vélodrome de Marseille et du Camp Nou de Barcelone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Les stades et leurs publics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Libre de Bruxelles; Institut d’études politiques de Paris; Centre d’études de la vie politique (CEVIPOL); Centre d’histoire (CHEVS), Mar 2010, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Europe des supporters face à la mondialisation. L’action collective supportériste comme alternative au référentiel dominant d’action publique. Le Progetto ultrà de Bologne en Italie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international - La Coupe du Monde : passions sportives, spécificités du public et identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Luxembourg, Jun 2010, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace transterritorial des supporters radicaux de football. Réseaux internationaux, voyages partisans et processus de radicalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e Congrès de l’Association française de sociologie Violences et société, RT3 : Normes, déviances et réactions sociales - session : Violences dans les sports collectifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paris Diderot, Apr 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'action publique européenne de contrôle du supportérisme saisie par l'action collective : le &amp;quot; Progetto ultra &amp;quot; de Bologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XI Congreso de antropologia, San Sebastian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action publique européenne de contrôle du supportérisme saisie par l’action collective : le &amp;quot;Progetto ultrà&amp;quot; de Bologne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Congreso de antropología Retos Teóricos y Nuevas Prácticas. Simposio - Actualidad en antropologia del deporte : investigacion y aplicación</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federación de Asociaciones de Antropología del Estado Español (FAAEE), Universidad dei País Vasco, Sep 2008, San Sebastian, Espagne. pp.35-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Other Fans of Football Games. Sociology of &amp;quot;Supporting at a Distance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th World Congress of Sociology of Sport "Sport in a Global World. Past, Present and Future", Thematic Session "Sports: Changes and Transfers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociology of Sport Association (ISSA), International Society for the History of Physical Education and Sport (ISHPES), Jul 2007, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agressions sur les routes des stades de football. Supportérisme à distance et problèmes d’ordre public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale pluridisciplinaire "Sports et violence(s) en Europe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Rennes II, Conseil de l’Europe, Apr 2007, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance. Sociologie d’une identification singulière aux clubs de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "L’adhésion identitaire aux clubs sportifs"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Libre de Bruxelles, Groupe d’études pluridisciplinaires sport et sociétés (GEPSS), Apr 2005, Bruxelles (ULB Campus Solbosch), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires identitaires du supportérisme français. Olympique de Marseille-Racing club de Lens : confrontation ethnologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Basson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème conférence de la Société internationale d’ethnologie et de folklore (SIEF), 3ème conférence de l’Association d’anthropologie méditerranéenne "Entre autres : rencontres et conflits en Europe et en Méditerranée"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Provence, Institut d’ethnologie méditerranéenne et comparative (IDEMEC), Apr 2004, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Commitment into Supporting at the Distance. The Case of Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Annual Congress of the European College of Sport Science (ECSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d’Auvergne, Université Blaise Pascal, Laboratoire de biologie des activités physiques et sportives (BAPS), Jul 2004, Clermont -Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le double je(u) des supporters à distance. Le cas de l’Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Congrès international de la Société de sociologie du sport de langue française "Vivre du sport/pour le sport. Sociologies des cultures et des pratiques sportives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Paris Sud XI – Orsay, UFR STAPS, Unité de recherches sur les cultures sportives du Centre de recherches en sciences du sport (EA 1609), Oct 2004, Orsay (Université Paris-Sud 11), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : dédoublement identitaire et changement culturel. Le cas de l’Olympique de Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ères journées d’étude "Les jeunes face à la mobilité et à leur attachement territorial"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de l’Ouest, Institut de recherche fondamentale et appliquée, Mar 2004, Angers (Université catholique de l'Ouest), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu’est-ce que le supportérisme à distance ? Vers une sociologie fine des supporters de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès international de l’Association des chercheurs en activités physiques et sportives (ACAPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul Sabatier-Toulouse III, UFR STAPS, Laboratoire « Acquisition et transmission des habiletés motrices », Oct 2003, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : rapports à la norme et régulations de la déviance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entretiens de l’Institut national du sport et de l’éducation physique (INSEP), "Règle du jeu et violence dans le sport"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEP, Mar 2003, Paris INSEP, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La préservation des valeurs du sport : une responsabilité partagée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sallé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque international "Le sport est-il éducatif ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d’études des transformations physiques et sportives (CETAPS), Faculté des sciences du sport de Rouen, Société française d’histoire du sport, Jun 2003, Mont-Saint-Aignan, Université de Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting at a Distance: a Complex Form of Identification to the Football Teams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd World Congress of Sociology of Sport "Sport and Social Order. Challenges for Theory and Practice", Thematic Session "Fan Cultures in Sport"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Sociology of Sport Association (ISSA), German Sport University Cologne, Jun 2003, Cologne, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le supportérisme à distance : vers une complexification des identifications et des pratiques partisanes en faveur des clubs de football</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès international de la Société de sociologie du sport de langue française "Sport et vie sociale. Transformations, ruptures et permanences"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul Sabatier-Toulouse III, UFR STAPS, Laboratoire « Sport Organisation Identité » (EA 2044), Oct 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId182"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9033562C"/>
+    <w:nsid w:val="380D6EFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="6F9CBFD1"/>
+    <w:nsid w:val="F222B043"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-lestrelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-8342-8181" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/115886605" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942854v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Honta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lestrelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.251.0005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441595v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2025.2510943" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846091v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.035.0205" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04167236v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.232.0093" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537181v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.623.0451" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03086030v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03070266v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.20858" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177325v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087737v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543991v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1041732ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087127v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086862v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.163.0483" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086828v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.008.0051" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177305v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086875v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.078.0013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04004624v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087097v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04960481v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Helleu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.043.0291" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087115v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906701.2012.730831" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086942v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.1161" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177322v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/etnor.2011.1837" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087123v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0193723511405478" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04960524v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.384.0345" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087138v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04960531v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sall&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.073.09" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387659v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2006.11687785" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177318v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177311v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03880568v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087848v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441545v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abant.org.br/files/CAP-173675008508.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441576v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abant.org.br/files/CAP-355017734281.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04730902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03880619v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.ehess.fr/ouvrages/ouvrage/lepreuve-des-frontieres-sociales/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03066805v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.bordi.2020.01.0157" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02161958v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087662v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087691v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.78294" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087648v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177337v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177329v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02162729v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0343-2489-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177339v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02162730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cies.ch/fr/cies/agenda/agenda/article/workshop-the-other-face-of-supporterism-self-regulation-collective-mobilization-and-social-movem/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-0267-0/11" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177340v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177371v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bromberger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177374v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ankulegi.org/actas-del-xi-congreso-de-antropologia/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177368v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177378v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177376v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772062v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asds.643" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497611v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asds.521" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03880589v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177366v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.attal.2010.01.0141" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177351v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.attal.2010.01.0253" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441464v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Defrance" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.026.0157" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042585v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.025.0007" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042608v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.025.0157" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683576v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04306175v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087789v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hourcade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mignon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043017v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Tsoukala" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05264367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-01985217v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441360v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick Le Lay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loret" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dufraisse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096494v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095899v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096864v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096471v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096882v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441394v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809603v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809641v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809584v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04730916v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054079v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04731130v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054093v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087824v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087802v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926655v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dutheil" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemonnier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087778v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087769v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087755v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054112v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054142v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054126v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299603v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054201v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964535v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054229v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299620v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296597v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296621v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054245v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299256v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296640v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296628v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299635v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299269v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299380v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390689v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299392v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299409v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299428v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299463v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299492v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299445v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299643v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299557v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299512v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299563v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299530v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299572v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-lestrelin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-8342-8181" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/115886605" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942854v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Sonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Honta" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lestrelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reru.251.0005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441595v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Soul&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2025.2510943" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846091v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.035.0205" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04167236v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.232.0093" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537181v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.623.0451" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03086030v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03070266v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.20858" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177325v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087737v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03543991v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1041732ar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087127v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086862v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.163.0483" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086828v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.008.0051" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086875v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.078.0013" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177305v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04004624v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087097v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04960481v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Helleu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/socio.043.0291" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087115v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906701.2012.730831" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086942v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ress.1161" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087123v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0193723511405478" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177322v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/etnor.2011.1837" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04960524v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.384.0345" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087138v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177315v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sall&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2006.11687785" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387659v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.073.09" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04960531v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177318v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177311v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03880568v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087848v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441545v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abant.org.br/files/CAP-173675008508.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441576v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abant.org.br/files/CAP-355017734281.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04730902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03880619v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.ehess.fr/ouvrages/ouvrage/lepreuve-des-frontieres-sociales/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03066805v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.bordi.2020.01.0157" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02161958v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087691v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.78294" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087662v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087648v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177337v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177329v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02162729v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0343-2489-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177339v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02162730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cies.ch/fr/cies/agenda/agenda/article/workshop-the-other-face-of-supporterism-self-regulation-collective-mobilization-and-social-movem/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-0267-0/11" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177340v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177341v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177371v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bromberger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177374v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ankulegi.org/actas-del-xi-congreso-de-antropologia/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177368v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177378v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177376v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772062v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asds.643" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497611v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asds.521" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03880589v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177366v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.attal.2010.01.0141" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177351v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.attal.2010.01.0253" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441464v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Defrance" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.026.0157" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042608v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.025.0157" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042585v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.025.0007" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683576v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04306175v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087789v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hourcade" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mignon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043017v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastassia Tsoukala" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05264367v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-01985217v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441360v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mador&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonnick Le Lay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loret" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dufraisse" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096494v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095899v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096864v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096882v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096471v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441394v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809641v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809603v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809584v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04730916v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04731130v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054079v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054093v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087824v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087802v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087778v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926655v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dutheil" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemonnier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087769v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02087755v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054112v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054142v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054126v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299603v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054201v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964535v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054229v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296597v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299620v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054245v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296621v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296628v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296640v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299256v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299635v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299269v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390689v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299380v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299392v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299409v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299428v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299492v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299463v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299445v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299643v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299512v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299563v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299557v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299530v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299572v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>