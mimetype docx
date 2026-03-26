--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,1543 +66,1709 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Single-cell immune landscape associated with isatuximab, carfilzomib, lenalidomide, and dexamethasone induction efficacy in newly diagnosed myeloma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mael Penissat-Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Paul Axisa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Daunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Cuisinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Véronique Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">67th ASH Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Orlando, United States. Blood, 146 (Supplement 1), pp.3932-3932, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood-2025-3932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forimtamig, a novel GPRC5D-targeting T-cell bispecific antibody with a 2+1 format, for the treatment of multiple myeloma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Eckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanja Fauti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlene Biehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aintzane Zabaleta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 145 (2), pp.202-219. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood.2024025987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NK cells with adhesion defects and reduced cytotoxic functions are associated with a poor prognosis in multiple myeloma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Blanquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rüçhan Ekren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bineta Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Véronique Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Baylot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 144 (12), pp.1271-1283. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood.2023023529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the Multiple Sclerosis-Associated Genetic Variant CD226 Gly307Ser on Human CD8 T-Cell Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Morandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Adoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ekaterina Friebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nunez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology Neuroimmunology &amp; Neuroinflammation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11 (6), pp.e200306. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/NXI.0000000000200306⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04780777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RAS/RAF landscape in monoclonal plasma cell conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Schavgoulidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jill Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehmet Kemal Samur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Mazzotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luka Pavageau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 144 (2), pp.201-205. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood.2023022295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TCR-independent CD137 (4-1BB) signaling promotes CD8+-exhausted T cell proliferation and terminal differentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Pichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Carrié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Cuisinier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Ghazali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 56 (7), pp.1631-1648.e10. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.immuni.2023.06.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04975485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAR442085, a novel anti-CD38 antibody with enhanced antitumor activity against multiple myeloma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Kassem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béré Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar El-Murr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Kassem</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadège Carrié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 139 (8), pp.1160-1176. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood.2021012448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAR442085, a novel anti-CD38 antibody with enhanced antitumor activity against multiple myeloma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Kassem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béré Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar El-Murr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Kassem</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadège Carrié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 139 (8), pp.1160-1176. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood.2021012448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03983352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eomes-Dependent Loss of the Co-activating Receptor CD226 Restrains CD8+ T Cell Anti-tumor Functions and Limits the Efficacy of Cancer Immunotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Weulersse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assia Asrir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea C Pichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lea Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Braun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 53 (4), pp.824-839.e10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.immuni.2020.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imprinting of Mesenchymal Stromal Cell Transcriptome Persists even after Treatment in Patients with Multiple Myeloma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Do Souto Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Véronique Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Avet-Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (11), pp.3854. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21113854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemotherapy followed by anti-CD137 mAb immunotherapy improves disease control in a mouse myeloma model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Guillerey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyohei Nakamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Pichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Barkauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Krumeich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCI Insight</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4 (14), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.125932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TIGIT immune checkpoint blockade restores CD8+ T-cell immunity against multiple myeloma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Guillerey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heidi Harjunpää</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Carrié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Kassem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tricia Teo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Blood</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 132 (16), pp.1689-1694. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1182/blood-2018-01-825265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05026506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId77"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1749,51 +1915,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026338v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Eckmann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Fauti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Biehl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aintzane Zabaleta" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Blanco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2024025987" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026334v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Blanquart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;&#231;han Ekren" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bineta Rigaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-V&#233;ronique Joubert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Baylot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2023023529" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Morandi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Adoue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Friebel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nunez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000200306" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026345v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Schavgoulidze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Corre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Kemal Samur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Mazzotti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Pavageau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2023022295" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975485v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pichler" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Carri&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cuisinier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ghazali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Voisin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2023.06.007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026353v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Kassem" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233; Diallo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar El-Murr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2021012448" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983352v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030829v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Weulersse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Asrir" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea C Pichler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Lemaitre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Braun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2020.09.006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693062v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lemaitre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Do Souto Ferreira" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Avet-Loiseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martinet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21113854" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026492v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guillerey" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyohei Nakamura" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Barkauskas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krumeich" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.125932" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Harjunp&#228;&#228;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Teo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2018-01-825265" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05555658v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Penissat-Mahaut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Paul Axisa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Daunes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cuisinier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-V&#233;ronique Joubert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2025-3932" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026338v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Eckmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanja Fauti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Biehl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aintzane Zabaleta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Blanco" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2024025987" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Blanquart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;&#231;han Ekren" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bineta Rigaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Baylot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2023023529" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780777v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Morandi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Adoue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Friebel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nunez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000200306" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026345v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Schavgoulidze" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Corre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Kemal Samur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Mazzotti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Pavageau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2023022295" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975485v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pichler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Carri&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ghazali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Voisin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2023.06.007" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026353v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Kassem" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233; Diallo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar El-Murr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2021012448" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983352v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030829v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Weulersse" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Asrir" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea C Pichler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Lemaitre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Braun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.immuni.2020.09.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693062v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lemaitre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Do Souto Ferreira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Avet-Loiseau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martinet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21113854" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026492v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guillerey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyohei Nakamura" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Barkauskas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krumeich" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.125932" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026506v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Harjunp&#228;&#228;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Teo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2018-01-825265" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>