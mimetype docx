--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -852,295 +852,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02170497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro‐seismic monitoring of a shear fault within a floating ice plate</w:t>
+                <w:t xml:space="preserve">Characterizing horizontally-polarized shear and infragravity vibrational modes in the Arctic sea ice cover using correlation methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Lachaud</w:t>
+                <w:t xml:space="preserve">David Marsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Marsan</w:t>
+                <w:t xml:space="preserve">Jérome Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurine Montagnat</w:t>
+                <w:t xml:space="preserve">Florent Gimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Weiss</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Moreau</w:t>
+                <w:t xml:space="preserve">Martin Doble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 124 (10), pp.10444-10467. </w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 145 (3), pp.1600-1608. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2019JB018339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.5094343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02306775v1</w:t>
+                <w:t xml:space="preserve">hal-02264393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing horizontally-polarized shear and infragravity vibrational modes in the Arctic sea ice cover using correlation methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Micro‐seismic monitoring of a shear fault within a floating ice plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Marsan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurine Montagnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Marsan</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérome Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Moreau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Doble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 145 (3), pp.1600-1608. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (10), pp.10444-10467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.5094343⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019JB018339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02264393v1</w:t>
+                <w:t xml:space="preserve">hal-02306775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regularity of BSDEs with a convex constraint on the gains-process</w:t>
               </w:r>
@@ -1561,395 +1561,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00863562v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the wavenumber of guided modes in waveguides with linearly varying thickness</w:t>
+                <w:t xml:space="preserve">Accurate measurement of guided modes in a plate using a bidirectional approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Gabriel Minonzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Josquin Foiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maryline Talmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 135 (5), pp.2614-2624. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.4869691⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 135 (1), pp.EL15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4832335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01394317v1</w:t>
+                <w:t xml:space="preserve">hal-01394313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate measurement of guided modes in a plate using a bidirectional approach</w:t>
+                <w:t xml:space="preserve">Erratum: Measuring the wavenumber of guided modes in waveguides with linearly varying thickness [J. Acoust. Soc. Am. 135(5), 2614–2624 (2014)]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Gabriel Minonzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Josquin Foiret</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Talmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Bossy</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Laugier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 135 (1), pp.EL15. </w:t>
+              <w:t xml:space="preserve">, 2014, 136 (2), pp.945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.4832335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.4884766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01394313v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: Measuring the wavenumber of guided modes in waveguides with linearly varying thickness [J. Acoust. Soc. Am. 135(5), 2614–2624 (2014)]</w:t>
+                <w:t xml:space="preserve">Measuring the wavenumber of guided modes in waveguides with linearly varying thickness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Gabriel Minonzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Talmant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Laugier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 136 (2), pp.945. </w:t>
+              <w:t xml:space="preserve">, 2014, 135 (5), pp.2614-2624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.4884766⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.4869691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01394320v1</w:t>
+                <w:t xml:space="preserve">hal-01394317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2666,51 +2666,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kuchly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Auvity" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mokus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Bureau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nicot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929073v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Destin Nziengui-B&#226;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bou&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac504" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041306v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Seydoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-1327-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808786v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Serripierri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-2527-2022" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014333v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hollis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015709" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170497v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Xue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Larose" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5118246" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306775v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lachaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Montagnat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Weiss" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018339" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02264393v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gimbert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Doble" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5094343" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065794v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bouchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Elie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692228v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Causse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Cultrera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Herrero" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Schiappapietra" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL074698" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376531v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire D&#8217;ozouville" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1475921717690938" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863562v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mete H. Soner" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394317v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Minonzio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Talmant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laugier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4869691" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394313v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Foiret" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bossy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4832335" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394320v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4884766" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224840v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847916v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240220v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0099" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810970v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha&#239; Caleap" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Velichko" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D. Wilcox" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00737624v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreau Ludovic" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345908v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kuchly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Auvity" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mokus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Bureau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nicot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929073v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Destin Nziengui-B&#226;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Moreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bou&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac504" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041306v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Seydoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Weiss" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campillo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-1327-2023" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808786v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Serripierri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-16-2527-2022" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014333v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hollis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015709" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170497v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Xue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Larose" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5118246" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02264393v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marsan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Weiss" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gimbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Doble" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5094343" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306775v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lachaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurine Montagnat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB018339" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065794v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bouchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Elie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692228v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Causse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Cultrera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Herrero" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Schiappapietra" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL074698" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376531v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire D&#8217;ozouville" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1475921717690938" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863562v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mete H. Soner" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394313v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Minonzio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josquin Foiret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bossy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Talmant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4832335" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394320v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laugier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4884766" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394317v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4869691" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224840v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847916v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240220v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0099" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810970v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha&#239; Caleap" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Velichko" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D. Wilcox" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00737624v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreau Ludovic" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>