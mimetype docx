--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1656,620 +1656,620 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02913093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rigorous Design and Deployment of IoT Applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Radu Mateescu</w:t>
+                <w:t xml:space="preserve">Amélioration de l’identification du type des objets connectés par classification supervisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gwen Salaün</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Tixeuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FormaliSE 2019 - 7th International Conference on Formal Methods in Software Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CORES2019 - Rencontres Francophones sur la Conception de Protocoles, l’Évaluation de Performance et l’Expérimentation des Réseaux de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Jardins de Saint Benoît, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02146553v1</w:t>
+                <w:t xml:space="preserve">hal-02126555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network-Protocol-Based IoT Device Identification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nesrine Ammar</w:t>
+                <w:t xml:space="preserve">IoT Composer: Composition and Deployment of IoT Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ajay Krishna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Le Pallec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radu Mateescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Tixeuil</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Fourth International Conference on Fog and Mobile Edge Computing (FMEC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/FMEC.2019.8795318⟩</w:t>
+              <w:t xml:space="preserve">ICSE 2019 - IEEE/ACM 41st International Conference on Software Engineering: Companion Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montreal, Canada. pp.19-22, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSE-Companion.2019.00028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02286011v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02146569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IoT Composer: Composition and Deployment of IoT Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Rigorous Design and Deployment of IoT Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajay Krishna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Mateescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwen Salaün</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICSE 2019 - IEEE/ACM 41st International Conference on Software Engineering: Companion Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICSE-Companion.2019.00028⟩</w:t>
+              <w:t xml:space="preserve">FormaliSE 2019 - 7th International Conference on Formal Methods in Software Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montreal, Canada. pp.21-30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FormaliSE.2019.00011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02146569v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02146553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomous IoT Device Identification Prototype</w:t>
+                <w:t xml:space="preserve">Network-Protocol-Based IoT Device Identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Tixeuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/TMA.2019.8784517⟩</w:t>
+              <w:t xml:space="preserve">2019 Fourth International Conference on Fog and Mobile Edge Computing (FMEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy. pp.204-209, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FMEC.2019.8795318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02168149v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02286011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de l’identification du type des objets connectés par classification supervisée</w:t>
+                <w:t xml:space="preserve">Autonomous IoT Device Identification Prototype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Tixeuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORES2019 - Rencontres Francophones sur la Conception de Protocoles, l’Évaluation de Performance et l’Expérimentation des Réseaux de Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France. https://tma.roc.cnam.fr/Proceedings/TMA_Demo_2.pdf, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/TMA.2019.8784517⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02126555v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02168149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital assistance for the automated discovery and deployment of IoT services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2463,51 +2463,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards automated IoT service recommendation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Ammar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2567,51 +2567,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithme de Caractérisation des Services IoT: Évaluation des Performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2649,51 +2649,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical-Interface-Based IoT Service Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Omar Mazouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3112,51 +3112,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ciavaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Pallec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Teletraffic Congress (ITC 27)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Ghent, Belgium. pp.219-227, </w:t>
@@ -3188,151 +3188,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01206629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry on the Utility Space</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mathieu</w:t>
+                <w:t xml:space="preserve">Efficient semantic-based IoT service discovery mechanism for dynamic environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sameh Ben Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Boussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Kofman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th Meeting of the Society for Social Choice and Welfare (SSCW 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE 25th Annual International Symposium on Personal, Indoor, and Mobile Radio Communication (PIMRC), 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, washington, United States. pp.2088 - 2092, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PIMRC.2014.7136516⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01096018v1</w:t>
+                <w:t xml:space="preserve">hal-01171343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élection d'un chemin dans un réseau : étude de la manipulabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3361,73 +3370,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Le Bois-Plage-en-Ré, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00986050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Majord'Home: a SDN Approach to Let ISPs Manage and Extend Their Customers' Home Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3476,288 +3485,279 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Workshop on Management of SDN and NFV Systems (ManSDN/NFV 2014, collocated with the 10th International Conference on Network and Service Management CNSM 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Rio de Janeiro, Brazil. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CNSM.2014.7014207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01084513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élection du Best Paper AlgoTel 2012 : étude de la manipulabilité</w:t>
+                <w:t xml:space="preserve">Geometry on the Utility Space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Kloeckner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Le Bois-Plage-en-Ré, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">The 12th Meeting of the Society for Social Choice and Welfare (SSCW 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00986060v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01096018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient semantic-based IoT service discovery mechanism for dynamic environments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Daniel Kofman</w:t>
+                <w:t xml:space="preserve">Élection du Best Paper AlgoTel 2012 : étude de la manipulabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 25th Annual International Symposium on Personal, Indoor, and Mobile Radio Communication (PIMRC), 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ALGOTEL 2014 -- 16èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Le Bois-Plage-en-Ré, France. pp.1-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PIMRC.2014.7136516⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01171343v1</w:t>
+                <w:t xml:space="preserve">hal-00986060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Manipulability of Voting Systems: Application to Multi-Operator Networks</w:t>
               </w:r>
@@ -3946,77 +3946,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A scalable IoT service search based on clustering and aggregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sameh Ben Fredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Kofman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4057,312 +4057,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00921575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge-Based Admission Control: A Real-Time Performance Analysis</w:t>
+                <w:t xml:space="preserve">Contrôle d'Admission Basé sur un Plan de Connaissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Brochet</w:t>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th IEEE Conference on Local Computer Networks (LCN 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Clearwater (Florida), United States</w:t>
+              <w:t xml:space="preserve">14èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, La Grande Motte, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00781990v1</w:t>
+                <w:t xml:space="preserve">hal-00690485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle d'Admission Basé sur un Plan de Connaissance</w:t>
+                <w:t xml:space="preserve">Knowledge-Based Admission Control: A Real-Time Performance Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Brochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, La Grande Motte, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">37th IEEE Conference on Local Computer Networks (LCN 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Clearwater (Florida), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00690485v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00781990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KBAC: Knowledge-Based Admission Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4489,252 +4489,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00682917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôles d'admission basés sur des mesures : Evaluation et comparaison de solutions existantes</w:t>
+                <w:t xml:space="preserve">Evaluation and comparison of MBAC solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFIP 2011 - Colloque Francophone sur l Ingénierie des Protocoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE 36th Conference on Local Computer Networks, 2011 (LCN'11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Bonn, Germany. pp.215-218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCN.2011.6115192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00586873v1</w:t>
+                <w:t xml:space="preserve">hal-00764410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation and comparison of MBAC solutions</w:t>
+                <w:t xml:space="preserve">Contrôles d'admission basés sur des mesures : Evaluation et comparaison de solutions existantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 36th Conference on Local Computer Networks, 2011 (LCN'11)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CFIP 2011 - Colloque Francophone sur l Ingénierie des Protocoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UTC, May 2011, Sainte Maxime, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCN.2011.6115192⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00764410v1</w:t>
+                <w:t xml:space="preserve">inria-00586873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Content-Oriented Networking for a Greener Internet</w:t>
               </w:r>
@@ -4783,51 +4783,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the effects of XLFrames in a network</w:t>
+                <w:t xml:space="preserve">From Packets to XLFrames: Sand and Rocks for Transfer of Mice and Elephants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinil Mon Divakaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eitan Altman</w:t>
@@ -4847,198 +4847,186 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Vicat-Blanc Primet</w:t>
+                <w:t xml:space="preserve">Pascale Primet Vicat-Blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International IFIP-TC 6 Networking Conference (Networking'09)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Aachen, Germany. pp.364-377, </w:t>
+              <w:t xml:space="preserve">IEEE INFOCOM 2009, workshop on High-Speed Networking (HSN'09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Rio de Janeiro, Brazil. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-01399-7_29⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/INFCOMW.2009.5072149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764423v1</w:t>
+                <w:t xml:space="preserve">hal-00764417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Networking for Future Internet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference onBroadband Communications, Networks, and Systems, 2009 (BROADNETS'09)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Packets to XLFrames: Sand and Rocks for Transfer of Mice and Elephants</w:t>
+                <w:t xml:space="preserve">Analysis of the effects of XLFrames in a network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinil Mon Divakaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eitan Altman</w:t>
@@ -5052,315 +5040,327 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Post</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascale Primet Vicat-Blanc</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Vicat-Blanc Primet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE INFOCOM 2009, workshop on High-Speed Networking (HSN'09)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International IFIP-TC 6 Networking Conference (Networking'09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Aachen, Germany. pp.364-377, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-01399-7_29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/INFCOMW.2009.5072149⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00764417v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-* Features for Semantic Networking</w:t>
+                <w:t xml:space="preserve">CoV(t)-based Traffic and Queuing Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Post</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Traffic Management and Traffic Engineering for the Future Internet (FITraMEn'08)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Next Generation Internet Networks, 2008 (NGI'08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Krakow, Poland. pp.276-283, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NGI.2008.44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764395v1</w:t>
+                <w:t xml:space="preserve">hal-00764393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoV(t)-based Traffic and Queuing Modeling</w:t>
+                <w:t xml:space="preserve">Self-* Features for Semantic Networking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dotaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Carofiglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Pecci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Next Generation Internet Networks, 2008 (NGI'08)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on Traffic Management and Traffic Engineering for the Future Internet (FITraMEn'08)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Porto, Portugal. pp.S3.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/NGI.2008.44⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00764393v1</w:t>
+                <w:t xml:space="preserve">hal-00764395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Networks for high-bandwith services combining photonic circuit cross-connects with packet switches</w:t>
               </w:r>
@@ -5617,632 +5617,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prototype software-based Q-factor and eye-diagram monitor for transparent WDM networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rack-mounted demonstrator of re-configurable optical metro access ring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dupas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Roger Boislaigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eric Dutisseuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dorgeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OptoElectronics and Communications Conference, 2004 (OECC'04)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2004, Yokohama, Japan. pp.15C3-4</w:t>
+              <w:t xml:space="preserve">30th European Conference on Optical Communication, 2004 (ECOC'04)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Stockholm, Sweden. pp.WeI6.2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764388v1</w:t>
+                <w:t xml:space="preserve">hal-00764389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical metro-access ring featuring a flexible color management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Zami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Zami</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Dorgeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Sauze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communication Conference, 2004 (OFC'04)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2004, Los Angeles (CA), United States. pp.WG6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rack-mounted demonstrator of re-configurable optical metro access ring</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roger Boislaigue</w:t>
+                <w:t xml:space="preserve">Prototype software-based Q-factor and eye-diagram monitor for transparent WDM networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dutisseuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Gilbert</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th European Conference on Optical Communication, 2004 (ECOC'04)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Stockholm, Sweden. pp.WeI6.2</w:t>
+              <w:t xml:space="preserve">OptoElectronics and Communications Conference, 2004 (OECC'04)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Yokohama, Japan. pp.15C3-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764389v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">40 km passive optical metro-access ring (POMAR) including a protection scheme based on bi-directional fibers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The road towards all-optical networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communications Conference, 2003 (OFC'03)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2003, Atlanta (GA), United States. pp.550-551, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/OFC.2003.1248403⟩</w:t>
+              <w:t xml:space="preserve">, Mar 2003, Atlanta (GA), United States. pp.615-616, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OFC.2003.1248449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764380v1</w:t>
+                <w:t xml:space="preserve">hal-00764384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transparent interconnection of metro access and metro core networks including protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dorgeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OptoElectronics and Communications Conference, 2003 (OECC'03)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Shanghai, China. pp.739-740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The road towards all-optical networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">40 km passive optical metro-access ring (POMAR) including a protection scheme based on bi-directional fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dorgeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communications Conference, 2003 (OFC'03)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2003, Atlanta (GA), United States. pp.615-616, </w:t>
+              <w:t xml:space="preserve">, Mar 2003, Atlanta (GA), United States. pp.550-551, </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/OFC.2003.1248449⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/OFC.2003.1248403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764384v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applying optical transparency to a heterogeneous pan-European network</w:t>
               </w:r>
@@ -6339,273 +6339,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transparent Multi-Granularity Optical Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental validation of a transparent waveband-based optical backbone network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Penninckx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Antona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OptoElectronics and Communications Conference, 2002 (OECC'02) - Workshop Optical Networking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Yokohama, Japan</w:t>
+              <w:t xml:space="preserve">28th European Conference on Optical Communication, 2002 (ECOC'02)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Copenhagen, Denmark. pp.6.4.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764338v1</w:t>
+                <w:t xml:space="preserve">hal-00764345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photonic switching research in France : Waveband switching and all-optical packet switching</w:t>
+                <w:t xml:space="preserve">Transparent Multi-Granularity Optical Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop post-conference PS'02&amp;COIN'02 at Tokyo University</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2002, Tokyo, Japan</w:t>
+              <w:t xml:space="preserve">OptoElectronics and Communications Conference, 2002 (OECC'02) - Workshop Optical Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764340v1</w:t>
+                <w:t xml:space="preserve">hal-00764338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation of a transparent waveband-based optical backbone network</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photonic switching research in France : Waveband switching and all-optical packet switching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th European Conference on Optical Communication, 2002 (ECOC'02)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Copenhagen, Denmark. pp.6.4.4</w:t>
+              <w:t xml:space="preserve">Workshop post-conference PS'02&amp;COIN'02 at Tokyo University</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2002, Tokyo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764345v1</w:t>
+                <w:t xml:space="preserve">hal-00764340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eye diagram reconstruction using asynchronous imperfect sampling, application to BER estimation for fiber-optic communication systems</w:t>
               </w:r>
@@ -6617,51 +6617,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George V. Moustakides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cérou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6712,64 +6712,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">32x10 Gbit/s DWDM metropolitan network demonstration with 10 waveband-ADMs and 155 km TeraLight™ Metro fiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dorgeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communication Conference and Exhibit, 2002 (OFC 2002)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2002, Anaheim (CA), United States. pp.442-443, </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6911,51 +6911,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cérou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George V. Moustakides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Peloso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6987,1842 +6987,1842 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of intermediate traffic grouping on the dimensioning of multi-granularity optical networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A scalable transparent waveband-based optical metropolitan network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sabouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Leveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference and Exhibit, 2001 ( OFC 2001)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th European Conference on Optical Communication, 2001 (ECOC'01)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2001, Amsterdam, Netherlands. pp.64-65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECOC.2001.989051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00728139v1</w:t>
+                <w:t xml:space="preserve">hal-00764240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 8x8 all optical space-switch based on a novel 8x1 MOEMS switching module</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance assessment of a liquid crystal multichannel photonic space-switch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Fracasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Ollier</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis de Bougrenet de La Tocnaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Razzak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Daniel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference and Exhibit, 2001 ( OFC 2001)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2001, Anaheim (CA), United States. pp.WX5</w:t>
+              <w:t xml:space="preserve">Photonics in Switching 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2001, Monterey (CA), United States. pp.PThB3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764189v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Cross-Connects and Optical Packet Switches : concepts and technologies</w:t>
+                <w:t xml:space="preserve">A 8x8 all optical space-switch based on a novel 8x1 MOEMS switching module</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Amaury Jourdan</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Ollier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ONDM 2001 - Workshop IST Optimist on Switching and Routing in Advanced Photonic Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2001, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Optical Fiber Communication Conference and Exhibit, 2001 ( OFC 2001)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2001, Anaheim (CA), United States. pp.WX5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764273v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance assessment of a liquid crystal multichannel photonic space-switch</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optical Cross-Connects and Optical Packet Switches : concepts and technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">E. Daniel</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chiaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Sauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics in Switching 2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2001, Monterey (CA), United States. pp.PThB3</w:t>
+              <w:t xml:space="preserve">ONDM 2001 - Workshop IST Optimist on Switching and Routing in Advanced Photonic Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2001, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764213v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A scalable transparent waveband-based optical metropolitan network</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of intermediate traffic grouping on the dimensioning of multi-granularity optical networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vigoureux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dotaro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th European Conference on Optical Communication, 2001 (ECOC'01)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical Fiber Communication Conference and Exhibit, 2001 ( OFC 2001)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2001, Anaheim (CA), United States. pp.TuG3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ECOC.2001.989051⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00764240v1</w:t>
+                <w:t xml:space="preserve">hal-00728139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-granularity optical networks</w:t>
+                <w:t xml:space="preserve">Design of a Pan-European lightwave core and access networking trial (ACTS-PELICAN project)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Blaizot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Dotaro</w:t>
+                <w:t xml:space="preserve">Olivia Rofidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Berthelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP Conference on Optical Network Design and Modeling, 2000</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2000, Baltimore (MA), United States. pp.151-153, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OFC.2000.869444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764032v1</w:t>
+                <w:t xml:space="preserve">hal-00764080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefit of RZ format in optical switching systems based on SOA technology</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Demonstration of TMN management of a WDM network testbed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Berthelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Rofidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bonno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Coujoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOC '00 conference &amp; exhibition : 26th European Conference on Optical Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2000, Baltimore (MA), United States. pp.145-147, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OFC.2000.869442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764171v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1.28 Tbit/s throughput 8×8 optical switch based on arrays of gain-clamped semiconductor optical amplifier gates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-Granularity Optical Cross-Connect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Blaizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dotaro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECOC '00 conference &amp; exhibition : 26th European Conference on Optical Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2000, Munich, Germany. paper 9.2.4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764094v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Granularity Optical Cross-Connect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">1.28 Tbit/s throughput 8×8 optical switch based on arrays of gain-clamped semiconductor optical amplifier gates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dorgeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Ambrosy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Rabaron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOC '00 conference &amp; exhibition : 26th European Conference on Optical Communication</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2000, Baltimore (MA), United States. pp.221-223, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OFC.2000.869463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764164v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of evolution of over-modulated supervisory data in a cascade of all-optical wavelength converters</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benefit of RZ format in optical switching systems based on SOA technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thierry Zami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge da Loura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Amaury Jourdan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christopher Janz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECOC '00 conference &amp; exhibition : 26th European Conference on Optical Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2000, Munich, Germany. poster P2.6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00764053v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a Pan-European lightwave core and access networking trial (ACTS-PELICAN project)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bisson</w:t>
+                <w:t xml:space="preserve">Multi-granularity optical networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Blaizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dotaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFIP Conference on Optical Network Design and Modeling, 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2000, Athens, Greece. pp.1-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/OFC.2000.869444⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00764080v1</w:t>
+                <w:t xml:space="preserve">hal-00764032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of TMN management of a WDM network testbed</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivia Rofidal</w:t>
+                <w:t xml:space="preserve">Analysis of evolution of over-modulated supervisory data in a cascade of all-optical wavelength converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Noirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bonno</w:t>
+                <w:t xml:space="preserve">Jean-Claude Jacquinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Coujoulou</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christopher Janz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communication Conference, 2000</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2000, Baltimore (MA), United States. pp.145-147, </w:t>
+              <w:t xml:space="preserve">, Mar 2000, Baltimore (MA), United States. pp.53-55, </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/OFC.2000.869442⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/OFC.2000.868519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764062v1</w:t>
+                <w:t xml:space="preserve">hal-00764053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss-free 1x4 opto-hybrid space switch based on an array of 4 Gain-Clamped SOA gates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Subcarrier overmodulation with EDFA cascade transient effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Noirie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOC '99 conference &amp; exhibition : 25th European Conference on Optical Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1999, Nice, France. pp.176-177</w:t>
+              <w:t xml:space="preserve">ECOC '99 conference &amp; exhibition : 25th European Conference on Optical Communication : September, 26-30 1999</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1999, Nice, France. pp.292-293</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00764015v1</w:t>
+                <w:t xml:space="preserve">hal-00763996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subcarrier overmodulation with EDFA cascade transient effects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crosstalk-induced degradation in an optical-noise-limited detection system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Zami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bisson</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOC '99 conference &amp; exhibition : 25th European Conference on Optical Communication : September, 26-30 1999</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optical Fiber Communication Conference, 1999</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 1999, San Diego (CA), United States. pp.255-257, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OFC.1999.767854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00763996v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00763994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crosstalk-induced degradation in an optical-noise-limited detection system</w:t>
+                <w:t xml:space="preserve">Loss-free 1x4 opto-hybrid space switch based on an array of 4 Gain-Clamped SOA gates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Zami</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Noirie</w:t>
+                <w:t xml:space="preserve">François Dorgeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Ambrosy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Grieshaber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Bruyère</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Pommereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boubal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Fiber Communication Conference, 1999</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ECOC '99 conference &amp; exhibition : 25th European Conference on Optical Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1999, Nice, France. pp.176-177</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00763994v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00764015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gain stabilization of EDFA cascade using clamped-gain SOA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Bruyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Emery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Fiber Communication Conference and Exhibit, 1998</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 1998, San Jose (CA), United States. pp.166-167, </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9477,267 +9477,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01135109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making most voting systems meet the Condorcet criterion reduces their manipulability</w:t>
+                <w:t xml:space="preserve">Making a voting system depend only on orders of preference reduces its manipulability rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] 2014, pp.27</w:t>
+              <w:t xml:space="preserve">[Research Report] 2014, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01009134v1</w:t>
+                <w:t xml:space="preserve">hal-01009136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making a voting system depend only on orders of preference reduces its manipulability rate</w:t>
+                <w:t xml:space="preserve">Making most voting systems meet the Condorcet criterion reduces their manipulability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] 2014, pp.26</w:t>
+              <w:t xml:space="preserve">[Research Report] 2014, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01009136v1</w:t>
+                <w:t xml:space="preserve">hal-01009134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation of MBAC solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9877,64 +9877,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KBAC: Knowledge-Based Admission Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doreid Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Begin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Guérin-Lassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Noirie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10059,51 +10059,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E571C6F2"/>
+    <w:nsid w:val="C8EBB848"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10290,51 +10290,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-noirie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-4456-6905" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178615846" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincs.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830128v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonald" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Cuda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca-Maria Indre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Noirie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOCN.5.000294" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764415v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Popa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Post" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bltj.20374" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XJNK9L1P-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764413v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dotaro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Carofiglio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dupas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pecci" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bltj.20371" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XF3WX88X-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764392v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Douville" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vigoureux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Burdin de Saint Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764386v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peloso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Penninckx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Prunaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2003.822831" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Charlet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Antona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763968v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vidakovic" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ariel Levenson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.14.000001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCAS62034.2024.10652815" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158929v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Varloot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073484" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579061v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM54140.2023.10437678" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379913v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alif Akbar Pranata" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Bourcier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137874v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913093v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Ammar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tixeuil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC40277.2020.9148821" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02146553v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Krishna" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Pallec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Mateescu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Sala&#252;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FormaliSE.2019.00011" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02286011v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FMEC.2019.8795318" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02146569v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSE-Companion.2019.00028" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168149v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA.2019.8784517" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126555v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833202v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Thai Bui" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sauze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2018.8401599" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785952v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514184v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2017.7899397" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515597v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402421v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Omar Mazouz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991561.2991567" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369877v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369835v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01222871v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Kloeckner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23114-3_12" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206629v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boussard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ciavaglia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC.2015.33" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096018v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986050v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084513v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CNSM.2014.7014207" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171343v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Ben Fredj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kofman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2014.7136516" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874096v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904729v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vidalenc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ghamri-Doudane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Renault" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921575v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GreenCom-iThings-CPSCom.2013.86" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781990v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doreid Ammar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brochet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Begin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin-Lassous" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690485v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770910v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00682917v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586873v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764410v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN.2011.6115192" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764411v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764423v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinil Mon Divakaran" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eitan Altman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vicat-Blanc Primet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01399-7_29" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XH345ZQC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764416v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764417v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Primet Vicat-Blanc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2009.5072149" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764395v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764393v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2008.44" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764394v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Houssin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BROADNETS.2008.4769088" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764396v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764390v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2005.1431702" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764388v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dutisseuil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Audouin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764387v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Zami" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dorgeuille" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Jourdan" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764389v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Boislaigue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gilbert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764380v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bisson" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2003.1248403" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764385v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764384v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2003.1248449" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764381v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2003.1248591" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764338v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764340v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764345v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764342v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George V. Moustakides" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric C&#233;rou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764333v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2002.1036472" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764336v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764348v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728139v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764189v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Faure" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ollier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764273v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chiaroni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764213v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fracasso" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis de Bougrenet de La Tocnaye" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Razzak" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daniel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764240v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sabouret" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leveau" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC.2001.989051" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764032v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blaizot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764171v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge da Loura" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764094v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Ambrosy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rabaron" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.869463" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764164v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764053v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jacquinot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Janz" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.868519" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764080v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Rofidal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Berthelon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.869444" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764062v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonno" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coujoulou" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.869442" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764015v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Grieshaber" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pommereau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boubal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763996v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763994v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bruy&#232;re" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.1999.767854" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763983v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Emery" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.1998.657301" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095992v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877539v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764255v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Papadimitriou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643084v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894908v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135109v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01009134v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01009136v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00736695v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00692096v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00695335v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-noirie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-4456-6905" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178615846" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lincs.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830128v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonald" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Cuda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca-Maria Indre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Noirie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOCN.5.000294" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764415v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Popa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Post" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bltj.20374" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XJNK9L1P-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764413v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dotaro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Carofiglio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dupas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pecci" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bltj.20371" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XF3WX88X-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764392v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Douville" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vigoureux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Burdin de Saint Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764386v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Peloso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Penninckx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Prunaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2003.822831" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764376v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Charlet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Antona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763968v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vidakovic" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ariel Levenson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.14.000001" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCCAS62034.2024.10652815" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158929v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Varloot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN56760.2023.10073484" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579061v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM54140.2023.10437678" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379913v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alif Akbar Pranata" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Bourcier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137874v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913093v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Ammar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tixeuil" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC40277.2020.9148821" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126555v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02146569v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Krishna" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Pallec" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Mateescu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Sala&#252;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSE-Companion.2019.00028" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02146553v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FormaliSE.2019.00011" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02286011v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FMEC.2019.8795318" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168149v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/TMA.2019.8784517" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833202v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Thai Bui" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Sauze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2018.8401599" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785952v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514184v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIN.2017.7899397" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515597v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402421v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Omar Mazouz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991561.2991567" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369877v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mathieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369835v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01222871v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Kloeckner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-23114-3_12" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206629v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boussard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ciavaglia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITC.2015.33" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171343v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Ben Fredj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kofman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2014.7136516" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986050v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084513v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CNSM.2014.7014207" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096018v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00986060v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874096v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904729v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vidalenc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ghamri-Doudane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Renault" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921575v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GreenCom-iThings-CPSCom.2013.86" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690485v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doreid Ammar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Begin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gu&#233;rin-Lassous" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781990v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brochet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770910v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00682917v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764410v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN.2011.6115192" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586873v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764411v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764417v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinil Mon Divakaran" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eitan Altman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Primet Vicat-Blanc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2009.5072149" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764416v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764423v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vicat-Blanc Primet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01399-7_29" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-XH345ZQC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764393v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2008.44" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764395v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764394v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Houssin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BROADNETS.2008.4769088" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764396v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764390v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NGI.2005.1431702" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764389v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Boislaigue" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gilbert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dutisseuil" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dorgeuille" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764387v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Zami" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Jourdan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764388v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Audouin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764384v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2003.1248449" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764385v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764380v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bisson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2003.1248403" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764381v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2003.1248591" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764345v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764338v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764340v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764342v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George V. Moustakides" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric C&#233;rou" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764333v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2002.1036472" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764336v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764348v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764240v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Faure" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sabouret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leveau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC.2001.989051" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764213v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fracasso" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis de Bougrenet de La Tocnaye" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Razzak" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daniel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764189v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ollier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764273v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chiaroni" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728139v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764080v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Rofidal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Berthelon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.869444" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764062v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bonno" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coujoulou" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.869442" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764164v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blaizot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764094v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Ambrosy" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rabaron" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.869463" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764171v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge da Loura" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764032v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764053v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jacquinot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Janz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.2000.868519" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763996v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763994v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bruy&#232;re" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.1999.767854" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764015v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Grieshaber" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pommereau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boubal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00763983v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Emery" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OFC.1998.657301" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095992v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877539v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764255v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Papadimitriou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643084v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894908v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135109v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01009136v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01009134v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00736695v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00692096v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00695335v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>