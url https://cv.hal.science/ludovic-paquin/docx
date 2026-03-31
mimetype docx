--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -126,2039 +126,2173 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the strength of molecular interactions in a deep eutectic solvent (DES) by means of ionization mechanisms involved in cold-spray ionization mass spectrometry and by DFT calculations</w:t>
+                <w:t xml:space="preserve">Impact of discharge cut-off voltage on alizarin-based redox flow batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Bertrand</w:t>
+                <w:t xml:space="preserve">Patricia Bassil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Cousseau</w:t>
+                <w:t xml:space="preserve">Jean-Marie Fontmorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swaroop Kunapuli</w:t>
+                <w:t xml:space="preserve">Didier Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Delhaye</w:t>
+                <w:t xml:space="preserve">Charlotte Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Schurhammer</w:t>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 670, pp.239510. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5cp02383a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2026.239510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05443999v1</w:t>
+                <w:t xml:space="preserve">hal-05505685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of discharge cut-off voltage on alizarin-based redox flow batteries</w:t>
+                <w:t xml:space="preserve">Dehydration-driven organization of metabolites into NaDES-like assemblies in orthodox seeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Bassil</w:t>
+                <w:t xml:space="preserve">Youcef Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Fontmorin</w:t>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Floner</w:t>
+                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Bodin</w:t>
+                <w:t xml:space="preserve">Denis Morineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+                <w:t xml:space="preserve">Maëna Le Corvec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 670, pp.239510. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2026.239510⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.71080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05505685v1</w:t>
+                <w:t xml:space="preserve">hal-05520344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal, dielectric and electrochemical study of decanoic acidtetrabutylammonium chloride deep eutectic solvent Étude thermique, diélectrique et électrochimique du solvant eutectique profond acide décanoïquechlorure de tetrabutylammonium</w:t>
+                <w:t xml:space="preserve">Evaluating the strength of molecular interactions in a deep eutectic solvent (DES) by means of ionization mechanisms involved in cold-spray ionization mass spectrometry and by DFT calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammad Nadim Kamar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+                <w:t xml:space="preserve">Emilie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
+                <w:t xml:space="preserve">Camille Cousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Lagrost</w:t>
+                <w:t xml:space="preserve">Swaroop Kunapuli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Morineau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rachel Schurhammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 28, pp.1924-1938. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/crchim.368⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d5cp02383a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04794250v1</w:t>
+                <w:t xml:space="preserve">hal-05443999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Synthesis of Novel N-Benzylidene Derivatives of 3-Amino-4-imino-3,5-dihydro-4H-chromeno[2,3-d]pyrimidine under Microwave, In Silico ADME Predictions, In Vitro Antitumoral Activities and In Vivo Toxicity</w:t>
+                <w:t xml:space="preserve">Thermal, dielectric and electrochemical study of decanoic acidtetrabutylammonium chloride deep eutectic solvent Étude thermique, diélectrique et électrochimique du solvant eutectique profond acide décanoïquechlorure de tetrabutylammonium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sirine Karoui</w:t>
+                <w:t xml:space="preserve">Mohammad Nadim Kamar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marwa Dhiabi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corinne Lagrost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morineau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceuticals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ph17040458⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crchim.368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537617v1</w:t>
+                <w:t xml:space="preserve">hal-04794250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient in Situ One-Pot Synthesis of Water-Soluble Hydroxynaphthoquinones for Redox Flow Batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Bassil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Guiheneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Geneste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 16 (28), pp.36373-36379. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsami.4c05833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646406v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Machine-Learning-Based New Tools to Design Eutectic Mixtures and Predict Their Viscosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stella Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorris Toucouere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12 (52), pp.18537-18554. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acssuschemeng.4c05869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of deep eutectic solvents as promising approach in the design of microwave-based green gas sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Bertrand</w:t>
+                <w:t xml:space="preserve">Design and Synthesis of Novel N-Benzylidene Derivatives of 3-Amino-4-imino-3,5-dihydro-4H-chromeno[2,3-d]pyrimidine under Microwave, In Silico ADME Predictions, In Vitro Antitumoral Activities and In Vivo Toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirine Karoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Dhiabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Himdi</w:t>
+                <w:t xml:space="preserve">Mehdi Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Rondeau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Delhaye</w:t>
+                <w:t xml:space="preserve">Souhir Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3su00470h⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceuticals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (4), pp.458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph17040458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04596437v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-detection of eugenol and butylated hydroxyltoluene by green and selective hydrodistillation of Heliotropium europaeum L. using ionic liquids as additives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The use of deep eutectic solvents as promising approach in the design of microwave-based green gas sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Himdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Bendjelloul</w:t>
+                <w:t xml:space="preserve">David Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choukry Bendeddouche</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Feriha Bensafiddine</w:t>
+                <w:t xml:space="preserve">Xavier Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Serbian Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2298/jsc230713075b⟩</w:t>
+              <w:t xml:space="preserve">RSC Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (4), pp.1067-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3su00470h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04261630v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04596437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical approach to N-benzyl derivatives of 2-amino-8-methoxy-4H-chromene-3-carbonitrile by reductive amination: Exploration of their effects against protein kinases and in silico ADME profiling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marwa Dhiabi</w:t>
+                <w:t xml:space="preserve">Encapsulation of (E)-N’-(1-(7-(diethylamino)-2-oxo-2H-chromen-3 yl)ethylidene)benzohydrazide (7-diEAHC) in β-cyclodextrins: Optimized synthesis of 7-diEACH and in silico ADME profiling, physical stability, antioxidant properties of encapsulated 7-diEAHC and bioavailability in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Khdhiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Athmouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Bouattour</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+                <w:t xml:space="preserve">M. Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.134319⟩</w:t>
+              <w:t xml:space="preserve">Results in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.100681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rechem.2022.100681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867314v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encapsulation of (E)-N’-(1-(7-(diethylamino)-2-oxo-2H-chromen-3 yl)ethylidene)benzohydrazide (7-diEAHC) in β-cyclodextrins: Optimized synthesis of 7-diEACH and in silico ADME profiling, physical stability, antioxidant properties of encapsulated 7-diEAHC and bioavailability in rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Khdhiri</w:t>
+                <w:t xml:space="preserve">Practical approach to N-benzyl derivatives of 2-amino-8-methoxy-4H-chromene-3-carbonitrile by reductive amination: Exploration of their effects against protein kinases and in silico ADME profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Dhiabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Abid</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">H. Ayadi</w:t>
+                <w:t xml:space="preserve">Ali Bouattour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Fakhfakh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Results in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rechem.2022.100681⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1274 (Part 1), pp.134319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2022.134319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03975255v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ScanMat, une plateforme d’analyses multi-échelle pour le soutien à l’innovation : exemple de l’étude « Aquafaba »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Co-detection of eugenol and butylated hydroxyltoluene by green and selective hydrodistillation of Heliotropium europaeum L. using ionic liquids as additives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bendjelloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choukry Bendeddouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhila Bendeddouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Escadeillas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+                <w:t xml:space="preserve">Madani Sarri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françis Gouttefangeas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Loïc Joanny</w:t>
+                <w:t xml:space="preserve">Feriha Bensafiddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Serbian Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 00, pp.75-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2298/jsc230713075b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404010v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Quinoxaline, Pyrido[2,3-b]pyrazine and Pyrido[3,4-b]pyrazine to Pyrazino-Fused Carbazoles and Carbolines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ScanMat, une plateforme d’analyses multi-échelle pour le soutien à l’innovation : exemple de l’étude « Aquafaba »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Escadeillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lassagne</w:t>
+                <w:t xml:space="preserve">Françis Gouttefangeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Langlais</w:t>
+                <w:t xml:space="preserve">Philippe Jehan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Caytan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+                <w:t xml:space="preserve">Loïc Joanny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867783v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sample preparation for an optimized extraction of localized metabolites in lichens: Application to Pseudevernia furfuracea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Quinoxaline, Pyrido[2,3-b]pyrazine and Pyrido[3,4-b]pyrazine to Pyrazino-Fused Carbazoles and Carbolines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Komaty</w:t>
+                <w:t xml:space="preserve">Timothy Langlais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Letertre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Peter Laux</w:t>
+                <w:t xml:space="preserve">Elsa Caytan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.12.081⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (11), pp.2961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules23112961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01254800v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sample preparation for an optimized extraction of localized metabolites in lichens: Application to Pseudevernia furfuracea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Komaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Letertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huyen Duong Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harald Jungnickel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 150, pp.525-530. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.12.081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04236481v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01254800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sample preparation for an optimized extraction of localized metabolites in lichens: Application to Pseudevernia furfuracea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Letertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huyen Duong Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harald Jungnickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Laux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 150, pp.525-530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.12.081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Using microwaves to accelerate ageing of an ultrafiltration PES membrane by NaOCl to obtain a similar ageing state to that for membranes working at the industrial scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Rabiller-Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Leperoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houda Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Filtration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 14 (1), pp.38-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00976739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2168,1901 +2302,1901 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gelled waters for swallowing disorders: from rheological, tribological and structural characterizations to sensory perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexy Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Edible Soft Matter Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Rennes Institute of chemical sciences (ISCR); The Rennes Institute of physics (IPR); INRAE Bretagne-Normandie, Jul 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gelled waters for swallowing disorders: From rheological, tribological and structural characterizations to sensory perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexy Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual European Rheology Conference AERC 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Prof. Khalid Lamnawar (INSA Lyon); Nadia El Kissi (CNRS / Grenoble); Thibaut Divoux (CNRS / ENS de Lyon), Apr 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une antenne-capteur communicante sensible à HCl(g) à base de solvant eutectique profond</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient One-Pot In Situ Synthetic Method of Water-Soluble Hydroxynaphtoquinones for Redox Flow Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Bassil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Floner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Guiheneuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNM 2024 “23èmes Journées Nationales Microondes”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France. pp.AP-P02</w:t>
+              <w:t xml:space="preserve">75th Annual Meeting of the International Society of Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05452295v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient One-Pot In Situ Synthetic Method of Water-Soluble Hydroxynaphtoquinones for Redox Flow Batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Bassil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Guiheneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th Annual Meeting of the International Society of Electrochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Réunion annuelle du GDR Redox Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05391053v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient One-Pot In Situ Synthetic Method of Water-Soluble Hydroxynaphtoquinones for Redox Flow Batteries</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Développement d’une antenne-capteur communicante sensible à HCl(g) à base de solvant eutectique profond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Himdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle du GDR Redox Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Amiens, France</w:t>
+              <w:t xml:space="preserve">JNM 2024 “23èmes Journées Nationales Microondes”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France. pp.AP-P02</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05391024v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05452295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gelled waters for swallowing disorders: rheological, tribological and chemical characterizations related to sensory perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexy Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe Français de Rhéologie (GFR 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUSTI Institut universitaire des systèmes thermiques industriels, CNRS; IBDM (Institut de Biologie du Développement de Marseille); IRPHE Marseille (Institut de recherche sur les phénomènes hors équilibre), UMR 7342; Mines Paris-PSL, Oct 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05225543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation microonde de solvants eutectiques profonds : exemple du chlorure de choline/thiourée. Application aux capteurs microondes de gaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Himdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNM 2024 “23èmes Journées Nationales Microondes”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Antibes Juan-Les-Pins, France. pp.TE-O03</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-scale approach of the foaming and emulsifying properties of Soybean co-products : comparisons and synergy with protein solutions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Surel</w:t>
+                <w:t xml:space="preserve">Lichens as a source of bio-inspiration for the development of green solvents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Papaiconomou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Limanton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Legouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP food physics 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">71st International Congress and Annual Meeting of the Society-for-Medicinal-Plant-and-Natural-Product-Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Dublin, Ireland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0043-1773913⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938652v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04409924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lichens as a source of bio-inspiration for the development of green solvents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Legouin</w:t>
+                <w:t xml:space="preserve">A multi-scale approach of the foaming and emulsifying properties of Soybean co-products : comparisons and synergy with protein solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Ourvois-Maloisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Surel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">71st International Congress and Annual Meeting of the Society-for-Medicinal-Plant-and-Natural-Product-Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IOP food physics 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IOP, Jan 2023, saclay, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04409924v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity Under Microwave Irradiation of 2-amino 4H-chromene-3-carbonitrile as tool for the construction of potential bioactive derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Bouattour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bazureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Electronic Conference on Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03872422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How the gazeous ions temperature is lowered in Cold-Spray Ionization by regards to the Electrospray Ionisation source?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Himdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ANALYTICS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nantes, France. pp. 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold-spray ionization mass spectrometry: a method of choice for characterization of deep eutectic solvent</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Emulsions solely stabilized by soybean fibers : phase diagram and rheological studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Ourvois-Maloisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Surel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du GDR SolvATE “Solvatation : Avancées Théoriques et Expérimentales”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Lille, France. pp. 1</w:t>
+              <w:t xml:space="preserve">« Rheology and Food structuring &amp; destructuring »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05452262v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03194139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emulsions solely stabilized by soybean fibers : phase diagram and rheological studies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Cold-spray ionization mass spectrometry: a method of choice for characterization of deep eutectic solvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Percevault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Surel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Rheology and Food structuring &amp; destructuring »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, nantes, France</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du GDR SolvATE “Solvatation : Avancées Théoriques et Expérimentales”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Lille, France. pp. 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03194139v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05452262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of deep eutectic solvent by cold-spray ionization mass spectrometry method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Cousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Percevault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques du GDR SolvATE “Solvatation : Avancées Théoriques et Expérimentales”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France. pp. 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of ionic liquids based microwave assisted extraction of lichen compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Komaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Carrié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bazureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Tomasi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coil 5, 5th congress on Ionic Liquids, Algarve, Portugal 21-25 avril 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Algarve, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4072,374 +4206,374 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédés d’extraction et de fractionnement écoresponsables de biomasse d’origine marine et applications en cosmétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bedoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bréhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Audo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mer, source d'inspirations: cosmétique marine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, COSMETIC VALLEY Éditions, pp.253-274, 2024, 978-2-490639-55-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwaves in Heterocyclic Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bazureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Carrié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Martial L'Helgoual'Ch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Guihéneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Antonio de la Hoz, André Loupy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microwaves in Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-VCH, pp.673-766, 2012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9783527651313.ch16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00874685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic synthesis on ionic liquid phases, liquid and solid phases under microwave</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bazureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Carrié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Pierre Bazureau, Micheline Draye. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasound and Microwaves: Recent Advances in Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Research Signpost, pp.111-149, 2011, 978-81-7895-532-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00873103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4449,803 +4583,803 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gelled waters for elderly persons: rheological characterization and sensorial analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexy Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOP food physics 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation de coproduits de soja : propriétés fonctionnelles et liens entre rhéologie interfaciale et volumique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">A multi-scale approach of the foaming and emulsifying properties of Soybean co-products : comparisons and synergy with protein solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemie Ourvois-Maloisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Gauffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Surel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56eme congrès annuel du Groupe Francais de Rhéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, rennes, France</w:t>
+              <w:t xml:space="preserve">Edible Soft Matter - 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03758128v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-scale approach of the foaming and emulsifying properties of Soybean co-products : comparisons and synergy with protein solutions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Eaux gélifiées pour personnes âgées: liens entre propriétés rhéologiques et perception sensorielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexy Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Paquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Claire Surel</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Edible Soft Matter - 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">56eme congrès annuel du Groupe Francais de Rhéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03758134v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03870793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eaux gélifiées pour personnes âgées: liens entre propriétés rhéologiques et perception sensorielle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Valorisation de coproduits de soja : propriétés fonctionnelles et liens entre rhéologie interfaciale et volumique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Ourvois-Maloisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gauffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ronan Thibault</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Surel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56eme congrès annuel du Groupe Francais de Rhéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">, Oct 2022, rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03870793v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03758128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for synthesizing polyesters in an acidic ionic liquid medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bazureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Carrié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2011012814 A1. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00873181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de synthèse de polyesters en milieu liquide ionique acide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bazureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Paquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Carrié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2011012814 A1. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00873176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId138"/>
+      <w:footerReference w:type="default" r:id="rId142"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5313,51 +5447,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="989B6100"/>
+    <w:nsid w:val="C1A53D56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5544,51 +5678,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-paquin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8518-5363" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443999v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bertrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cousseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaroop Kunapuli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Schurhammer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cp02383a" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505685v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bassil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fontmorin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Floner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bodin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2026.239510" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794250v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nadim Kamar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Limanton" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.368" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537617v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Karoui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Dhiabi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Fakhfakh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Abid" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17040458" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646406v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Guiheneuf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c05833" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867220v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Christodoulou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorris Toucouere" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gauffre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.4c05869" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596437v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Himdi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rondeau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Castel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3su00470h" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261630v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bendjelloul" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choukry Bendeddouche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Bendeddouche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Sarri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriha Bensafiddine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/jsc230713075b" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867314v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bouattour" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.134319" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975255v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Khdhiri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abid" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Athmouni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abid" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ayadi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2022.100681" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404010v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Escadeillas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;is Gouttefangeas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jehan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joanny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867783v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lassagne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Langlais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caytan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23112961" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01254800v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Komaty" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Letertre" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huyen Duong Dang" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Jungnickel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Laux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.12.081" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236481v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976739v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rabiller-Baudry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Leperoux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delaunay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Diallo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225388v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Brunel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vi&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225524v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Bertrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391053v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391024v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225543v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452297v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938652v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Ourvois-Maloisel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Surel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409924v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papaiconomou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Legouin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-1773913" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872422v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ammar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bazureau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452276v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452262v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Percevault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194139v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452231v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872928v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Komaty" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Carri&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tomasi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769644v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Br&#233;hu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Audo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874685v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martial L'Helgoual'Ch" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527651313.ch16" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873103v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938649v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758128v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758134v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870793v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873181v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fradet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lefebvre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873176v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ludovic-paquin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8518-5363" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505685v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bassil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Fontmorin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Floner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bodin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2026.239510" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520344v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Haddad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Limanton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morineau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;na Le Corvec" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.71080" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443999v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bertrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cousseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaroop Kunapuli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Schurhammer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cp02383a" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794250v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nadim Kamar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lagrost" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.368" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646406v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Guiheneuf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c05833" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867220v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Christodoulou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorris Toucouere" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gauffre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.4c05869" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537617v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirine Karoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Dhiabi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Fakhfakh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Abid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph17040458" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596437v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Himdi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rondeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Castel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3su00470h" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975255v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Khdhiri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abid" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Athmouni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abid" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ayadi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rechem.2022.100681" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867314v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bouattour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2022.134319" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261630v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bendjelloul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choukry Bendeddouche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Bendeddouche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Sarri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriha Bensafiddine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/jsc230713075b" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404010v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Escadeillas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;is Gouttefangeas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jehan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joanny" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867783v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lassagne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Langlais" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Caytan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23112961" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01254800v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Komaty" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Letertre" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huyen Duong Dang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Jungnickel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Laux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.12.081" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236481v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976739v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rabiller-Baudry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Leperoux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Delaunay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Diallo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225388v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Brunel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vi&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mathieu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225524v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391053v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391024v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452295v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Bertrand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05225543v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452297v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409924v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papaiconomou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Legouin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0043-1773913" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938652v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Ourvois-Maloisel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Surel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872422v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ammar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bazureau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452276v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194139v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452262v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Percevault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452231v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872928v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Komaty" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Carri&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tomasi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769644v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bedoux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Br&#233;hu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Audo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874685v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martial L'Helgoual'Ch" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Guih&#233;neuf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527651313.ch16" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873103v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938649v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758134v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870793v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758128v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873181v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fradet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lefebvre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873176v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>