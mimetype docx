--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -175,325 +175,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From human artefact to machine output: automating the “art” of psychological measurement</w:t>
+                <w:t xml:space="preserve">A Recommender System of Postgraduate Courses Based on Soft Skills: A Psychometric-inspired Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Marmolejo-Ramos</w:t>
+                <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Okan Bulut</w:t>
+                <w:t xml:space="preserve">Alexis Lebis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Anunciaçáo</w:t>
+                <w:t xml:space="preserve">Abir B. Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Marques</w:t>
+                <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhinava Barthakur</w:t>
+                <w:t xml:space="preserve">Anthony Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychology and AI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1 (1), pp.2561692. </w:t>
+              <w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/29974100.2025.2561692⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40593-025-00463-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05308555v1</w:t>
+                <w:t xml:space="preserve">hal-04974355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Recommender System of Postgraduate Courses Based on Soft Skills: A Psychometric-inspired Approach</w:t>
+                <w:t xml:space="preserve">From human artefact to machine output: automating the “art” of psychological measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
+                <w:t xml:space="preserve">Fernando Marmolejo-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Lebis</w:t>
+                <w:t xml:space="preserve">Okan Bulut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abir B. Karami</w:t>
+                <w:t xml:space="preserve">Luis Anunciaçáo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
+                <w:t xml:space="preserve">Louise Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Fleury</w:t>
+                <w:t xml:space="preserve">Abhinava Barthakur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Psychology and AI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1 (1), pp.2561692. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40593-025-00463-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/29974100.2025.2561692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974355v1</w:t>
+                <w:t xml:space="preserve">hal-05308555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the effect of instructional support on logarithmic-transformed response time: An exploratory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wim van den Noortgate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -553,103 +553,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the effect of postgraduate courses on soft skills: a practical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lebis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abir B. Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14, </w:t>
@@ -713,51 +713,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pieter Vanneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Dekeyser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dries Debeer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -813,747 +813,715 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04328744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de l'impact d'une application de jeu sérieux sur les élèves des lycées d'enseignement agricole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of Students’ Collaborative Behaviours in a Virtual Laboratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maéva Kurtz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzeddine Benabbou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Broisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 14th International Conference on Games and Learning Alliance (GALA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Utrecht, Netherlands. pp.172-181, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-11043-5_17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05122996v1</w:t>
+                <w:t xml:space="preserve">hal-05448348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système de recommandation de cours basé sur les soft skills : Une approche utilisant les algorithmes génétiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analyse de l'impact d'une application de jeu sérieux sur les élèves des lycées d'enseignement agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzeddine Benabbou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Broisin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Technologies de l’Information pour l’Education et la Formation (ATIEF), Jun 2023, Brest, France. pp.344-347</w:t>
+              <w:t xml:space="preserve">12ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Technologies de l’Information pour l’Education et la Formation (ATIEF), Jun 2025, Lille, France. pp.40-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184360v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05122996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the effect of courses over soft skills: A simulation study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Système de recommandation de cours basé sur les soft skills : Une approche utilisant les algorithmes génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lebis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abir Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 AERA Annual Meeting</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Technologies de l’Information pour l’Education et la Formation (ATIEF), Jun 2023, Brest, France. pp.344-347</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202625v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modelling the effect of courses over soft skills: A simulation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim van den Noortgate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Lebis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Vermeulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 AERA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Educational Research Association, Apr 2023, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3102/2008368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Modelling response time and impact of instructional level of support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W van den Noortgate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Debeer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA'21) Plate-Forme Intelligence Artificielle (PFIA'21)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Bordeaux, France. pp.65-72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03298738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Logiciel (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Students’ Collaborative Behaviours in a Virtual Laboratory</w:t>
-[...160 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Modelling the effect of postgraduate courses on soft skills A practical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:4c23875e06a3a1c7504e571b617fdbef24d0d61b;origin=https://github.com/luispinos/Modelling-the-effect-of-postgraduate-courses-on-soft-skills-A-practical-approach;visit=swh:1:snp:08f492a5298736f6b1f09c5db6c4d820678a198f;anchor=swh:1:rev:7a133bf3ca2b1568fa1015ff5974253a0fe3ac9b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1580,51 +1548,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the interest for specific courses bias in course effect modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:c589eb235a8dc357cf0c3b786e52c4978e0ad710;origin=https://github.com/luispinos/Exploring-the-interest-for-specific-courses-bias-in-course-effect-modelling;visit=swh:1:snp:e810a31eb1dc0378c433bd91e845ac5c82c3a35c;anchor=swh:1:rev:06a782060218fe92ad8f318ee087e6f50e0519a4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1651,64 +1619,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Course recommender</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Alberto Pinos Ullauri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Lebis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1825,51 +1793,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DFBB549B"/>
+    <w:nsid w:val="5D9729A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2056,51 +2024,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luis-pinos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3694-3487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308555v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Marmolejo-Ramos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okan Bulut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Anuncia&#231;&#225;o" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Marques" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinava Barthakur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/29974100.2025.2561692" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974355v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Alberto Pinos Ullauri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B. Karami" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-025-00463-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628979v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van den Noortgate" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries Debeer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5964/meth.12943" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439022v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1281465" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328744v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vanneste" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Dekeyser" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Cornillie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.12916" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122996v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pons" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzeddine Benabbou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broisin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184360v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Karami" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202625v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fleury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3102/2008368" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298738v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pinos Ullauri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W van den Noortgate" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Debeer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448348v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Kurtz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-11043-5_17" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04640045v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c23875e06a3a1c7504e571b617fdbef24d0d61b;origin=https://github.com/luispinos/Modelling-the-effect-of-postgraduate-courses-on-soft-skills-A-practical-approach;visit=swh:1:snp:08f492a5298736f6b1f09c5db6c4d820678a198f;anchor=swh:1:rev:7a133bf3ca2b1568fa1015ff5974253a0fe3ac9b" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04640038v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c589eb235a8dc357cf0c3b786e52c4978e0ad710;origin=https://github.com/luispinos/Exploring-the-interest-for-specific-courses-bias-in-course-effect-modelling;visit=swh:1:snp:e810a31eb1dc0378c433bd91e845ac5c82c3a35c;anchor=swh:1:rev:06a782060218fe92ad8f318ee087e6f50e0519a4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638389v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luis-pinos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3694-3487" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974355v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Alberto Pinos Ullauri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B. Karami" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-025-00463-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308555v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Marmolejo-Ramos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okan Bulut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Anuncia&#231;&#225;o" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Marques" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinava Barthakur" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/29974100.2025.2561692" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628979v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van den Noortgate" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries Debeer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5964/meth.12943" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439022v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1281465" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328744v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vanneste" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Dekeyser" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Cornillie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcal.12916" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448348v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Kurtz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzeddine Benabbou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pons" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broisin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-11043-5_17" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122996v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184360v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Karami" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202625v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fleury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3102/2008368" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298738v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pinos Ullauri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W van den Noortgate" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Debeer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04640045v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:4c23875e06a3a1c7504e571b617fdbef24d0d61b;origin=https://github.com/luispinos/Modelling-the-effect-of-postgraduate-courses-on-soft-skills-A-practical-approach;visit=swh:1:snp:08f492a5298736f6b1f09c5db6c4d820678a198f;anchor=swh:1:rev:7a133bf3ca2b1568fa1015ff5974253a0fe3ac9b" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04640038v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c589eb235a8dc357cf0c3b786e52c4978e0ad710;origin=https://github.com/luispinos/Exploring-the-interest-for-specific-courses-bias-in-course-effect-modelling;visit=swh:1:snp:e810a31eb1dc0378c433bd91e845ac5c82c3a35c;anchor=swh:1:rev:06a782060218fe92ad8f318ee087e6f50e0519a4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638389v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:547864233517c8cdaba7e668471c16483bd71b5d;origin=https://github.com/F-FIDELO-19-008-FLEURY/course-recommender;visit=swh:1:snp:bf7fd2bc2d3f35378e04541f69e2c95ba967e971;anchor=swh:1:rev:40f04981dce459338256cd143adb2beea5fcb258" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>