--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -217,51 +217,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04533274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -346,233 +346,354 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federated Learning with Mixed Encryption for Distributed Energy Resources: Forecasting Electricity Charging Demand at Multiple Electrical Vehicle Charging Stations</w:t>
+                <w:t xml:space="preserve">Assessment of Kolmogorov-Arnold Networks for Spatio-Temporal Renewable Energy Forecasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Stippel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Camal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Kariniotakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo J Bessa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE PowerTech 2025 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Jun 2025, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Energy &amp; Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, World Energy and Meteorology Council, Jun 2025, Galzignano Terme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05138389v1</w:t>
+                <w:t xml:space="preserve">hal-05552098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariate Federated Tree-based Forecasting Combining Resilience and Privacy: Application to Distributed Energy Resources</w:t>
+                <w:t xml:space="preserve">Federated Learning with Mixed Encryption for Distributed Energy Resources: Forecasting Electricity Charging Demand at Multiple Electrical Vehicle Charging Stations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Stippel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Camal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Kariniotakis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSCC'2024, 23rd Power Systems Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">IEEE PowerTech 2025 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2025, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04531418v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05138389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multivariate Federated Tree-based Forecasting Combining Resilience and Privacy: Application to Distributed Energy Resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Stippel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Camal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Kariniotakis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PSCC'2024, 23rd Power Systems Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04531418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extending Privacy-preserving Regression Trees to a Value-oriented Forecasting Approach for Trading DER Resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Stippel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -601,51 +722,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44th International Symposium on Forecasting (ISF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Institute of Forecasters (IIF), Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04637097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -655,65 +776,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Market Bidding of Virtual Power Plants with Machine Learning-Assisted Asynchronous Distributed Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bizon Monroc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Stippel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -721,95 +842,95 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Camal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Kariniotakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Santosuosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05320139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -956,51 +1077,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533274v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Stippel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Camal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kariniotakis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2024.110730" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135678v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138389v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531418v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637097v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320139v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bizon Monroc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Santosuosso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04533274v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Stippel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Camal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Kariniotakis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2024.110730" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135678v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Gon&#231;alves" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo J Bessa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138389v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531418v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637097v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320139v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bizon Monroc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Santosuosso" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>