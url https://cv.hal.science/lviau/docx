--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -234,334 +234,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-coordinated Copper(I) complexes with bulky phosphine ligands: Influence of substituents on photophysical properties</w:t>
+                <w:t xml:space="preserve">Antibacterial Surfaces Prepared through Electropolymerization of N -Heterocyclic Carbene Complexes: A Pivotal Role of the Metal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laxman Sarjerao Kharabe</w:t>
+                <w:t xml:space="preserve">Quentin Gaudillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jyoti Pannu</w:t>
+                <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Viau</w:t>
+                <w:t xml:space="preserve">Agathe Figarol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soumen Ghosh</w:t>
+                <w:t xml:space="preserve">Vincent Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (30), pp.e202500319. </w:t>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (3), pp.2299-2311. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ejic.202500319⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.4c01813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05360266v1</w:t>
+                <w:t xml:space="preserve">hal-04954731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibacterial Surfaces Prepared through Electropolymerization of N -Heterocyclic Carbene Complexes: A Pivotal Role of the Metal</w:t>
+                <w:t xml:space="preserve">Three-coordinated Copper(I) complexes with bulky phosphine ligands: Influence of substituents on photophysical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Gaudillat</w:t>
+                <w:t xml:space="preserve">Laxman Sarjerao Kharabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
+                <w:t xml:space="preserve">Jyoti Pannu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Figarol</w:t>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Humblot</w:t>
+                <w:t xml:space="preserve">Soumen Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Jourdain</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (3), pp.2299-2311. </w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (30), pp.e202500319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsabm.4c01813⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202500319⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04954731v1</w:t>
+                <w:t xml:space="preserve">hal-05360266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly sensitive ammonia sensors obtained by synergetic effects of polypyrrole and ionic liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sujithkumar Ganesh Moorthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Meunier-Prest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -638,103 +638,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination Assemblies of Acetylenic Dithioether Ligands on Silver(I) Salts: Crystal Structure, Antibacterial and Cytotoxicity Activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Gaudillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan-Lukas Kirchhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Figarol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 63 (41), pp.19249-19265. </w:t>
@@ -772,51 +772,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conductometric Sensor Based on Electropolymerized Pyrrole-Tailed Ionic Liquids for Acetone Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Madaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -919,51 +919,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymeric CuX coordination compounds assembled from acetylenic thioether ligands RSCH 2 C≡CCH 2 R (R = C 6 H 11 , t -Bu): effect of the RS-group, halide and stoichiometry on the network architecture and the luminescence properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Knauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1034,291 +1034,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04584950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Catena-bis(μ-bromo)-(O-methyl-N-phenylthiocarbamate)-dicopper(I) and Its Reactivity towards PAr3 (Ar = Ph, p-Tol)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electropolymerization of Pyrrole-Tailed Imidazolium Ionic Liquid for the Elaboration of Antibacterial Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa Arar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Thibaut Zwingelstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Humblot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Lakard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molbank</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2023 (2), pp.M1655. </w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (28), pp.33382-33396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/M1655⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c05232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04123596v1</w:t>
+                <w:t xml:space="preserve">hal-04182758v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electropolymerization of Pyrrole-Tailed Imidazolium Ionic Liquid for the Elaboration of Antibacterial Surfaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of Catena-bis(μ-bromo)-(O-methyl-N-phenylthiocarbamate)-dicopper(I) and Its Reactivity towards PAr3 (Ar = Ph, p-Tol)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Zwingelstein</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Wafa Arar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jourdain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Knorr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Strohmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (28), pp.33382-33396. </w:t>
+              <w:t xml:space="preserve">Molbank</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2023 (2), pp.M1655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c05232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/M1655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182758v2</w:t>
+                <w:t xml:space="preserve">hal-04123596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper(I) iodide coordination polymers with triazole substituted pyridine ligands: photophysical and electrical conductivity properties</w:t>
               </w:r>
@@ -1343,64 +1343,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dilip Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kulbhushan Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 47 (42), pp.19751-19759. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1434,90 +1434,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silver-based coordination polymers assembled by dithioether ligands: potential antibacterial materials despite received ideas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Gaudillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Krupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Zwingelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Strohmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1581,51 +1581,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionogels as modular platform for metal extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Boudesocque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habiba Nouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1711,51 +1711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Fahsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dumail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arie van der Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1992,51 +1992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Contal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 350, pp.118588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2070,51 +2070,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2,2’-Ethylenebis(1,3-dithiane) as polydentate m2-, m4- and m5-assembling ligand for the construction of sulphur-rich Cu(I), Hg(II) and heterometallic Cu(I)/Hg(II) coordination polymers featuring uncommon network architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2239,51 +2239,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanitra Rabesona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion De-Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2347,51 +2347,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure of the two-dimensional coordination polymer poly[di-μ-bromido-bis(μ-tetrahydrothiophene)dicopper(I)]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2451,77 +2451,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structures of 9-[bis(benzylsulfanyl)methyl]anthracene and of cyclo -dodecakis(μ 2 -phenylmethanethiolato-κ 2 S : S )hexapalladium(6 Pd — Pd )–anthracene-9,10-dione (1/1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Krupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2607,51 +2607,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Knauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Strohmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2711,51 +2711,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective Cobalt over Nickel separation using neat and confined ionic liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Boudesocque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dupont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2815,51 +2815,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drug delivery system obtained by hot-melt processing of zein plasticized by a pharmaceutically active ionic liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2932,77 +2932,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure of 2-[bis(benzylsulfanyl)methyl]-6-methoxyphenol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Knauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3101,51 +3101,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Euvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 573, pp.237-245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3179,51 +3179,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1,3-Dithianes as Assembling Ligands for the Construction of Copper(I) Coordination Polymers. Investigation of the Impact of the RC(H)S 2 C 3 H 6 Substituent and Reaction Conditions on the Architecture of the 0D–3D Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3326,51 +3326,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Structures and Emission Properties of (CuI) n 2-Methyldithiane Coordination Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Schlachter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3633,51 +3633,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 46, pp.263-269. </w:t>
@@ -3715,90 +3715,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1,3-Dithiolane and 1,3-Ferrocenyl-dithiolane as Assembling Ligands for the Construction of Cu(I) Clusters and Coordination Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nakaw J. Dargallay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Knorr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Knauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3849,51 +3849,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assembly of Coordination Polymers Using Thioether-Functionalized Octasilsesquioxanes: Occurrence of (CuX) n Clusters (X=Br and I) within 3D-POSS Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhinav Raghuvanshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Strohmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4022,51 +4022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hichem Maradj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel-Angel Suarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Moutarlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4130,51 +4130,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What use for polysilsesquioxane lithium salts in lithium batteries?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meyer Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4665,51 +4665,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration of thin colloidal silica films with controlled thickness and wettability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tjaša Vrlinič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4808,51 +4808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Vechambre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4942,51 +4942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guido Ori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Villemot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5353,51 +5353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamel Chougrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Boury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5487,51 +5487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain G. Dutremez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, pp.4451-4461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5559,584 +5559,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00794256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionic Liquid Mediated Sol-Gel Synthesis in the Presence of Water or Formic Acid: Which Synthesis for Which Material?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">TTF[Ni(dmit)2]2 :Now as Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique de Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kane Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Faulmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Valade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm301083r⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15, pp.950-954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crci.2012.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00726012v1</w:t>
+                <w:t xml:space="preserve">hal-00759580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TTF[Ni(dmit)2]2 :Now as Nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kane Jacob</w:t>
+                <w:t xml:space="preserve">Ionic Liquid Mediated Sol-Gel Synthesis in the Presence of Water or Formic Acid: Which Synthesis for Which Material?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Faulmann</w:t>
+                <w:t xml:space="preserve">Marie-Alexandra Neouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Valade</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christine Biolley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Volland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Brevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crci.2012.09.008⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (16), pp.3128-3134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm301083r⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00759580v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00726012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surfactant properties of ionic liquids containing short alkyl chain imidazolium cations and ibuprofenate anions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Devoisselle</w:t>
+                <w:t xml:space="preserve">Ionogels, ionic liquid based hybrid materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Le Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c1cp21057b⟩</w:t>
+              <w:t xml:space="preserve">Chemical Society Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.907-925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c0cs00059k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00617310v1</w:t>
+                <w:t xml:space="preserve">hal-00555712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionogels, ionic liquid based hybrid materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lydie Viau</w:t>
+                <w:t xml:space="preserve">Surfactant properties of ionic liquids containing short alkyl chain imidazolium cations and ibuprofenate anions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Tourné-Péteilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Devoisselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Judeinstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin In</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Society Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, pp.907-925. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13, pp.15523. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c0cs00059k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c1cp21057b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00555712v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00617310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loading-Controlled Stiffening in Nanoconfined Ionic Liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Coasne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6317,103 +6317,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticles of organic conductors: synthesis and application as electrode material in organic ﬁeld eﬀect transistors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique de Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kane Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanan Hahioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Faulmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Valade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 35, pp.1315-1319. </w:t>
@@ -6451,51 +6451,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionogels as drug delivery system: one-step sol–gel synthesis using imidazolium ibuprofenate ionic liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Tourné-Péteilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6619,51 +6619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Driesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Nockemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hubert Mutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6739,77 +6739,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of ionic liquids in sol-gel; ionogels and applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Volland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Le Bideau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 13, pp.242. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6868,51 +6868,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer nanocomposite ionogels, high-performance electrolyte membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7001,90 +7001,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encapsulation of Pd(OAc)2 catalyst in an ionic liquid phase confined in silica gels. Application to Heck–Mizoroki reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Volland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Gruit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7160,64 +7160,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanide-doped luminescent ionogels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Le Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Bellayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7306,51 +7306,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unique Combination of Mechanical Strength, Thermal Stability, and High Ion Conduction in PMMA-Silica Nanocomposites Containing High Loadings of Ionic Liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7440,77 +7440,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immobilization of ionic liquids in translucent tin dioxide monoliths by sol–gel processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Toupance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Le Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoë Tebby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7599,51 +7599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Fortage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Scarpacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Pellegrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7719,51 +7719,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruthenium cluster chemistry monodentate bis(diphenylphosphino)acetylene-ligated cluster modules in chain and dendrimer formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Humphrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7874,51 +7874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lohio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 48, pp.1229-1232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7958,362 +7958,362 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00353667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoisomerizable Bipyridine Ligands and Macroligands: Absorption, Photoisomerization Properties and Theoretical Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Mixed-Metal Cluster Chemistry. 29. Core Expansion and Ligand-Driven Metal Exchange at Group 6−Iridium Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alistair J. Usher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nigel T. Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. T. Dalton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Randles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Loic Toupet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 7 (3), pp.644 - 657. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 45, pp.10859-10872. </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cphc.200500473⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ic061736l⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00118320v1</w:t>
+                <w:t xml:space="preserve">hal-00382147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed-Metal Cluster Chemistry. 29. Core Expansion and Ligand-Driven Metal Exchange at Group 6−Iridium Clusters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photoisomerizable Bipyridine Ligands and Macroligands: Absorption, Photoisomerization Properties and Theoretical Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alistair J. Usher</w:t>
+                <w:t xml:space="preserve">Itamar Malkowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nigel T. Lucas</w:t>
+                <w:t xml:space="preserve">Karine Costuas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. T. Dalton</w:t>
+                <w:t xml:space="preserve">Stéphanie Boulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Randles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydie Viau</w:t>
+                <w:t xml:space="preserve">Loic Toupet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 45, pp.10859-10872. </w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (3), pp.644 - 657. </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ic061736l⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cphc.200500473⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00382147v1</w:t>
+                <w:t xml:space="preserve">hal-00118320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optically tunable nonlinearities in polymers based on photoisomerizable metal-based coordination complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bidault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8402,51 +8402,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of star-shaped metallo-polymeric chromophores by atom transfer radical polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Even</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8544,64 +8544,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-metal cluster chemistry. 28. Core enlargement of tungsten-iridium clusters with alkynyl, ethynediyl and butadiynediyl reagents.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. T. Dalton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Watermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8710,90 +8710,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electropolymerization of pyrrole-based metal N-Heterocyclic carbenes for antibacterial applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Gaudillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Figarol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Bausells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8835,90 +8835,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electropolymerization of pyrrole-based metal N-Heterocyclic carbenes for antibacterial applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Gaudillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamdi Ben Halima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Humblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Figarol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Bausells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8992,51 +8992,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination chemistry of thioether ligands on CuX salts: from simple 0D complexes to 3D luminescent coordination polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Optical Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9074,51 +9074,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoplasticization of Zein by [Lidocainium][Ibuprofenate] as Active Pharmaceutical Ingredient-Ionic Liquid.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9208,51 +9208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonora Frau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yipeng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9368,51 +9368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du GDR-LIPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9482,51 +9482,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silica ionogels and ionosilicas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Hesemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Vioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9884,51 +9884,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360732v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakib Hrizi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Hamdouni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Essid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Nouiri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Khatyr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA06189J" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360266v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxman Sarjerao Kharabe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Pannu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Viau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Ghosh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinav Raghuvanshi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202500319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954731v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaudillat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ben Halima" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Humblot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jourdain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.4c01813" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950790v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujithkumar Ganesh Moorthy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Meunier-Prest" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krystianiak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2025.137405" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717101v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Lukas Kirchhoff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c02913" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552412v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Madaci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Contal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Errachid-El-Salhi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c00295" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Knorr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Knauer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Strohmann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ce00173g" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123596v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Arar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/M1655" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182758v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Zwingelstein" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c05232" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251854v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivendu Mishra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilip Pandey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kulbhushan Mishra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NJ02303F" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102723v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krupp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3DT00683B" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152244v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boudesocque" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Nouali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2023.124285" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117393v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Fahsi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dumail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van der Lee" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Masquelez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01164" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840158v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Kumar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lakard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2022.102447" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552389v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boullanger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Buron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2022.118588" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647065v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Brieger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Strohman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2DT00800A" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842280v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Thadasack" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion De-Carvalho" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.122349" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271059v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kubicki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989021006460" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264948v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989021006113" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469653v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205698901901627X" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991527v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104319" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561774v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TB00326C" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497518v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989020002091" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123027v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roosz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Euvrard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.04.036" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129882v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boullanger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b00114" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Schlachter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fortin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02168" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596069v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric C. Buron" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.04.092" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518610v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jurin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric C Buron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2017.04.013" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593774v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nakaw J. Dargallay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10904-017-0610-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714390v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Tissot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201704911" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509764v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihua Xie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Maradj" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel-Angel Suarez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.001361" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389206v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Mathieu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monge" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Judeinstein" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ00979D" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389185v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brevet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouannin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tourn&#233;-P&#233;teilh" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Devoisselle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Vioux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA17431K" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389191v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carquigny" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.06.080" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389196v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain G. Dutremez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Arie van Der" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201502181" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z5C8TQ1J-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389217v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tja&#353;a Vrlini&#269;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2016.01.007" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112642v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Meyer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Vechambre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ta02132k" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011049v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Ori" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villemot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coasne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2014.902138" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982120v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tourne-Peteilh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darcos" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahmer Sharkawi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TB00264D" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948479v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la404166y" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825243v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Deschamps" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Chougrani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boury" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ce27057b" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794256v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta01154b" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726012v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Neouze" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Biolley" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Volland" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm301083r" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759580v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique de Caro" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kane Jacob" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faulmann" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Valade" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2012.09.008" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q0M9Z7DK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617310v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp21057b" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555712v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Bideau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cs00059k" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602619v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz200411a" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617308v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheminet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jarrosson" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre L&#232;re-Porte" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Serein-Spirau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Cury" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1jm11733e" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603574v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Hahioui" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0nj00858c" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433320v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b913879j" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-WDCJ9WDH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463321v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyra Lunstroot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Driesen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nockemann" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hubert Mutin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b920145a" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-KSKJ7Q6P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430176v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2009.07.002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSF9GBSP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529120v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gayet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Leroux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c000033g" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-V3BZNBL3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388590v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gruit" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R&#233;gnier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavastre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b902909e" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8QNWPML9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342675v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bellayer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Binnemans" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b812292j" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-3C4KZ8FW-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433321v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mabille" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm9027918" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360720v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Toupance" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#235; Tebby" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b814978j" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-JQBZ6HBR-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421737v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortage" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Scarpacci" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pellegrin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol Blart" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200900262" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LD2MXLR6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353668v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Humphrey" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony C. Willis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2007.01.027" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08LJP17X-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353667v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Le Bozec" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lohio" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2006.12.048" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGMG6Z86-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118320v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itamar Malkowsky" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Costuas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boulin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Toupet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200500473" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VRF96V68-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382147v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair J. Usher" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel T. Lucas" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. T. Dalton" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Randles" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic061736l" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-M4WTZBPM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172726v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bidault" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brasselet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Zyss" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200600157" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D1468P07-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382176v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Even" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Haddleton" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2004.11.034" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3W4LDGHQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382165v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Watermann" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bruce" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic050040+" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655432v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Bausells" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651155v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531053v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05353296v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970922v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Frau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yipeng Zhang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON51198.2020.9203417" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963951v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205212v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527670819.ch16" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998778v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Castro" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Humphrey" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Maitlis" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Zaitseva" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118744994.ch23" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360732v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakib Hrizi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Hamdouni" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Essid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Nouiri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Khatyr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA06189J" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gaudillat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ben Halima" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Humblot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jourdain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.4c01813" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360266v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxman Sarjerao Kharabe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jyoti Pannu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Viau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumen Ghosh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinav Raghuvanshi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202500319" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950790v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujithkumar Ganesh Moorthy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Meunier-Prest" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krystianiak" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2025.137405" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717101v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Lukas Kirchhoff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.4c02913" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552412v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Madaci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Contal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Errachid-El-Salhi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c00295" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Knorr" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Knauer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Strohmann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ce00173g" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182758v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Zwingelstein" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c05232" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123596v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Arar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/M1655" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251854v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivendu Mishra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilip Pandey" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kulbhushan Mishra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NJ02303F" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102723v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Krupp" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3DT00683B" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152244v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boudesocque" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Nouali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2023.124285" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117393v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Fahsi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dumail" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van der Lee" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Masquelez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01164" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840158v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Kumar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lakard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2022.102447" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552389v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boullanger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Buron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2022.118588" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647065v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Brieger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Strohman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2DT00800A" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842280v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Thadasack" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion De-Carvalho" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.122349" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271059v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kubicki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989021006460" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264948v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989021006113" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469653v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205698901901627X" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991527v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104319" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561774v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TB00326C" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497518v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989020002091" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123027v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roosz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Euvrard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.04.036" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129882v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boullanger" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b00114" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Schlachter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fortin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02168" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596069v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric C. Buron" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.04.092" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01518610v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jurin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric C Buron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orgel.2017.04.013" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593774v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nakaw J. Dargallay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10904-017-0610-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714390v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Tissot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201704911" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509764v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihua Xie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Maradj" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel-Angel Suarez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.001361" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389206v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Mathieu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monge" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Judeinstein" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ00979D" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389185v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brevet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jouannin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tourn&#233;-P&#233;teilh" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Devoisselle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Vioux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6RA17431K" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389191v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carquigny" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hihn" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.06.080" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389196v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain G. Dutremez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Arie van Der" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201502181" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z5C8TQ1J-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389217v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tja&#353;a Vrlini&#269;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2016.01.007" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112642v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Meyer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Vechambre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fontaine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ta02132k" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011049v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Ori" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villemot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coasne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2014.902138" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982120v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Tourne-Peteilh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Darcos" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahmer Sharkawi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TB00264D" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00948479v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin In" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la404166y" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825243v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Deschamps" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Chougrani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boury" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ce27057b" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794256v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta01154b" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759580v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique de Caro" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kane Jacob" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faulmann" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Valade" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2012.09.008" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q0M9Z7DK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00726012v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Neouze" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Biolley" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Volland" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm301083r" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00555712v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le Bideau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cs00059k" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617310v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp21057b" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00602619v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz200411a" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617308v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cheminet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Jarrosson" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre L&#232;re-Porte" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Serein-Spirau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Cury" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1jm11733e" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603574v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Hahioui" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0nj00858c" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433320v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b913879j" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-WDCJ9WDH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463321v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyra Lunstroot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Driesen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Nockemann" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hubert Mutin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b920145a" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-KSKJ7Q6P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430176v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2009.07.002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSF9GBSP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529120v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gayet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Leroux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c000033g" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-V3BZNBL3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388590v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gruit" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R&#233;gnier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavastre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b902909e" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8QNWPML9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342675v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bellayer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Binnemans" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b812292j" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-3C4KZ8FW-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00433321v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mabille" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm9027918" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360720v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Toupance" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#235; Tebby" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b814978j" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-JQBZ6HBR-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421737v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortage" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Scarpacci" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Pellegrin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol Blart" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200900262" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LD2MXLR6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353668v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Humphrey" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony C. Willis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2007.01.027" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08LJP17X-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353667v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Le Bozec" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lohio" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2006.12.048" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGMG6Z86-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382147v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair J. Usher" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel T. Lucas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. T. Dalton" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Randles" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic061736l" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-M4WTZBPM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118320v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itamar Malkowsky" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Costuas" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boulin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Toupet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200500473" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VRF96V68-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172726v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bidault" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brasselet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Zyss" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200600157" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D1468P07-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382176v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Even" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.M. Haddleton" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2004.11.034" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3W4LDGHQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00382165v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Watermann" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bruce" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic050040+" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655432v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Bausells" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651155v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531053v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05353296v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970922v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Frau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yipeng Zhang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON51198.2020.9203417" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963951v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205212v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527670819.ch16" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998778v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurora Castro" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Humphrey" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Maitlis" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Zaitseva" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118744994.ch23" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>