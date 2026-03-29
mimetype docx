--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2483,277 +2483,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’un Centre d’Expérimentation Pédagogique pour faciliter les échanges et la diffusion de l’innovation pédagogique</w:t>
+                <w:t xml:space="preserve">Prévenir le risque de non-observance thérapeutique chez les jeunes adultes: les apports de la théorie de la motivation à se protéger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Duru</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Eve Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydiane Nabec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Dolgin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de Pédagogie dans l'Enseignement Supérieur 2022 - (S')engager et pouvoir (d')agir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, la rochelle universtié, Jan 2022, la Rochelle, France. pp.268-279</w:t>
+              <w:t xml:space="preserve">8è Journée Internationale du Marketing Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185416v1</w:t>
+                <w:t xml:space="preserve">halshs-05013956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévenir le risque de non-observance thérapeutique chez les jeunes adultes: les apports de la théorie de la motivation à se protéger</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception d’un Centre d’Expérimentation Pédagogique pour faciliter les échanges et la diffusion de l’innovation pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Duru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Moyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bobroff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Eve Laporte</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frederic Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8è Journée Internationale du Marketing Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Questions de Pédagogie dans l'Enseignement Supérieur 2022 - (S')engager et pouvoir (d')agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, la rochelle universtié, Jan 2022, la Rochelle, France. pp.268-279</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05013956v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner l'innovation pédagogique via la création d'une Chaire de recherche-action dédiée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Parmentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2817,51 +2817,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention du risque de non-observance médicamenteuse: vers une échelle de mesure de l'intention des patients d'observer le traitement prescrit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eve Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydiane Nabec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3588,51 +3588,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augmenter la perception du risque pour motiver le changement de comportement, une stratégie à utiliser avec précaution en santé publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Eve Laporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydiane Nabec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4477,51 +4477,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5F749085"/>
+    <w:nsid w:val="69CF9126"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4708,51 +4708,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lydiane-nabec" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4723-5689" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227475v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Vasseur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fialon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marques-Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pereira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Meirhaeghe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaf089" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347209v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Nabec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Julia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12961-023-01065-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Serafini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Galan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Touvier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14173511" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154320v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guichard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;mar-Nicolas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Durieux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.106.0011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697547v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;lias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo M. G. van Der Werf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aggeri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-022-02071-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03665629v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie de Bock" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Dolgin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kombargi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Arnould" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Vilcot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S354705" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03921107v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34172/ijhpm.2022.6127" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03689578v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Tugaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selam Shah" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rebibo Seror" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41687-022-00470-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213367v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Marette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.096.69.88" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022174v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lichtl&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chevalier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570718756553" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213342v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570716685522" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213410v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370116667346" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056344v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022171v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370117738706" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213336v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669321v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;rigot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022190v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022189v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Briat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.078.63.77" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396364v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chalamon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.070.59.74" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291870v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fleck" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.038.0014" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445456v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongfang Li" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233501v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185416v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Duru" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moyon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobroff" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouquet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05013956v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Laporte" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204596v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Parmentier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Riopel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929615v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162379v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310782v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753452v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955473v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218649v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022242v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ems.fr/livres/collections/versus/ouvrage/397-protection-des-consommateurs.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938719v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01676930v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022299v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151224v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decrop" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05052737v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04180463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606445v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariotti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Atlan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bennetau-Pelissero" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Boutron-Ruault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Bresson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lydiane-nabec" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4723-5689" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227475v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Vasseur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fialon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Marques-Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Pereira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Meirhaeghe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaf089" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347209v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydiane Nabec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Julia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12961-023-01065-8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213397v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Serafini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Galan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Touvier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14173511" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154320v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guichard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;mar-Nicolas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Durieux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.106.0011" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697547v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;lias" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo M. G. van Der Werf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aggeri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-022-02071-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03665629v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie de Bock" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Dolgin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kombargi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Arnould" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Vilcot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S354705" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03921107v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34172/ijhpm.2022.6127" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03689578v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Tugaut" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selam Shah" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Rebibo Seror" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41687-022-00470-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213367v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Marette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.096.69.88" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022174v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lichtl&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Chevalier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570718756553" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213342v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570716685522" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213410v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370116667346" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056344v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022171v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370117738706" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213336v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669321v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M&#233;rigot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022190v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022189v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Briat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.078.63.77" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396364v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chalamon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.070.59.74" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291870v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fleck" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.038.0014" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445456v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongfang Li" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233501v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05013956v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Laporte" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185416v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Duru" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Moyon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bernard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobroff" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouquet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204596v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Parmentier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Riopel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929615v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162379v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310782v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02753452v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955473v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218649v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022242v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ems.fr/livres/collections/versus/ouvrage/397-protection-des-consommateurs.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938719v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01676930v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022299v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151224v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decrop" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05052737v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04180463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606445v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariotti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Atlan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bennetau-Pelissero" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Boutron-Ruault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Bresson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>