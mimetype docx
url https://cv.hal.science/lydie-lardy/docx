--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -603,697 +603,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05008617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted effects of shade tree legumes on soil organic carbon stock and carbon balance in 20-year cacao agroforestry, Ivory Coast</w:t>
+                <w:t xml:space="preserve">Differences in soil biological activity and soil organic matter status only in the topsoil of Ferralsols under five land uses (Allada, Benin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brahima K Silue</w:t>
+                <w:t xml:space="preserve">Issiakou Alladé Houssoukpèvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand W Koné</w:t>
+                <w:t xml:space="preserve">Hervé Nonwègnon Sayimi Aholoukpè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Masse</w:t>
+                <w:t xml:space="preserve">Murielle Nancy Rakotondrazafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Moulin-Esmard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alain J A Kotaix</w:t>
+                <w:t xml:space="preserve">Demayi Jorès Mauryo Fassinou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma Régional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 37, pp.e00807. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2024.e00807⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 39, pp.e00865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2024.e00865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589865v1</w:t>
+                <w:t xml:space="preserve">hal-04705381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of soil organic carbon in particle size fractions using a near-infrared spectral library in West Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasted effects of shade tree legumes on soil organic carbon stock and carbon balance in 20-year cacao agroforestry, Ivory Coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahima K Silue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Cambou</w:t>
+                <w:t xml:space="preserve">Armand W Koné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Issiakou A Houssoukpèvi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+                <w:t xml:space="preserve">Dominique Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Moulin</w:t>
+                <w:t xml:space="preserve">Patricia Moulin-Esmard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy M Rakotondrazafy</w:t>
+                <w:t xml:space="preserve">Alain J A Kotaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 443, 116818 [17p.]. </w:t>
+              <w:t xml:space="preserve">Geoderma Régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37, pp.e00807. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.116818⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2024.e00807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04499978v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of soil organic carbon pools following conversion of savannah to cocoa agroforestry systems in the Centre region of Cameroon</w:t>
+                <w:t xml:space="preserve">Quantification of soil organic carbon in particle size fractions using a near-infrared spectral library in West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.E. Fonkeng</w:t>
+                <w:t xml:space="preserve">Aurélie Cambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issiakou A Houssoukpèvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Enock</w:t>
+                <w:t xml:space="preserve">Patricia Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Rakotondrazafy</w:t>
+                <w:t xml:space="preserve">Nancy M Rakotondrazafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma Régional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 36, e00758 [14 p.]. </w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 443, 116818 [17p.]. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2024.e00758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2024.116818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04515156v1</w:t>
+                <w:t xml:space="preserve">hal-04499978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of shade tree legumes on cacao biomass and bean yields after 20 years of intercropping in Ivory Coast</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of soil organic carbon pools following conversion of savannah to cocoa agroforestry systems in the Centre region of Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klotioloma Coulibaly</w:t>
+                <w:t xml:space="preserve">E.E. Fonkeng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sékou Aïdara</w:t>
+                <w:t xml:space="preserve">Marie Sauvadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Enock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Rakotondrazafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s0014479724000097⟩</w:t>
+              <w:t xml:space="preserve">Geoderma Régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36, e00758 [14 p.]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2024.e00758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589859v1</w:t>
+                <w:t xml:space="preserve">hal-04515156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in soil biological activity and soil organic matter status only in the topsoil of Ferralsols under five land uses (Allada, Benin)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Nonwègnon Sayimi Aholoukpè</w:t>
+                <w:t xml:space="preserve">Effects of shade tree legumes on cacao biomass and bean yields after 20 years of intercropping in Ivory Coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahima K Silue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand W Koné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain J A Kotaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Nancy Rakotondrazafy</w:t>
+                <w:t xml:space="preserve">Klotioloma Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demayi Jorès Mauryo Fassinou</w:t>
+                <w:t xml:space="preserve">Sékou Aïdara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma Régional</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 39, pp.e00865. </w:t>
+              <w:t xml:space="preserve">Experimental Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60, pp.e16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2024.e00865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/s0014479724000097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04705381v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantics about soil organic carbon storage: DATA4C+, a comprehensive thesaurus and classification of management practices in agriculture and forestry</w:t>
               </w:r>
@@ -1439,51 +1439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nandrianina Ramifehiarivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard G. Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Cambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1573,77 +1573,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Pascal Malou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sebag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Nancy Rakotondrazafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Arid Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 213, pp.104978. </w:t>
@@ -1809,2305 +1809,2305 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185205v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomass and soil carbon stocks of the main land use of the Allada Plateau (Southern Benin)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Specific effects of tree species on soil carbon sequestration in a rice-tree association mesocosm experiment: Evidence from natural 13C abundance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lucien Amadji</w:t>
+                <w:t xml:space="preserve">Angelina Rondrotsifantenana Rasoarinaivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tantely Maminiaina Razafimbelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Blanchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17583004.2022.2074314⟩</w:t>
+              <w:t xml:space="preserve">Rhizosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21, pp.100485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rhisph.2022.100485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03713544v1</w:t>
+                <w:t xml:space="preserve">hal-03659443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priorities for soil research and sustainable management in Madagascar</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Albrecht</w:t>
+                <w:t xml:space="preserve">Biomass and soil carbon stocks of the main land use of the Allada Plateau (Southern Benin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issiakou Alladé Houssoukpèvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Nonwègnon Sayimi Aholoukpè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demayi Jorès Mauryo Fassinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Nancy Rakotondrazafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Becquer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+                <w:t xml:space="preserve">Guillaume Lucien Amadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma Régional</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2022.e00518⟩</w:t>
+              <w:t xml:space="preserve">Carbon Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.249 - 265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17583004.2022.2074314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03980551v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03713544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of soil carbon and nitrogen contents using visible and near infrared diffuse reflectance spectroscopy in varying salt-affected soils in Sine Saloum (Senegal)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Cambou</w:t>
+                <w:t xml:space="preserve">Priorities for soil research and sustainable management in Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tantely Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Barthès</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patricia Moulin</w:t>
+                <w:t xml:space="preserve">Alain Albrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Chauvin</w:t>
+                <w:t xml:space="preserve">Thierry Becquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El Hadji Faye</w:t>
+                <w:t xml:space="preserve">Laetitia Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CATENA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 212, pp.106075. </w:t>
+              <w:t xml:space="preserve">Geoderma Régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.e00518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.catena.2022.106075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geodrs.2022.e00518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03678015v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03980551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of soil carbon stocks under and outside the tree crown in the sylvopastoral zone of Senegal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of soil carbon and nitrogen contents using visible and near infrared diffuse reflectance spectroscopy in varying salt-affected soils in Sine Saloum (Senegal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Cambou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ange-Jokébed Adjoua N'Goran</w:t>
+                <w:t xml:space="preserve">Bernard Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoul Aziz Diouf</w:t>
+                <w:t xml:space="preserve">Laure Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sékouna Diatta</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Afolabi Juste Djagoun</w:t>
+                <w:t xml:space="preserve">El Hadji Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Elevage et de Médecine Vétérinaire des Pays Tropicaux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.19182/remvt.36984⟩</w:t>
+              <w:t xml:space="preserve">CATENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 212, pp.106075. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catena.2022.106075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03851550v1</w:t>
+                <w:t xml:space="preserve">hal-03678015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of land use change on carbon stocks in an agricultural region of southern Benin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Issiakou Alladé Houssoukpèvi</w:t>
+                <w:t xml:space="preserve">Variability of soil carbon stocks under and outside the tree crown in the sylvopastoral zone of Senegal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ange-Jokébed Adjoua N'Goran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Aziz Diouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guerric Le Maire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Nonwègnon Sayimi Aholoukpè</w:t>
+                <w:t xml:space="preserve">Sékouna Diatta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démayi Jorès Mauryo Fassinou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lucien Amadji</w:t>
+                <w:t xml:space="preserve">Mohamed Habibou Assouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afolabi Juste Djagoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land Degradation and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ldr.4545⟩</w:t>
+              <w:t xml:space="preserve">Revue d'Elevage et de Médecine Vétérinaire des Pays Tropicaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 75 (3), pp.67-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19182/remvt.36984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03951613v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific effects of tree species on soil carbon sequestration in a rice-tree association mesocosm experiment: Evidence from natural 13C abundance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angelina Rondrotsifantenana Rasoarinaivo</w:t>
+                <w:t xml:space="preserve">Effect of land use change on carbon stocks in an agricultural region of southern Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issiakou Alladé Houssoukpèvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tantely Maminiaina Razafimbelo</w:t>
+                <w:t xml:space="preserve">Guerric Le Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Nonwègnon Sayimi Aholoukpè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Blanchart</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+                <w:t xml:space="preserve">Démayi Jorès Mauryo Fassinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lucien Amadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rhizosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 21, pp.100485. </w:t>
+              <w:t xml:space="preserve">Land Degradation and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (5), pp.1447-1463. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.rhisph.2022.100485⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ldr.4545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659443v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimates of carbon stocks in sandy soils cultivated under local management practices in Senegal’s groundnut basin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patricia Moulin</w:t>
+                <w:t xml:space="preserve">Impacts on greenhouse gas balance and rural economy after agroecology development in Itasy Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narindra Harisoa Rakotovao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Vayssières</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Deffontaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syndhia Mathe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-021-01790-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 291, pp.125220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2020.125220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03263381v1</w:t>
+                <w:t xml:space="preserve">hal-03032760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts on greenhouse gas balance and rural economy after agroecology development in Itasy Madagascar</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+                <w:t xml:space="preserve">An overlooked local resource: Shrub-intercropping for food production, drought resistance and ecosystem restoration in the Sahel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew B.H. Bright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahima Diedhiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Bayala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaniel Bogie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Syndhia Mathe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2020.125220⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 319, pp.107523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032760v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An overlooked local resource: Shrub-intercropping for food production, drought resistance and ecosystem restoration in the Sahel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Roger Bayala</w:t>
+                <w:t xml:space="preserve">Estimates of carbon stocks in sandy soils cultivated under local management practices in Senegal’s groundnut basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Pascal Malou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathaniel Bogie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+                <w:t xml:space="preserve">Jonathan Vayssières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 319, pp.107523. </w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107523⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10113-021-01790-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03334173v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03263381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barriers and Strategies to Boost Soil Carbon Sequestration in Agriculture</w:t>
+                <w:t xml:space="preserve">Comparative analysis of nutritional status and growth of immature oil palm in various intercropping systems in southern Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Demenois</w:t>
+                <w:t xml:space="preserve">Hermione Koussihouèdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Torquebiau</w:t>
+                <w:t xml:space="preserve">Hervé Aholoukpè</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Arnoult</w:t>
+                <w:t xml:space="preserve">Jeremie Adjibodou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Eglin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Masse</w:t>
+                <w:t xml:space="preserve">Haniel Hinkati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fsufs.2020.00037⟩</w:t>
+              <w:t xml:space="preserve">Experimental Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (3), pp.371-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s0014479720000022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625293v1</w:t>
+                <w:t xml:space="preserve">hal-02954806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity and socio-economic aspects of oil palm agroforestry systems on the Allada plateau, southern Benin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hermione Koussihouèdé</w:t>
+                <w:t xml:space="preserve">The Rock-Eval® signature of soil organic carbon in arenosols of the Senegalese groundnut basin. How do agricultural practices matter?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Pascal Malou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sebag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cathy Clermont-Dauphin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+                <w:t xml:space="preserve">Ndeye Yacine Badiane-Ndour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agroforestry Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10457-019-00360-0⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 301, pp.107030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2020.107030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03150058v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02891653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris Climate Agreement: Promoting Interdisciplinary Science and Stakeholders’ Approaches for Multi-Scale Implementation of Continental Carbon Sequestration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+                <w:t xml:space="preserve">Barriers and Strategies to Boost Soil Carbon Sequestration in Agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Demenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Loireau</w:t>
+                <w:t xml:space="preserve">Emmanuel Torquebiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Courault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+                <w:t xml:space="preserve">Matthieu Arnoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Desjardins</w:t>
+                <w:t xml:space="preserve">Thomas Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (17), pp.6715. </w:t>
+              <w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (Avril), </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su12176715⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fsufs.2020.00037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02920103v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Rock-Eval® signature of soil organic carbon in arenosols of the Senegalese groundnut basin. How do agricultural practices matter?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+                <w:t xml:space="preserve">Diversity and socio-economic aspects of oil palm agroforestry systems on the Allada plateau, southern Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermione Koussihouèdé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ndeye Yacine Badiane-Ndour</w:t>
+                <w:t xml:space="preserve">Cathy Clermont-Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Aholoukpè</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 301, pp.107030. </w:t>
+              <w:t xml:space="preserve">Agroforestry Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 94 (1), pp.41-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2020.107030⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10457-019-00360-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02891653v1</w:t>
+                <w:t xml:space="preserve">hal-03150058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of nutritional status and growth of immature oil palm in various intercropping systems in southern Benin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Aholoukpè</w:t>
+                <w:t xml:space="preserve">Paris Climate Agreement: Promoting Interdisciplinary Science and Stakeholders’ Approaches for Multi-Scale Implementation of Continental Carbon Sequestration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Adjibodou</w:t>
+                <w:t xml:space="preserve">Maud Loireau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haniel Hinkati</w:t>
+                <w:t xml:space="preserve">Romain Courault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Dubos</w:t>
+                <w:t xml:space="preserve">Thierry Desjardins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56 (3), pp.371-386. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (17), pp.6715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/s0014479720000022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su12176715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02954806v1</w:t>
+                <w:t xml:space="preserve">hal-02920103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consequences of clear-cutting and drought on fine root dynamics down to 17 m in coppice-managed eucalypt plantations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance comparison between a miniaturized and a conventional near infrared reflectance (NIR) spectrometer for characterizing soil carbon and nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard G. Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Germon</w:t>
+                <w:t xml:space="preserve">Ernest Kouakoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+                <w:t xml:space="preserve">Michaël Clairotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Bordron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yann Nouvellon</w:t>
+                <w:t xml:space="preserve">Jordane Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2019.05.010⟩</w:t>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 338, pp.422-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2018.12.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628075v1</w:t>
+                <w:t xml:space="preserve">hal-02625503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal microbial response to wetting-drying cycles in soils within and outside the influence of a shrub in the Sahel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consequences of clear-cutting and drought on fine root dynamics down to 17 m in coppice-managed eucalypt plantations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Diatta</w:t>
+                <w:t xml:space="preserve">Bruno Bordron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Diakhaté</w:t>
+                <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Founoune-Mboup</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Diouf</w:t>
+                <w:t xml:space="preserve">Yann Nouvellon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Journal of Soil Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4236/ojss.2019.912018⟩</w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 445, pp.48-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2019.05.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03834909v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance comparison between a miniaturized and a conventional near infrared reflectance (NIR) spectrometer for characterizing soil carbon and nitrogen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard G. Barthès</w:t>
+                <w:t xml:space="preserve">Temporal microbial response to wetting-drying cycles in soils within and outside the influence of a shrub in the Sahel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Diakhaté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernest Kouakoua</w:t>
+                <w:t xml:space="preserve">H. Founoune-Mboup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Clairotte</w:t>
+                <w:t xml:space="preserve">C.J. Alster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordane Lallemand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+                <w:t xml:space="preserve">D. Diouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoderma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 338, pp.422-429. </w:t>
+              <w:t xml:space="preserve">Open Journal of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (12), pp.284-297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2018.12.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4236/ojss.2019.912018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625503v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil carbon stock changes in tropical croplands are mainly driven by carbon inputs: A synthesis</w:t>
               </w:r>
@@ -4132,64 +4132,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Albrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantely Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 259, pp.147-158. </w:t>
@@ -4253,64 +4253,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenji Fujisaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Albrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantely Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4491,51 +4491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil microbial functional capacity and diversity in a millet-shrub intercropping system of semi-arid Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Diakhaté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gueye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4650,51 +4650,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Améliorer la biodisponibilité du phosphore : comment valoriser les compétences des plantes et les mécanismes biologiques du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5742,393 +5742,393 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cirad-00764065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soils, a sink for N2O? A review</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seasonal effect of the exotic invasive plant Solidago gigantea on soil pH and P fractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Wrage</w:t>
+                <w:t xml:space="preserve">C. Herr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Metay</w:t>
+                <w:t xml:space="preserve">N. Dassonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Luc Chotte</w:t>
+                <w:t xml:space="preserve">S. Vanderhoeven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martial Bernoux</w:t>
+                <w:t xml:space="preserve">P. Meerts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 13, pp.1-17. </w:t>
+              <w:t xml:space="preserve">Journal of Plant Nutrition and Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 170 (6), pp.729-738. </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2486.2006.01280.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jpln.200625190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02669178v1</w:t>
+                <w:t xml:space="preserve">ird-00293112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal effect of the exotic invasive plant Solidago gigantea on soil pH and P fractions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soils, a sink for N2O? A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Herr</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
+                <w:t xml:space="preserve">Nicole Wrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Dassonville</w:t>
+                <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Vanderhoeven</w:t>
+                <w:t xml:space="preserve">Jean Luc Chotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Meerts</w:t>
+                <w:t xml:space="preserve">Martial Bernoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Nutrition and Soil Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 170 (6), pp.729-738. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 13, pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jpln.200625190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2486.2006.01280.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-00293112v1</w:t>
+                <w:t xml:space="preserve">hal-02669178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the exotic invasive plant #Solidago gigantea$ on soil phosphorus status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Vanderhoeven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Dassonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.S. Koutika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Meerts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology and Fertility of Soils</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 42 (6), pp.481-489. </w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6328,64 +6328,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Aholoukpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lucien Amadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Conférence sur l’Intensification Durable (CID 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISRA; CIRAD; DyTAES; IRD; PAR; UCAD; CSFD; ACF, Apr 2024, Dakar, Sénégal. 1 p</w:t>
@@ -6578,51 +6578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seguy Enock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Rakotondrazafy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6658,277 +6658,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05179534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil biodiversity in action: ecological intensification of soil processes for agrosystem services in the tropics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Bernard</w:t>
+                <w:t xml:space="preserve">Promouvoir des pratiques agroécologiques à la fois bénéfiques à la société et aux agriculteurs. Quel rôle pour la recherche ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narindra Harisoa Rakotovao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Luc L Chotte</w:t>
+                <w:t xml:space="preserve">Tantely Maminiana Razafimbelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syndhia Mathe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Cournac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydie Lardy</w:t>
+                <w:t xml:space="preserve">Isabelle Bernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Symposium on Soil Biodiversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FAO, Apr 2021, Roma, Italy. pp.624-629</w:t>
+              <w:t xml:space="preserve">Conférence intensification Durable 2021 (CDI 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISRA; IRD; CIRAD, Nov 2021, Dakar, Sénégal. pp.165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03581645v1</w:t>
+                <w:t xml:space="preserve">hal-05177722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promouvoir des pratiques agroécologiques à la fois bénéfiques à la société et aux agriculteurs. Quel rôle pour la recherche ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Narindra Harisoa Rakotovao</w:t>
+                <w:t xml:space="preserve">Soil biodiversity in action: ecological intensification of soil processes for agrosystem services in the tropics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Blanchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tantely Maminiana Razafimbelo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Syndhia Mathe</w:t>
+                <w:t xml:space="preserve">Jean Luc L Chotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bernoux</w:t>
+                <w:t xml:space="preserve">Laurent Cournac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence intensification Durable 2021 (CDI 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISRA; IRD; CIRAD, Nov 2021, Dakar, Sénégal. pp.165</w:t>
+              <w:t xml:space="preserve">Global Symposium on Soil Biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FAO, Apr 2021, Roma, Italy. pp.624-629</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05177722v1</w:t>
+                <w:t xml:space="preserve">hal-03581645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the thermal stability of soil organic matter related to its biogeochemical stability in cultivated Arenosols of the groundnut basin of Senegal ?</w:t>
               </w:r>
@@ -6953,51 +6953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sebag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.Y.B. Ndour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7087,51 +7087,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dô</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Rocheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7208,51 +7208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O.P. Malou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sebag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7316,64 +7316,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of CO2, CH4 and N2O concentrations throughout deep soil profiles in Eucalypt plantations subjected to contrasted rainfall regimes: consequences on soil effluxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Germon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7480,51 +7480,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Bernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7806,902 +7806,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00956120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement d'usage des terres et fonctionnement microbien : le cas du semis direct sous couverture végétale à Madagascar</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A.L. Pablo</w:t>
+                <w:t xml:space="preserve">Fonctionnement du sol sous SCV au Brésil et à Madagascar : Abondance et rôle des ingénieurs du sol sur la dynamique du carbone du sol = Fonctionnement du sol sous SCV au Brésil et à Madagascar : Abondance et rôle des ingénieurs du sol sur la dynamique du carbone du sol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blanchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Chotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Colloque de l'Association Francophone d'Ecologie microbienne (AFEM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">Les sols tropicaux en semis-direct sous couvertures végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Antananarivo, Madagascar</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02820560v1</w:t>
+                <w:t xml:space="preserve">cirad-00778751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At what extend a key microbial functional community (the denitrifiers) could be modified by agricultural practices: the case of direct seeding in Madagascar</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Chèneby</w:t>
+                <w:t xml:space="preserve">Effect of agricultural practices on N2O emissions from Malagasy soils [Poster].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Douzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rabenarivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference Rhizosphere 2</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Montpellier, France. 1 p</w:t>
+              <w:t xml:space="preserve">International Symposium Organic Matter Dynamics in Agro-Ecosystems, Poitiers, France, 16-19 juillet 2007, s.l.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01190290v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cirad-00780468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">At what extend a key microbial functional community (the denitrifiers) could be modified by agricultural practices: the case of direct seeding in Madagascar</w:t>
+                <w:t xml:space="preserve">Changement d'usage des terres et fonctionnement microbien : le cas du semis direct sous couverture végétale à Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Chèneby</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ezekiel Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Villenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. COST 856 meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST), Mar 2007, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">3ème Colloque de l'Association Francophone d'Ecologie microbienne (AFEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191138v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How agricultural practices affect the different bacterial communities involved in the denitrification process: the case of direct seeding in Madagascar</w:t>
+                <w:t xml:space="preserve">At what extend a key microbial functional community (the denitrifiers) could be modified by agricultural practices: the case of direct seeding in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ezékiel Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fromin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chèneby</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Fromin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. and final meeting of te ESF COST Action 856</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Swedish University of Agricultural Sciences (SLU), Dec 2007, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">International Conference Rhizosphere 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Montpellier, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02755521v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of fertilization and direct seeding on activity and abundance of key denitrifier communities in a tropical soil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">At what extend a key microbial functional community (the denitrifiers) could be modified by agricultural practices: the case of direct seeding in Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Brauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ezékiel Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Philippot</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fromin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Chèneby</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Fromin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. COST 856 meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Mar 2007, Aberdeen, United Kingdom</w:t>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST), Mar 2007, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190320v1</w:t>
+                <w:t xml:space="preserve">hal-01191138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of agricultural practices on N2O emissions from Malagasy soils [Poster].</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Rabenarivo</w:t>
+                <w:t xml:space="preserve">How agricultural practices affect the different bacterial communities involved in the denitrification process: the case of direct seeding in Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Brauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ezékiel Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chèneby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fromin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium Organic Matter Dynamics in Agro-Ecosystems, Poitiers, France, 16-19 juillet 2007, s.l.,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, France</w:t>
+              <w:t xml:space="preserve">14. and final meeting of te ESF COST Action 856</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Swedish University of Agricultural Sciences (SLU), Dec 2007, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cirad-00780468v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement du sol sous SCV au Brésil et à Madagascar : Abondance et rôle des ingénieurs du sol sur la dynamique du carbone du sol = Fonctionnement du sol sous SCV au Brésil et à Madagascar : Abondance et rôle des ingénieurs du sol sur la dynamique du carbone du sol.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.-L. Chotte</w:t>
+                <w:t xml:space="preserve">Impact of fertilization and direct seeding on activity and abundance of key denitrifier communities in a tropical soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ezékiel Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Philippot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Chèneby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis-Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fromin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sols tropicaux en semis-direct sous couvertures végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Antananarivo, Madagascar</w:t>
+              <w:t xml:space="preserve">11. COST 856 meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Cooperation in Science and Technology (COST). BEL., Mar 2007, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cirad-00778751v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8844,77 +8844,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which agroforestry tree species meet the challenges of climate change mitigation and soil fertility restoration in the Highlands of Madagascar?. Poster K5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelina Rondrotsifantenana Rasoarinaivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantely Maminiana Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8963,660 +8963,660 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05179579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for an enabling environment to foster soil carbon sequestration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Demenois</w:t>
+                <w:t xml:space="preserve">Faidherbia-Flux, an open observatory for GHG balance and C stocks in a semi-arid agro-sylvo-pastoral system (Senegal)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roupsard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cournac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu H. Arnoult</w:t>
+                <w:t xml:space="preserve">Laure Tall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habidou Assouma Mohamed</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Chenu</w:t>
+                <w:t xml:space="preserve">Maxime Duthoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dupraz Christian (ed.); Gosme Marie (ed.); Lawson Gerry (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference "Food security and climate change: 4 per 1000 initiative new tangible global challenges for the soil"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Poitiers, France. , 2019</w:t>
+              <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France. CIRAD; INRA, pp.44, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02788605v1</w:t>
+                <w:t xml:space="preserve">hal-05173987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil C and N stocks in the sylvopastoral zone of Senegal is influenced by trees</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cournac</w:t>
+                <w:t xml:space="preserve">Looking for an enabling environment to foster soil carbon sequestration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Demenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu H. Arnoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habidou Assouma Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Blanfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France. 1 poster, 2019</w:t>
+              <w:t xml:space="preserve">International conference "Food security and climate change: 4 per 1000 initiative new tangible global challenges for the soil"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Poitiers, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05173940v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K competition between crops and young oil palm in agroforestry systems in the Allada plateau smallholdings, Benin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
+                <w:t xml:space="preserve">Soil C and N stocks in the sylvopastoral zone of Senegal is influenced by trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ange-Jokébed Adjoua N'Goran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoul Aziz Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sékouna Diatta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afolabi Juste Djagoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Montpellier, France. CIRAD; INRA, pp.363, 2019</w:t>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France. 1 poster, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05174001v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidherbia-Flux: a collaborative observatory for Ecosystem Services and GHG in a semi-arid agro-silvo-pastoral system (Senegal)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederic Do</w:t>
+                <w:t xml:space="preserve">K competition between crops and young oil palm in agroforestry systems in the Allada plateau smallholdings, Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermione Koussihouèdé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Aholoukpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard G. Barthès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dupraz Christian (ed.); Gosme Marie (ed.); Lawson Gerry (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth World Congress on Agroforestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier (34000), France</w:t>
+              <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France. CIRAD; INRA, pp.363, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04453905v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faidherbia-Flux, an open observatory for GHG balance and C stocks in a semi-arid agro-sylvo-pastoral system (Senegal)</w:t>
+                <w:t xml:space="preserve">Faidherbia-Flux: a collaborative observatory for Ecosystem Services and GHG in a semi-arid agro-silvo-pastoral system (Senegal)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roupsard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cournac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laure Tall</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Duthoit</w:t>
+                <w:t xml:space="preserve">Frederic Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Agroforestry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France. CIRAD; INRA, pp.44, 2019</w:t>
+              <w:t xml:space="preserve">Fourth World Congress on Agroforestry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier (34000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05173987v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do tropical soil engineer stimulate the bacterial communities link to N2O emission?</w:t>
               </w:r>
@@ -9641,51 +9641,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bodovololona Rabary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9740,51 +9740,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is soil fauna an important driver of the structure and activities of denitrifier communities in tropical soils?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brauman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ezekiel Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djibril Djigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10060,51 +10060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amadou Bâ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Barnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Barthès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Bellefontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10210,51 +10210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manony Andriampiolazana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herintsitohaina Razakamanarivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Albrecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Andriamihaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10339,51 +10339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Bernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.M. Razafimbelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10623,51 +10623,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Chapuis Lardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Bernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chevallier, Tiphaine (ed.); Razafimbelo, T.M. (ed.); Chapuis Lardy, Lydie (ed.); Brossard, Michel (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbone des sols en Afrique : impacts des usages des sols et des pratiques agricoles</w:t>
@@ -11023,51 +11023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GTAE-GRET, 131 p., 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -11179,51 +11179,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7C7622EC"/>
+    <w:nsid w:val="8732B5CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11410,51 +11410,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lydie-lardy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0393-3239" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-5324-2009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387486v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina Mohamad Ba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Chapuis-Lardy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvery" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#232; Agbohessou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392229v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ch&#233;ron-Bessou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Thoumazeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Chevallier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-05976-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05008617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haftay Hailu Gebremedhn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Taugourdeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvanus Mensah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Chapuis Lardy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbern Tagesson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.5580" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589865v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahima K Silue" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand W Kon&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Masse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moulin-Esmard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain J A Kotaix" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2024.e00807" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499978v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cambou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiakou A Houssoukp&#232;vi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moulin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy M Rakotondrazafy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.116818" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515156v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Fonkeng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sauvadet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Enock" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rakotondrazafy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2024.e00758" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589859v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klotioloma Coulibaly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou A&#239;dara" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0014479724000097" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705381v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiakou Allad&#233; Houssoukp&#232;vi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nonw&#232;gnon Sayimi Aholoukp&#232;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Nancy Rakotondrazafy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demayi Jor&#232;s Mauryo Fassinou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2024.e00865" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04034841v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Fujisaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Laurent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thevenin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-9-89-2023" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117582v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandrianina Ramifehiarivo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G. Barth&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00638" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04071333v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Pascal Malou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sebag" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2023.104978" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185205v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Darmaun" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Tourdonnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chotte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lairez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/ija.2023.2195" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713544v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lucien Amadji" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17583004.2022.2074314" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03980551v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Razafimbelo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Albrecht" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becquer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2022.e00518" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03678015v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barth&#232;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Chauvin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Faye" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2022.106075" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03851550v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Jok&#233;bed Adjoua N'Goran" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Diouf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kouna Diatta" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Habibou Assouma" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afolabi Juste Djagoun" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.36984" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951613v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;mayi Jor&#232;s Mauryo Fassinou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.4545" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03659443v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rondrotsifantenana Rasoarinaivo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Maminiaina Razafimbelo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhisph.2022.100485" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03263381v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vayssi&#232;res" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01790-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03032760v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narindra Harisoa Rakotovao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deffontaines" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syndhia Mathe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.125220" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334173v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew B.H. Bright" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Diedhiou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bayala" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Bogie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107523" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625293v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Demenois" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Torquebiau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arnoult" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2020.00037" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03150058v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermione Koussihou&#232;d&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Clermont-Dauphin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aholoukp&#232;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-019-00360-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920103v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Courault" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desjardins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12176715" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02891653v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Yacine Badiane-Ndour" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2020.107030" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02954806v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Adjibodou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haniel Hinkati" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dubos" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0014479720000022" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628075v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bordron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Robin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2019.05.010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834909v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diatta" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diakhat&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Founoune-Mboup" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Alster" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diouf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ojss.2019.912018" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625503v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Kouakoua" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Clairotte" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Lallemand" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2018.12.031" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624920v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.12.008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622686v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.10.010" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770162v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa M S Ndour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariama Gueye" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ortet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bertrand-Huleux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01288" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630603v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gueye" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. H. Diallo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Assigbetse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2016.01.010" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-520HJCRG-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223555v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsden" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Trap" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s5ss-1x88" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04114103v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rabenarivo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Rabeharisoa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jnirs.1080" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506041v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Metay" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lardy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Findeling" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Oliver" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Alves Moreira" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2010.12.012" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126990v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fromin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lensi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2010.06.009" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL737XZJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660836v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapuis-Lardy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.S. Ramiandrisoa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Randiamanantsoa" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-008-0350-y" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E4ACA732693976A81CB636BA4D2C98022B23364F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00762055v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Metay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martinet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabenarivo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toucet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2008.11.015" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BWTQ7CKW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126983v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ez&#233;kiel Baudoin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Philippot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ch&#232;neby" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie L. Chapuis-Lardy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2009.05.015" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRW45T68-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00764065v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanchart" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barth&#232;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernoux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Chotte" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669178v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wrage" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Chotte" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bernoux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2006.01280.x" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C4A4C77B4ECA72317EE41194D263008002C3B698/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00293112v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herr" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dassonville" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanderhoeven" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meerts" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.200625190" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAC8826732BEE585FC591C8EAF75D4C73B228E7E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00363632v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Koutika" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-005-0039-4" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673065v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brossard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Quiquampoix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246381v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aholoukpe" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246384v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina Ba" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#232; Fr&#233;di Agbohessou" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espoir Gaglo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamed Diedhiou" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179534v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eltson Eteckji Fonkeng" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seguy Enock" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03581645v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc L Chotte" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177722v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Maminiana Razafimbelo" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernoux" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182128v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.P. Malou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sebag" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.Y.B. Ndour" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12211" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174881v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#244;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rocheteau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Orange" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11203" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182114v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.B. Ndour" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11229" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788521v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gerard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834963v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Martin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268682v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Diakhat&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye H&#233;l&#232;ne Diallo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ndour" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Abadie" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956120v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril D. Djigal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Gueye" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Rabary" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820560v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezekiel Baudoin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Diouf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Villenave" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Pablo" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190290v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191138v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755521v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diouf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190320v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Philippot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00780468v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Douzet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00778751v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182161v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatou Faye Nd&#232;ye" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179579v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788605v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu H. Arnoult" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habidou Assouma Mohamed" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173940v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174001v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453905v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Do" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173987v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tall" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duthoit" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815088v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodovololona Rabary" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753285v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril Djigal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacome Pika" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602542v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948445v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585038v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou B&#226;" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barnaud" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Bellefontaine" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Berthouly" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034528v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manony Andriampiolazana" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herintsitohaina Razakamanarivo" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andriamihaja" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Rakotomampionona Andrianaly" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034518v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Razafimbelo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brossard" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034530v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Badiane Ndour" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Sall" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loum" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Diouf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye W&#233;l&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034535v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely M. Razafimbelo" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173949v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye Yacine Badiane Ndour" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komi Assigbetse" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Di&#233;dhiou" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Balaya" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034515v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4060/cb0403fr" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260052v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levrard" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathieu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Masse" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berton" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lydie-lardy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0393-3239" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-5324-2009" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387486v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina Mohamad Ba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roupsard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Chapuis-Lardy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouvery" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#232; Agbohessou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392229v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ch&#233;ron-Bessou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Thoumazeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Chevallier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-025-05976-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05008617v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haftay Hailu Gebremedhn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Taugourdeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvanus Mensah" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Chapuis Lardy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torbern Tagesson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.5580" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705381v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiakou Allad&#233; Houssoukp&#232;vi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nonw&#232;gnon Sayimi Aholoukp&#232;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Nancy Rakotondrazafy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demayi Jor&#232;s Mauryo Fassinou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2024.e00865" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589865v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahima K Silue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand W Kon&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Masse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moulin-Esmard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain J A Kotaix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2024.e00807" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499978v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cambou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issiakou A Houssoukp&#232;vi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moulin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy M Rakotondrazafy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2024.116818" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515156v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Fonkeng" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sauvadet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Enock" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Rakotondrazafy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2024.e00758" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04589859v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klotioloma Coulibaly" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou A&#239;dara" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0014479724000097" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04034841v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Fujisaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Laurent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thevenin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/soil-9-89-2023" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117582v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandrianina Ramifehiarivo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard G. Barth&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00638" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04071333v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Pascal Malou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sebag" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2023.104978" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185205v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Darmaun" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Hossard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Tourdonnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chotte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lairez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/ija.2023.2195" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03659443v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rondrotsifantenana Rasoarinaivo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Maminiaina Razafimbelo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhisph.2022.100485" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713544v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lucien Amadji" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17583004.2022.2074314" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03980551v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Razafimbelo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Albrecht" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becquer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2022.e00518" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03678015v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barth&#232;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Chauvin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Faye" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2022.106075" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03851550v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Jok&#233;bed Adjoua N'Goran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Aziz Diouf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kouna Diatta" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Habibou Assouma" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afolabi Juste Djagoun" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/remvt.36984" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951613v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerric Le Maire" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;mayi Jor&#232;s Mauryo Fassinou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.4545" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03032760v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narindra Harisoa Rakotovao" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Deffontaines" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syndhia Mathe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.125220" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03334173v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew B.H. Bright" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Diedhiou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bayala" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Bogie" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107523" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03263381v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Vayssi&#232;res" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-021-01790-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02954806v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermione Koussihou&#232;d&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aholoukp&#232;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Adjibodou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haniel Hinkati" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Dubos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0014479720000022" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02891653v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ndeye Yacine Badiane-Ndour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2020.107030" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625293v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Demenois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Torquebiau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Arnoult" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2020.00037" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03150058v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Clermont-Dauphin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-019-00360-0" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920103v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Courault" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desjardins" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12176715" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625503v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Kouakoua" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Clairotte" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Lallemand" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2018.12.031" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628075v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bordron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Robin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nouvellon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2019.05.010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834909v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diatta" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diakhat&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Founoune-Mboup" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Alster" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Diouf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ojss.2019.912018" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624920v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.12.008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622686v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2017.10.010" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770162v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa M S Ndour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariama Gueye" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ortet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bertrand-Huleux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01288" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630603v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gueye" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. H. Diallo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Assigbetse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2016.01.010" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-520HJCRG-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223555v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Marsden" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Trap" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/s5ss-1x88" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04114103v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rabenarivo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Brunet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Rabeharisoa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jnirs.1080" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506041v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Metay" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lardy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Findeling" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Oliver" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Alves Moreira" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2010.12.012" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126990v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fromin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lensi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2010.06.009" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DL737XZJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660836v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chapuis-Lardy" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.S. Ramiandrisoa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Randiamanantsoa" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morel" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-008-0350-y" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E4ACA732693976A81CB636BA4D2C98022B23364F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00762055v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Metay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martinet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rabenarivo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toucet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2008.11.015" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BWTQ7CKW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126983v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ez&#233;kiel Baudoin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Philippot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ch&#232;neby" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie L. Chapuis-Lardy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2009.05.015" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRW45T68-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00764065v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanchart" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barth&#232;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernoux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Chotte" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00293112v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herr" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dassonville" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanderhoeven" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meerts" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jpln.200625190" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAC8826732BEE585FC591C8EAF75D4C73B228E7E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669178v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wrage" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Chotte" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bernoux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2486.2006.01280.x" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C4A4C77B4ECA72317EE41194D263008002C3B698/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-00363632v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.S. Koutika" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00374-005-0039-4" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673065v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brossard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Quiquampoix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246381v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Aholoukpe" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246384v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina Ba" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#233;logniss&#232; Fr&#233;di Agbohessou" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espoir Gaglo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamed Diedhiou" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179534v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eltson Eteckji Fonkeng" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seguy Enock" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177722v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Maminiana Razafimbelo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernoux" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03581645v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc L Chotte" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cournac" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182128v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.P. Malou" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sebag" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.Y.B. Ndour" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12211" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174881v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#244;" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rocheteau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Orange" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11203" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182114v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.B. Ndour" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-11229" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788521v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gerard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834963v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Martin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268682v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Diakhat&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye H&#233;l&#232;ne Diallo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ndour" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Abadie" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956120v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril D. Djigal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Gueye" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Rabary" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00778751v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00780468v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Douzet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820560v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezekiel Baudoin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Diouf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Villenave" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Pablo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190290v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191138v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755521v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diouf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190320v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Philippot" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182161v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatou Faye Nd&#232;ye" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179579v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173987v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tall" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Duthoit" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788605v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu H. Arnoult" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habidou Assouma Mohamed" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173940v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174001v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453905v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Do" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815088v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bodovololona Rabary" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753285v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril Djigal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchard" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pacome Pika" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602542v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948445v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585038v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou B&#226;" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Barnaud" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Bellefontaine" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Berthouly" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034528v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manony Andriampiolazana" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herintsitohaina Razakamanarivo" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andriamihaja" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Rakotomampionona Andrianaly" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034518v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Razafimbelo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brossard" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034530v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Badiane Ndour" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.N. Sall" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loum" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Diouf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye W&#233;l&#233;" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034535v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely M. Razafimbelo" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173949v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nd&#232;ye Yacine Badiane Ndour" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komi Assigbetse" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Di&#233;dhiou" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Balaya" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034515v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4060/cb0403fr" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260052v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Levrard" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathieu" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Masse" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berton" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>