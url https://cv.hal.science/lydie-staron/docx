--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2578,417 +2578,417 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capturing the failure of a cohesive granular step</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mobilisation of friction in unstationary flows down a model topography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Blachier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Staron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Powders &amp; Grains 2021 – 9th International Conference on Micromechanics on Granular Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, AEMMG Association, Jul 2021, Virtual (Buenos Aires), Argentina. pp.08006, </w:t>
+              <w:t xml:space="preserve">, AEMMG Association, Jul 2021, Virtual (Buenos Aires), Argentina. pp.13002, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202124908006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202124913002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03374450v1</w:t>
+                <w:t xml:space="preserve">hal-03374413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilisation of friction in unstationary flows down a model topography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TIME STEPS V.S COHESION IN NON-SMOOTH CONTACT DYNAMICS ALGORITHM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Staron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Blachier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Staron</w:t>
+                <w:t xml:space="preserve">A. Abramian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powders &amp; Grains 2021 – 9th International Conference on Micromechanics on Granular Media</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AEMMG Association, Jul 2021, Virtual (Buenos Aires), Argentina. pp.13002, </w:t>
+              <w:t xml:space="preserve">14th WCCM-ECCOMAS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WCCM - ECCOMAS, Jan 2021, virtual Congress, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202124913002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03374413v1</w:t>
+                <w:t xml:space="preserve">hal-03373887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TIME STEPS V.S COHESION IN NON-SMOOTH CONTACT DYNAMICS ALGORITHM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Cohesive Granular Collapse as a Continuum : Parametrization Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Abramian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Staron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Abramian</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Lagree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th WCCM-ECCOMAS Congress</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.100⟩</w:t>
+              <w:t xml:space="preserve">14th World Congress on Computational Mechanics (WCCM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Virtual, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03373887v1</w:t>
+                <w:t xml:space="preserve">hal-03379032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cohesive Granular Collapse as a Continuum : Parametrization Study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Capturing the failure of a cohesive granular step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Staron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Abramian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Yves Lagree</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Lagrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th World Congress on Computational Mechanics (WCCM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Virtual, France. </w:t>
+              <w:t xml:space="preserve">Powders &amp; Grains 2021 – 9th International Conference on Micromechanics on Granular Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AEMMG Association, Jul 2021, Virtual (Buenos Aires), Argentina. pp.08006, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23967/wccm-eccomas.2020.341⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202124908006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03379032v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03374450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small solar system bodies as granular systems</w:t>
               </w:r>
@@ -3361,252 +3361,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00844268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the contact network during tilting cycles of a granular pile under gravity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Deboeuf</w:t>
+                <w:t xml:space="preserve">Analyse multi-échelle de l'état des contraintes dans une pente granulaire évoluant vers la limite de stabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Staron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Vilotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dauchot</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhang Radjai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Powders &amp; Grains 2005</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04712548v1</w:t>
+                <w:t xml:space="preserve">hal-04086410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse multi-échelle de l'état des contraintes dans une pente granulaire évoluant vers la limite de stabilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of the contact network during tilting cycles of a granular pile under gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Deboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Vilotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mangeney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Staron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Farhang Radjai</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dauchot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Powders &amp; Grains 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2005, Stuttgart, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/NOE0415383486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04086410v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3712,77 +3712,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory of the Unjamming Transition during Cyclic Tiltings of a Granular Pile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Deboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dauchot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Staron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mangeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Vilotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3903,51 +3903,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9DA9C6E1"/>
+    <w:nsid w:val="6140A86F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4134,51 +4134,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lydie-staron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0749-7211" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087104v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanshuo Ma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lagr&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Staron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.111.055401" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235337v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/8.0000674" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03557003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Abramian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1sm01148k" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014980v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Staron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/8.0000049" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hestroffer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Staron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campo Bagatin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eggl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00159-019-0117-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295214v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5045576" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869143v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Salvador-Vieira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Popinet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deboeuf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003045" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869140v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saingier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003046" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869135v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitharshini Thiruvalluvar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003073" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444558v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Popinet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2014-14005-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444538v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ray" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/1.4802052" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4757390" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444545v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.335" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444562v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josserand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lhuillier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3499353" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03604900v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GL038229" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759648v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhang Radjai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vilotte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2006/07/P07014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-Q6W33J7W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759652v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/e2005-00031-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759651v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.72.041308" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120707v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.89.204302" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442297v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202534002023" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414526v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202534005005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duchemin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/c.particles.2023.040" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374450v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Abramian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124908006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374413v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Blachier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124913002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373887v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.100" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379032v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lagree" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.341" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734234v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hestroffer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Losert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Opsomer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul S&#225;nchez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714014011" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440491v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440462v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy C. Phillips" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844268v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712548v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauchot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/NOE0415383486" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086410v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005480v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Deboeuf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lydie-staron" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0749-7211" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087104v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanshuo Ma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lagr&#233;e" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Staron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.111.055401" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235337v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/8.0000674" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03557003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Abramian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1sm01148k" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014980v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Staron" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/8.0000049" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342853v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hestroffer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sanchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Staron" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campo Bagatin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eggl" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00159-019-0117-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295214v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5045576" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869143v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Salvador-Vieira" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Popinet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Deboeuf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003045" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869140v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saingier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003046" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869135v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitharshini Thiruvalluvar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003073" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444558v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Popinet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2014-14005-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444538v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ray" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1122/1.4802052" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4757390" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444545v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.335" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01444562v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josserand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lhuillier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3499353" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03604900v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lajeunesse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009GL038229" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759648v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhang Radjai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vilotte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2006/07/P07014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-Q6W33J7W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759652v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/e2005-00031-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759651v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.72.041308" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120707v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.89.204302" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442297v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202534002023" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414526v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202534005005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Duchemin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/c.particles.2023.040" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374413v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Blachier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124913002" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373887v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abramian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.100" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379032v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Abramian" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Lagree" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.341" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374450v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124908006" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03734234v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hestroffer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Losert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Opsomer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul S&#225;nchez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714014011" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440491v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440462v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy C. Phillips" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844268v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086410v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712548v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mangeney" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauchot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/NOE0415383486" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005480v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Deboeuf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>