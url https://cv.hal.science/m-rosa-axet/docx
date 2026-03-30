--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -3128,295 +3128,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01617280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled and Chemoselective Hydrogenation of Nitrobenzene over Ru@C60 Catalysts</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Confinement effects on the shape and composition of bimetallic nano-objects in carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simona Moldovan</w:t>
+                <w:t xml:space="preserve">Xiaojian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Girleanu</w:t>
+                <w:t xml:space="preserve">Teresa Hungría</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Marcelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R. Axet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01429⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (11), pp.2362-2365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5cc09037g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01766217v1</w:t>
+                <w:t xml:space="preserve">hal-01927687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement effects on the shape and composition of bimetallic nano-objects in carbon nanotubes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Teresa Hungría</w:t>
+                <w:t xml:space="preserve">Controlled and Chemoselective Hydrogenation of Nitrobenzene over Ru@C60 Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faqiang Leng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.C. Gerber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Marcelot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. R. Axet</w:t>
+                <w:t xml:space="preserve">Simona Moldovan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
+                <w:t xml:space="preserve">Maria Girleanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 52 (11), pp.2362-2365. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (9), pp.6018-6024. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5cc09037g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01927687v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and structure of ruthenium-fullerides</w:t>
               </w:r>
@@ -6814,84 +6814,205 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ni Nanoparticles in Functionalized Ionic Liquids for Chemoselective Hydrogenation Catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Philippot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepthy Krishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonhard Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Rosa Axet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Riisager</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Green Chemistry (ISGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Covalent assembly of metal atoms and nanoparticles – Strategy for synthesis and catalytic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faqiang Leng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6943,51 +7064,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44th International Conference on Coordination Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Rimini, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04994969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6997,65 +7118,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of ruthenium nanoparticles for better performance in catalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuria Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosa Axet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7064,92 +7185,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Philippot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">E. Hevia, M. H. Pérez-Temprano, M. Diéguez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Catalysis. New Horizons in Modern Catalysis: Five Different Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 72, Elsevier, Academic Press, pp.115-158, 2023, 978-0-12-824571-2. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.acat.2023.07.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organometallic Metal Nanoparticles for Catalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosa Axet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7159,105 +7280,105 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Philippot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Karine Philippot; Alain Roucoux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoparticles in Catalysis: Advances in Synthesis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiley-VCH</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.73-97, 2021, 9783527346073. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9783527821761.ch4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covalent Assemblies of Metal Nanoparticles—Strategies for Synthesis and Catalytic Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuanyuan Min</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7280,222 +7401,222 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Serp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Piet W.N.M. van Leeuwen; Carmen Claver. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Nanoparticle Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer International Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.129-197, 2020, 9783030458232. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-45823-2_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface coordination chemistry on graphene and two-dimensional carbon materials for well-defined single atom supported catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosa Axet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme J. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Gouygou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Serp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Organometallic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.53-174, 2019, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/bs.adomc.2019.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02325742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon Nanotube Nanoreactors for Chemical Transformations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosa Axet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7511,73 +7632,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Nanoreactors. From Molecular to Supramolecular Organic Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Academic Press, pp.111-157, 2016, 978-0-12-801713-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adsorption on and Reactivity of Carbon Nanotubes and Graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. R. Axet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7623,65 +7744,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D’Souza, F. and Kadish, K. M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Scientific Series on Carbon Nanoscience: Handbook of Carbon Nano Materials (Volumes 5 &amp; 6)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Scienctific, pp.39-183, 2014, 978-9-814-56669-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId266"/>
+      <w:footerReference w:type="default" r:id="rId268"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7828,51 +7949,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272999v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Amiens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosa Axet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Igau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mart&#237;n Morales" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Philippot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2025.217053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Monreal-Corona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lole Jurado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroya Ishikawa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237; Gimferrer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Poater" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428489v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colliere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verelst" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302131" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04703442v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Cardona-Farreny" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolanle Olatilewa Odufejo Ogoe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mallet-Ladeira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/CPLU.202400516" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Posada&#8208;p&#233;rez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400543" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428155v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepthy Krishnan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonhard Schill" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Riisager" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202301441" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092624v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13091459" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061722v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Esvan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Luque-&#193;lvarez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bobadilla" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Odriozola" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CY02094G" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562651v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Bruna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12030328" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412846v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Dinoi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1GC02154K" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669990v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Mourdikoudis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Maenosono" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dendrinou-Samara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge P&#233;rez-Juste" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2021.640665" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129914v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Min" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lerayer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan-Anh Nguyen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poinsot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.0c00062" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036499v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faqiang Leng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno F Machado" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000698" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325841v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peres" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deliang Yi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Serp" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aikaterini Soulantika" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2019.05.048" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904642v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Rivera&#8208;c&#225;rcamo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.C. Gerber" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Poteau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CY00540A" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450778v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.9b00434" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541912v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tison" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b04737" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02345433v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhishan Luo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Bacsa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Nechiyil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CY02025J" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325652v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Louisia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann R J Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Heitzmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rosa Axet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.125" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949862v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Axet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Conejero" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.8b01549" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949853v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2017.04.001" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949852v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Castro Contreras" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa M. Axet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Jacques" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2018.02.024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617280v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bentaleb" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201701043" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766217v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Moldovan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Girleanu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01429" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927687v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Hungr&#237;a" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc09037g" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757293v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra12023g" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Dechy-Cabaret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gouygou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2015.06.005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48BNJG6P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913097v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Kartashova" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2015.09.033" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BWMBXC0X-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912686v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bertolucci" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Revathi Bacsa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Benyounes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M. Raspolli-Galletti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201500364" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NF2M8LMB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912688v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Mahfoud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kacimi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2014.11.019" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F3KQMWVX-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913095v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Sampaio" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2015.08.011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGVBD6NX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01969547v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Oubenali" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Trang&#8197;nguyen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Tunckol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.09.016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766224v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueqiang Qi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt53539h" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350821v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dubarle-Offner" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barbazanges" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Aug&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Moussa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om301101z" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350824v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Marie Chamoreau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Amouri" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew L Cooksy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om300210c" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350826v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Giorgio" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201001112" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B20N3463-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350838v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giorgio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp906721g" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350833v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Gutmann" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadeta Walaszek" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Yeping" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria W&#228;chtler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja104229a" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350830v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ventura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Degli Esposti" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Chamoreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic102019b" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350828v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om101005w" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476525v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabie" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Henry" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Axet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350839v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Amoroso" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bottari" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela D&#8217;amora" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ennio Zangrando" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900300w" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350961v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Castillon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Claver" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200800421" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J3NVJ5ZH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350970v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Garc&#237;a-Ant&#243;n" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Jansat" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200704763" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EF4A4253341BEF8D2F056342B90223F20BF21302/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350967v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Scarel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ragaini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis Elsevier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om7011858" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6WZ5747D-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402403v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gual" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denicourt-Nowicki" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b802316f" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-WB22CTRF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350978v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Benet-Buchholz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200600654" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M9L99XN7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350974v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Favier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Gomez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Muller" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200700200" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HHJSZ25F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350985v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M.D. Nunes" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Peixoto" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Pereira" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Moreno" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2005.11.058" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSHB4CVS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350984v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2005.12.039" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9X78GS4Z-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994969v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288506v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Romero" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.acat.2023.07.008" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235178v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9783527821761.ch4" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527821761.ch4" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237387v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-45823-2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45823-2_5" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325742v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Durand" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.adomc.2019.01.002" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042467v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042466v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272999v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Amiens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosa Axet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Igau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Mart&#237;n Morales" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Philippot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2025.217053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065502v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Monreal-Corona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lole Jurado" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroya Ishikawa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237; Gimferrer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Poater" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.163050" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428489v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colliere" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verelst" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202302131" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04703442v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Cardona-Farreny" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolanle Olatilewa Odufejo Ogoe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mallet-Ladeira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/CPLU.202400516" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Posada&#8208;p&#233;rez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202400543" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428155v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepthy Krishnan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonhard Schill" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Riisager" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202301441" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092624v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13091459" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061722v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Esvan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Luque-&#193;lvarez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Bobadilla" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Odriozola" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CY02094G" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562651v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Bruna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12030328" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412846v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Dinoi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1GC02154K" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669990v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanos Mourdikoudis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Maenosono" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dendrinou-Samara" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge P&#233;rez-Juste" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2021.640665" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129914v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Nasrallah" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Min" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lerayer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan-Anh Nguyen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poinsot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacsau.0c00062" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03036499v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faqiang Leng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno F Machado" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202000698" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325841v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peres" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deliang Yi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Serp" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aikaterini Soulantika" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2019.05.048" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904642v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Rivera&#8208;c&#225;rcamo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.C. Gerber" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Poteau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CY00540A" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450778v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.9b00434" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541912v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tison" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b04737" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02345433v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhishan Luo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Bacsa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Nechiyil" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CY02025J" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325652v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Louisia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann R J Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Heitzmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rosa Axet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.10.125" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949862v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Axet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Conejero" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.8b01549" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949853v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2017.04.001" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949852v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Castro Contreras" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa M. Axet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Jacques" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2018.02.024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617280v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bentaleb" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201701043" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927687v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojian Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Hungr&#237;a" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc09037g" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766217v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Moldovan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Girleanu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01429" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757293v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Miller" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6ra12023g" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Dechy-Cabaret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Durand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Gouygou" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccr.2015.06.005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-48BNJG6P-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913097v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Kartashova" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2015.09.033" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BWMBXC0X-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912686v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Bertolucci" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Revathi Bacsa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Benyounes" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna M. Raspolli-Galletti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201500364" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NF2M8LMB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912688v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Mahfoud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kacimi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2014.11.019" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F3KQMWVX-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913095v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Sampaio" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2015.08.011" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGVBD6NX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01969547v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Oubenali" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Trang&#8197;nguyen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Tunckol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.09.016" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766224v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueqiang Qi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt53539h" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350821v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dubarle-Offner" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Barbazanges" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Aug&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Desmarets" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Moussa" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om301101z" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350824v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Marie Chamoreau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Amouri" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew L Cooksy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om300210c" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350826v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Giorgio" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201001112" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B20N3463-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350838v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giorgio" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp906721g" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350833v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Gutmann" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadeta Walaszek" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Yeping" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria W&#228;chtler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja104229a" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350830v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ventura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Degli Esposti" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Chamoreau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic102019b" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350828v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om101005w" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00476525v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabie" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Henry" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Axet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350839v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Amoroso" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bottari" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela D&#8217;amora" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ennio Zangrando" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900300w" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350961v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Castillon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Claver" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200800421" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J3NVJ5ZH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350970v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Garc&#237;a-Ant&#243;n" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Jansat" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200704763" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EF4A4253341BEF8D2F056342B90223F20BF21302/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350967v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Scarel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ragaini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelis Elsevier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om7011858" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6WZ5747D-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402403v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gual" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denicourt-Nowicki" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b802316f" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-WB22CTRF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350978v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Benet-Buchholz" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200600654" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M9L99XN7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350974v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Favier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Gomez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Muller" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200700200" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HHJSZ25F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350985v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui M.D. Nunes" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Peixoto" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Pereira" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Moreno" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2005.11.058" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSHB4CVS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350984v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2005.12.039" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9X78GS4Z-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549359v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Axet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994969v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288506v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Romero" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.acat.2023.07.008" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235178v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9783527821761.ch4" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527821761.ch4" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237387v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-45823-2" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45823-2_5" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325742v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Durand" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.adomc.2019.01.002" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042467v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042466v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>