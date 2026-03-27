--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,580 +100,580 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neglected impacts of plant protection products on invertebrate aquatic biodiversity: a focus on eco-evolutionary processes</w:t>
+                <w:t xml:space="preserve">Linking ecotoxicological effects on biodiversity and ecosystem functions to impairment of ecosystem services is a challenge: an illustration with the case of plant protection products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Langlais-Hesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (6), pp.2847-285. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-024-32767-3⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 32 (6), pp.2773-2785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-023-29128-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04501458v1</w:t>
+                <w:t xml:space="preserve">hal-04204142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of copper as plant protection product contributes to environmental contamination and resulting impacts on terrestrial and aquatic biodiversity and ecosystem functions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Correction to: Main conclusions and perspectives from the collective scientific assessment of the effects of plant protection products on biodiversity and ecosystem services along the land–sea continuum in France and French overseas territories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Amichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Artigas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annette Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (6), pp.2830-2846. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-024-32145-z⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 32 (8), pp.4927-4928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-025-36011-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04461684v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking ecotoxicological effects on biodiversity and ecosystem functions to impairment of ecosystem services is a challenge: an illustration with the case of plant protection products</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">The use of copper as plant protection product contributes to environmental contamination and resulting impacts on terrestrial and aquatic biodiversity and ecosystem functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Mamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Artigas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Bérard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Langlais-Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (6), pp.2773-2785. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-023-29128-x⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 32 (6), pp.2830-2846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-024-32145-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204142v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: Main conclusions and perspectives from the collective scientific assessment of the effects of plant protection products on biodiversity and ecosystem services along the land–sea continuum in France and French overseas territories</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wilfried Sanchez</w:t>
+                <w:t xml:space="preserve">Neglected impacts of plant protection products on invertebrate aquatic biodiversity: a focus on eco-evolutionary processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chaumot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Amichot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elliott Sucré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 32 (8), pp.4927-4928. </w:t>
+              <w:t xml:space="preserve">, 2025, 32 (6), pp.2847-285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-025-36011-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-024-32767-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05509978v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of chlordecone pollution on biodiversity: The blind spot of 15 years of public policy in the French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Betoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -750,77 +750,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of neonicotinoids on biodiversity: a critical review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Aviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -884,103 +884,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Main conclusions and perspectives from the collective scientific assessment of the effects of plant protection products on biodiversity and ecosystem services along the land–sea continuum in France and French overseas territories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Amichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Artigas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 32, pp.2757-2772. </w:t>
@@ -1057,51 +1057,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Aimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Mccairns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Environmental Science &amp; Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 48, pp.100688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1187,51 +1187,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Bélouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gorzerino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 955, pp.177304. </w:t>
@@ -1397,278 +1397,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04465013v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation of Tolerance to Isothiazolinones Among Daphnia pulex Clones</w:t>
+                <w:t xml:space="preserve">Insights into the mechanisms of within-species variation in sensitivity to chemicals: A case study using daphnids exposed to CMIT/MIT biocide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Wagner-Deyriès</w:t>
+                <w:t xml:space="preserve">Jiwan Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Varignier</w:t>
+                <w:t xml:space="preserve">Sangkyu Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Revel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jinhee Choi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/etc.5564⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 258, pp.114967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2023.114967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03954795v1</w:t>
+                <w:t xml:space="preserve">hal-04382188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the mechanisms of within-species variation in sensitivity to chemicals: A case study using daphnids exposed to CMIT/MIT biocide</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variation of Tolerance to Isothiazolinones Among Daphnia pulex Clones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Wagner-Deyriès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Varignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiwan Kim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+                <w:t xml:space="preserve">Marion Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sangkyu Lee</w:t>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinhee Choi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David Rondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 258, pp.114967. </w:t>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (4), pp.805-814. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2023.114967⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/etc.5564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382188v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03954795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aquatic and terrestrial ecotoxicology considering the soil: water continuum in the Anthropocene context (editorial)</w:t>
               </w:r>
@@ -1693,51 +1693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Faburé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizic Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2095,51 +2095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Thornton Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Daupagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris M Koene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2184,329 +2184,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04799907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cost-and-time effective procedure to develop SNP markers for multiple species: A support for community genetics</w:t>
+                <w:t xml:space="preserve">Toward sustainable environmental quality: Priority research questions for Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrystelle Delord</w:t>
+                <w:t xml:space="preserve">Paul J. van den Brink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Lassalle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Oger</w:t>
+                <w:t xml:space="preserve">Alistair B. A. Boxall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique D. Barloy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+                <w:t xml:space="preserve">Lorraine Maltby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryan W. Brooks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murray A. Rudd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/2041-210X.13034⟩</w:t>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (9), pp.2281-2295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.4205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837864v1</w:t>
+                <w:t xml:space="preserve">hal-02629416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward sustainable environmental quality: Priority research questions for Europe</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A cost-and-time effective procedure to develop SNP markers for multiple species: A support for community genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorraine Maltby</w:t>
+                <w:t xml:space="preserve">Chrystelle Delord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bryan W. Brooks</w:t>
+                <w:t xml:space="preserve">Gilles Lassalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murray A. Rudd</w:t>
+                <w:t xml:space="preserve">Dominique D. Barloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 37 (9), pp.2281-2295. </w:t>
+              <w:t xml:space="preserve">Methods in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (9), pp.1959-1974. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/etc.4205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/2041-210X.13034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02629416v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mollusc shells as metagenomic archives: The true treasure is the chest itself</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (5), pp.854-857. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2860,51 +2860,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (9), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2932,252 +2932,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01123129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue on long-term ecotoxicological effects: an introduction</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Permanent Genetic Resources added to Molecular Ecology Resources Database 1 August 2012-30 September 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Ahanchede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José E. F. Alfay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. W. Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Azam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ma. Anita M. Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10646-013-1092-7⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (1), pp.158-159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.12035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210176v1</w:t>
+                <w:t xml:space="preserve">hal-01210160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permanent Genetic Resources added to Molecular Ecology Resources Database 1 August 2012-30 September 2012</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Special issue on long-term ecotoxicological effects: an introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Barata</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 13 (1), pp.158-159. </w:t>
+              <w:t xml:space="preserve">Ecotoxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (5), pp.763-766. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.12035⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10646-013-1092-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210160v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the redox-cycling herbicide diquat on transcript expression and antioxidant enzymatic activities of the freshwater snail Lymnaea stagnalis</w:t>
               </w:r>
@@ -3215,51 +3215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Vassaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 126, pp.256-265. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3293,51 +3293,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population genetics of Lymnaea stagnalis experimentally exposed to cocktails of pesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3549,276 +3549,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parental exposure to pesticides and progeny reaction norm to a biotic stress gradient in the freshwater snail Lymnaea stagnalis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">An introduction to evolutionary processes in ecotoxicology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Caquet</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Barata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecotoxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 20 (3), pp.524-534. </w:t>
+              <w:t xml:space="preserve">, 2011, 20 (3), pp.493-496. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10646-011-0611-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10646-011-0637-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01453802v1</w:t>
+                <w:t xml:space="preserve">hal-01453831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An introduction to evolutionary processes in ecotoxicology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Parental exposure to pesticides and progeny reaction norm to a biotic stress gradient in the freshwater snail Lymnaea stagnalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carlos Barata</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Collinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Caquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecotoxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 20 (3), pp.493-496. </w:t>
+              <w:t xml:space="preserve">, 2011, 20 (3), pp.524-534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10646-011-0637-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10646-011-0611-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01453831v1</w:t>
+                <w:t xml:space="preserve">hal-01453802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterosis and inbreeding depression in bottlenecked populations: a test in the hermaphroditic freshwater snail Lymnaea stagnalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Caquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4012,51 +4012,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population-level effects of spinosad and Bacillus thuringiensis israelensis in Daphnia pulex and Daphnia magna: comparison of laboratory and field microcosm exposure conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Duchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Franquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4180,51 +4180,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guillemaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Vaucheret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4262,51 +4262,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the mixture of diquat and nonyphenol polyethoxylate adjuvant on fecundity and progeny early performances of the pond snail Lymnaea stagnalis in laboratory bioassays and microcosms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Delous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4404,51 +4404,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endocrine disruption in aquatic pulmonate molluscs: few evidences, many challenges.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Caquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4546,64 +4546,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.W. Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Azam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 26 (6), pp.1265-1279. </w:t>
@@ -4692,64 +4692,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David W. Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Azam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 26 (6), pp.1265-1279. </w:t>
@@ -4799,51 +4799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Self-Fertilization, Environmental Stress and Exposure to Xenobiotics on Fitness-Related Traits of the Freshwater Snail Lymnaea stagnalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4902,51 +4902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of self-fertilization, environmental stress and exposure to xenobiotics on fitness-related traits of the freshwater snail Lymnaea stagnalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5037,64 +5037,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of chlordecone on biodiversity: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Betoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5188,51 +5188,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Aimon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. J. S. Mccairns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESEB 2025, Congress of the European Society for Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESEB, Aug 2025, Barcelona, Spain. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5251,208 +5251,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des néonicotinoïdes sur la biodiversité</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impacts des produits phytopharmaceutiques sur la biodiversité des milieux aquatiques : état des connaissances, lacunes et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire EcoScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE UMR EcoSys, Apr 2024, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Micropolluants organiques dans l'eau : des enjeux aux solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEBEDEAU, Nov 2024, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04665322v1</w:t>
+                <w:t xml:space="preserve">hal-04801653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts des néonicotinoïdes sur la biodiversité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Aviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5501,96 +5445,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des produits phytopharmaceutiques sur la biodiversité des milieux aquatiques : état des connaissances, lacunes et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts des néonicotinoïdes sur la biodiversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Mamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Aviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bedos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micropolluants organiques dans l'eau : des enjeux aux solutions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CEBEDEAU, Nov 2024, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">Séminaire EcoScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE UMR EcoSys, Apr 2024, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04801653v1</w:t>
+                <w:t xml:space="preserve">hal-04665322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Lymnaea stagnalis inbreeding depression under pesticide chronic exposure</w:t>
               </w:r>
@@ -5615,51 +5615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïra Coke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe 26th Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society of Environmental Toxicology and Chemistry, May 2016, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5684,51 +5684,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xénobiotiques et processus stochastiques dans les populations exposées : approche expérimentale chez Lymnaea stagnalis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Séminaire d'Ecotoxicologie de l'INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Dinard, France. pp.Inconnue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5747,264 +5747,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicological and ecological relevance of energetic biomarkers in aquatic invertebrates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Changements d'échelle et évaluation du risque écotoxicologique de mélanges entre substances actives herbicides et adjuvant (CEREMEL)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lagadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Azam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Coeurdassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cossu-Leguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Europe Annual Meeting of SETAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2005, Lille, France. pp.Inconnue</w:t>
+              <w:t xml:space="preserve">Colloque de restitution du Programme "Evaluation et réduction des risques liés à l'utilisation des pesticides" du MEDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01453666v1</w:t>
+                <w:t xml:space="preserve">hal-01453570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements d'échelle et évaluation du risque écotoxicologique de mélanges entre substances actives herbicides et adjuvant (CEREMEL)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toxicological and ecological relevance of energetic biomarkers in aquatic invertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de restitution du Programme "Evaluation et réduction des risques liés à l'utilisation des pesticides" du MEDD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2005, Avignon, France</w:t>
+              <w:t xml:space="preserve">15. Europe Annual Meeting of SETAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Lille, France. pp.Inconnue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01453570v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01453666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of stochastic processes in populations of the pond snail Lymnaea stagnalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6036,76 +6036,76 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of connectivity on the recovery of aquatic ecosystems exposed to chemical stressors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recovery of isolated aquatic ecosystems : Community and population interactions and new assessment techniques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lagadic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.L. Hanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.W. Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6115,103 +6115,103 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.W. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. World Congress of SETAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, Portland, United States. pp.Inconnue</w:t>
+              <w:t xml:space="preserve">14. Europe Annual Meeting of SETAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2004, Prague, Czech Republic. pp.Inconnue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01453696v1</w:t>
+                <w:t xml:space="preserve">hal-01453553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of contaminants on demographic and evolutionary stochastic processes in the freswater snail Lymnaea stagnalis ; an experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Caquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6269,76 +6269,76 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01453610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of isolated aquatic ecosystems : Community and population interactions and new assessment techniques.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of connectivity on the recovery of aquatic ecosystems exposed to chemical stressors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lagadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Hanson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lagadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.W. Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6348,73 +6348,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.W. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Europe Annual Meeting of SETAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2004, Prague, Czech Republic. pp.Inconnue</w:t>
+              <w:t xml:space="preserve">4. World Congress of SETAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, Portland, United States. pp.Inconnue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01453553v1</w:t>
+                <w:t xml:space="preserve">hal-01453696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6432,64 +6432,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of chlordecone pollution on biodiversity: The blind spot of 15 years of public policy in the French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfried Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Betoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6550,77 +6550,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking the effects of plant protection products on biodiversity and ecological processes to potential impairment of ecosystem functions and services—A multidisciplinary conceptual framework.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pesce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Langlais-Hesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6704,51 +6704,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIIIème Colloque du Réseau Ecotox (Ecotoxicologues terrestres et aquatiques)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Denaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6823,70 +6823,70 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7ème séminaire du Réseau d’Ecotoxicologie Terrestre et Aquatique - Webinaire du réseau ECOTOX</w:t>
+                <w:t xml:space="preserve">7ème séminaire du Réseau d’Ecotoxicologie terrestre et aquatique, programme et livre des résumés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Denaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6898,243 +6898,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Fabure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 7, 2020</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04681856v1</w:t>
+                <w:t xml:space="preserve">hal-03139905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7ème séminaire du Réseau d’Ecotoxicologie terrestre et aquatique, programme et livre des résumés</w:t>
+                <w:t xml:space="preserve">7ème séminaire du Réseau d’Ecotoxicologie Terrestre et Aquatique - Webinaire du réseau ECOTOX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Denaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Fabure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Réseau d'Ecotoxicologie Terrestre et Aquatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impacts des produits phytopharmaceutiques sur la biodiversité et les services écosystémiques. Synthèse de l’expertise scientifique collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Mamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
+                <w:t xml:space="preserve">Stéphane Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laure Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2020</w:t>
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03139905v1</w:t>
+              <w:t xml:space="preserve">INRAE; IFREMER Institut Francais de Recherche pour l'Exploitation de la Mer. 2022, 136 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impacts des produits phytopharmaceutiques sur la biodiversité et les services écosystémiques. Rapport de l’expertise scientifique collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Mamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pesce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Amichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Artigas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAE; IFREMER. 2022, 1408 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03777257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écotoxicologie en questions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7156,385 +7432,109 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soizic Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 72 p., 2022, Les Mémos de Quae, 978-2-7592-3454-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35690/978-2-7592-3455-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03783137v1</w:t>
-              </w:r>
-[...274 lines deleted...]
-                <w:t xml:space="preserve">hal-03777257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7552,51 +7552,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseau d'écotoxicologie terrestre et aquatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7646,77 +7646,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphnids of the same species react differently across generations to the same contamination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Wagner-Deyriès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. J. S. Mccairns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SETAC Europe, 32nd Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7911,51 +7911,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan 2020 des activités du réseau ECOTOX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Denaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8087,64 +8087,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bustamante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Azam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Détection des impacts toxiques dans l'environnement - du terrain à la règlementation, Burgeot, T., Minier, C., Cuny, D., Cuny, M.A., Bispo, A., Grand, C. (eds)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE éditions, pp.70, 2018, 9781784054687</w:t>
@@ -8173,51 +8173,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of experimetal demographic reduction on population dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Coutellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Caquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8437,51 +8437,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501458v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Coutellec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Sucr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-32767-3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04461684v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mamy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-32145-z" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204142v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Hedde" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Langlais-Hesse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-29128-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-05509978v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Amichot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36011-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05324300v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Betoulle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Charles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Coeurdassier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.634" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321892v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-31032-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083391v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-26952-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05342018v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sol Dourdin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Aimon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mccairns" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coesh.2025.100688" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763773v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joey Allen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge B&#233;louard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorzerino" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177304" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04465013v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris M Koene" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Jackson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Nakadera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cerveau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed&#8208;amin Madoui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-78520-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954795v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Wagner-Deyri&#232;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Varignier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Revel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rondeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.5564" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04382188v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiwan Kim" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangkyu Lee" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhee Choi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.114967" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03555830v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabur&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-022-18855-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279852v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Dong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bandura" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaolei Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07287-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967504v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rougemont" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Dolo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Oger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Besnard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huteau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-020-00367-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Thornton Smith" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Daupagne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13683" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837864v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Delord" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lassalle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Barloy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13034" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629416v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. van den Brink" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair B. A. Boxall" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Maltby" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan W. Brooks" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murray A. Rudd" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4205" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617581v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12716" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853420v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Barata" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Campos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Rivetti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald A. Leblanc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Eytcheson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.11.066" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637298v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C&#244;te" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouetard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pronost" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;ra Coke" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.05.040" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123129v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Collinet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0106670" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210176v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-013-1092-7" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210160v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ahanchede" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; E. F. Alfay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. W. Andersen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Azam" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma. Anita M. Bautista" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12035" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210159v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Vassaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lagadic" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2012.11.013" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210177v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-013-1082-9" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A04124AF58A7224D64290E1E2005B2FBE53C01CE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210141v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Noirot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Choisne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-012-0977-1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BAAADA57F757BF53FCE189CCA6BE2DB2F622E3B4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453802v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-011-0611-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-35CLF8NS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453831v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-011-0637-x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-41GTKMM5-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453853v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2011.02355.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453803v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Escobar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Auld" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Correa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Alonso" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bony" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2011.01218.x" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453850v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duchet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lagneau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-010-0507-y" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2A87E1149B28C4A88E3C54DFB2207F5FDAF0486A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203976v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vaucheret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453774v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Delous" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Cravedi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2008.05.068" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Q0WMJCT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140537v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-006-0114-0" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BVTVKZ6K-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453687v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Hanson" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.W. Graham" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Babin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1897/06-248R.1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WW8TW854-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168840v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark L. Hanson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Graham" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1897/06-248r.1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453643v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-005-0049-x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-041ZPFCD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015477v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035003v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497990v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. S. Mccairns" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665322v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664974v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04801653v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494526v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Duval" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453571v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453666v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453570v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cossu-Leguille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453614v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453696v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.W. Knapp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453610v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Roucaute" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453553v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05090822v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542041v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Larras" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678627v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denaix" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabure" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681856v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139905v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783137v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/202/9782759234554/l-ecotoxicologie-en-questions" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3455-4" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759553v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leenhardt" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Achard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777257v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501472v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306206v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604704v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barata" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Campos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rivetti" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Le Blanc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eytcheson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03193537v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608339v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burgeot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bustamante" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fort" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453736v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesce" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette B&#233;rard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Coutellec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Hedde" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Langlais-Hesse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-29128-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-05509978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mamy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Sanchez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Amichot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Artigas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-36011-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04461684v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-32145-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501458v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Sucr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-32767-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05324300v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Betoulle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Charles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Coeurdassier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.634" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04321892v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-31032-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083391v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-26952-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05342018v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sol Dourdin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Aimon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mccairns" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coesh.2025.100688" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763773v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joey Allen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sire" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge B&#233;louard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorzerino" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177304" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04465013v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris M Koene" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J. Jackson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Nakadera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cerveau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed&#8208;amin Madoui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-78520-1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04382188v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiwan Kim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangkyu Lee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhee Choi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2023.114967" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954795v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Wagner-Deyri&#232;s" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Varignier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Revel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rondeau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.5564" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03555830v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lamy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabur&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mougin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soizic Morin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-022-18855-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279852v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Dong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bandura" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaolei Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-07287-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967504v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rougemont" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Dolo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Oger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Besnard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huteau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-020-00367-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799907v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Thornton Smith" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Daupagne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13683" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629416v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul J. van den Brink" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair B. A. Boxall" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Maltby" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan W. Brooks" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murray A. Rudd" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.4205" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837864v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Delord" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lassalle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Barloy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13034" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617581v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12716" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01853420v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Barata" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Campos" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Rivetti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald A. Leblanc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Eytcheson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.11.066" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637298v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica C&#244;te" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouetard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pronost" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;ra Coke" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.05.040" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123129v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Collinet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0106670" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210160v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Ahanchede" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; E. F. Alfay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. W. Andersen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Azam" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma. Anita M. Bautista" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12035" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210176v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-013-1092-7" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210159v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Vassaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lagadic" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2012.11.013" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210177v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Caquet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-013-1082-9" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A04124AF58A7224D64290E1E2005B2FBE53C01CE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210141v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Noirot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Choisne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-012-0977-1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BAAADA57F757BF53FCE189CCA6BE2DB2F622E3B4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453831v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-011-0637-x" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-41GTKMM5-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453802v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-011-0611-7" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-35CLF8NS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453853v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2011.02355.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453803v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Escobar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Auld" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Correa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Alonso" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bony" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1558-5646.2011.01218.x" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453850v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duchet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lagneau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-010-0507-y" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2A87E1149B28C4A88E3C54DFB2207F5FDAF0486A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203976v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delye" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vaucheret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453774v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Delous" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Cravedi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2008.05.068" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7Q0WMJCT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140537v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-006-0114-0" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-BVTVKZ6K-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453687v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Hanson" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.W. Graham" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Babin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1897/06-248R.1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WW8TW854-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168840v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark L. Hanson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David W. Graham" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1897/06-248r.1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453643v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-005-0049-x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-041ZPFCD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015477v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035003v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497990v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. S. Mccairns" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04801653v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04664974v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04665322v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494526v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Duval" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453571v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453570v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cossu-Leguille" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453666v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453614v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453553v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.W. Knapp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453610v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Roucaute" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453696v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05090822v2" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542041v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Larras" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678627v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Denaix" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabure" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139905v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681856v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759553v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leenhardt" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Achard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03777257v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03783137v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/202/9782759234554/l-ecotoxicologie-en-questions" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3455-4" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501472v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306206v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604704v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barata" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Campos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rivetti" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Le Blanc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eytcheson" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03193537v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608339v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burgeot" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bustamante" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fort" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453736v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>