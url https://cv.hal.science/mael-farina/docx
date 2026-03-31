--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mael Farina </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Docteur Linguistique Anglaise</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en linguistique anglaise</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre associé du CRISCO (Centre Interlangue sur la Signification en COntexte)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORMATION</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse de doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> soutenue le 4 décembre 2025 à l'Université de Caen Normandie: &amp;quot;Motivation analogique et iconicité dans le lexique de l'anglais : étude diachronique distributionnelle des phonesthèmes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">-, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">scr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">-&amp;quot;, devant un jury composé des Professeurs Denis Jamet-Coupé (Président de jury), Fabienne Toupin (rapportrice), Philippe Monneret (rapporteur) et Maria Flaksman (examinatrice).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> recherche, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Multilingue, parcours Études Anglophones – Université de Caen Normandie:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 2 soutenu en 2020, sous la direction de Chris Smith: &amp;quot;Analyse lexicologique diachronique du profil phonosémantique des monomorphèmes en gr- dans l’Oxford English Dictionary&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 1 soutenu en 2019, sous la direction de Chris Smith: &amp;quot;Preliminary analysis of the diachronic behaviour of gr- monomorphemes in the Oxford English Dictionary&amp;quot;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Recherche, Histoire, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et Patrimoine, spécialité Archéologie – Université de Caen Normandie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 2 soutenu en 2019, sous la direction de Luc Bourgeois: &amp;quot;Les instruments d’écriture dans l’Occident médiéval, entre le Ve et le XVIe siècle : catalogues archéologiques et interprétations fonctionnelles et sociales&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 1 soutenu en 2018, sous la direction de Luc Bourgeois: &amp;quot;L’organisation des résidences élitaires dans l’Angleterre des IXe-XIe siècles : deux exemples du Lincolnshire. Les sites de Goltho et Flixborough : analyse des interprétations fonctionnelles&amp;quot;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence Histoire, Archéologie et Patrimoine, spécialité Archéologie – Université de Caen Normandie: L3 validée en 2017 à l’Université de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Southampton</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Royaume-Uni) dans le cadre du programme Erasmus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence LLCE Études Anglophones – Université de Caen Normandie: validée en 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications dans des revues internationales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. A. Smith & M. Farina, à paraître, “Comparing the function of the 3 phonesthemes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">fl</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">-, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">sw</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- and </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- in the organisation of the lexicon using the Oxford English Dictionary”, John Benjamins, Actes de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th International Symposium on Iconicity in Language and Literature (ill13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 31 mai – 2 juin 2022, Sorbonne Université, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2024, “Groaning and grunting: Investigating sound correspondences in the English lexicon”, Lexis Journal in English Lexicology, n°23 - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’interface de la phonologie et de la lexicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications en colloques internationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2025, “</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crash</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> or </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">scrash</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">? </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scratch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> or </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cratch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">? A comparative study of two phonesthemes in the OED and the OEC”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Historical Lexicography and Lexicology (ICHLL 15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24-27 juin 2025, Academia das Ciências de Lisboa, Lisbonne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2023, “</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crack</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">crunch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">crash</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> and </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">crush</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: studying </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- words in a combined approach to English phonesthetics”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual Meeting of the Societas Linguistica Europaea (SLE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29 août – 1 septembre 2023, National and Kapodistrian University of Athens, Grèce</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2023, “Using the Oxford English Dictionary in combination with corpus analysis via Sketch Engine to inquire phonesthemes: a case study of </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- words”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition du Colloque Bisannuel de Diachronie de l’Anglais (CBDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, 20 et 27 janvier 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, “Phonesthesia as a manifestation of iconicity: a diachronic study of the phonestheme </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- in the English lexicon”, Communication lors de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th International Symposium on Iconicity in Language and Literature (ill13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 31 mai – 2 juin 2022, Sorbonne Université, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Présentations et séances de séminaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2024, “</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">grunt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">grudge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: les mots en </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- en anglais, dans une approche de l'usage”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance de séminaire du Crisco (Université de Caen Normandie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18 janvier 2024.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2023, “Étude diachronique et lexicologique du phonesthème </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- en anglais : bilan méthodologique”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Études des doctorants 2023 des laboratoires DYLIS et CRISCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13 avril 2023, Université de Rouen</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RESPONSABILITÉS ADMINISTRATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Représentant des doctorants au conseil du laboratoire CRISCO (UR 4255) de 2023 à 2025</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groaning and grunting: Investigating sound correspondences in the English lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexis. Journal in English Lexicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, The Phonology-Lexicology interface, 23, 55 p. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lexis.7870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crash or scrash? Scratch or cratch? A comparative study of two phonesthemes in the OED and the OEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Historical Lexicography and Lexicology (ICHLL 16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alina Vilalva; Ana Salgado; Esperança Cardeira; Rute Costa, Jun 2025, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groan, grunt, grudge : les mots en gr- en anglais, dans une approche de l'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CRISCO - Séance du 18 janvier 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crack, crunch, crash and crush: studying cr- words in a combined approach to English phonesthetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual Meeting of the Societas Linguistica Europaea (SLE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olga Fischer; Nikolaos Lavidas; Maria Napoli, Aug 2023, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the Oxford English Dictionary in combination with corpus analysis via Sketch Engine to inquire phonesthemes: a case study of gr- words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition du Colloque Bisannuel de Diachronie de l’Anglais (CBDA-7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brian Lowrey; Fabienne Toupin; Elise Louviot, Jan 2023, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude diachronique et lexicologique du phonesthème gr- en anglais : bilan méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Études des doctorants 2023 entre les laboratoires DYLIS et CRISCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coralie Linant; Carlo Minelli; Grace Aboagyewaa Asante, Apr 2023, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonesthesia as a manifestation of iconicity: a diachronic study of the phonestheme gr- in the English lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Iconicity in Language and Literature (ILL13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prof Dr Olga Fischer; Prof Dr Christina Ljungberg; Philippe Monneret; Mathieu Avanzi; Anouch Bourmayan; Marco Fasciolo; Antoine Gautier; Gaël Lejeune, May 2022, Paris sorbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Μοtivatiοn analοgique et icοnicité dans le lexique de l'anglais : étude diachrοnique distributiοnnelle des phοnesthèmes gr-, cr- et scr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Normandie Université, 2025. Français. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2025NORMC024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05474193v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse lexicologique diachronique du profil phonosémantique des monomorphèmes en gr- dans l’&amp;lt;i&amp;gt;Oxford English Dictionary&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-03478018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId19"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mael Farina </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Docteur Linguistique Anglaise</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en linguistique anglaise</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre associé du CRISCO (Centre Interlangue sur la Signification en COntexte)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">FORMATION</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse de doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> soutenue le 4 décembre 2025 à l'Université de Caen Normandie: &amp;quot;Motivation analogique et iconicité dans le lexique de l'anglais : étude diachronique distributionnelle des phonesthèmes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">-, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">scr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">-&amp;quot;, devant un jury composé des Professeurs Denis Jamet-Coupé (Président de jury), Fabienne Toupin (rapportrice), Philippe Monneret (rapporteur) et Maria Flaksman (examinatrice).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> recherche, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Multilingue, parcours Études Anglophones – Université de Caen Normandie:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 2 soutenu en 2020, sous la direction de Chris Smith: &amp;quot;Analyse lexicologique diachronique du profil phonosémantique des monomorphèmes en gr- dans l’Oxford English Dictionary&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 1 soutenu en 2019, sous la direction de Chris Smith: &amp;quot;Preliminary analysis of the diachronic behaviour of gr- monomorphemes in the Oxford English Dictionary&amp;quot;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Recherche, Histoire, </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> et Patrimoine, spécialité Archéologie – Université de Caen Normandie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 2 soutenu en 2019, sous la direction de Luc Bourgeois: &amp;quot;Les instruments d’écriture dans l’Occident médiéval, entre le Ve et le XVIe siècle : catalogues archéologiques et interprétations fonctionnelles et sociales&amp;quot;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoire de Master 1 soutenu en 2018, sous la direction de Luc Bourgeois: &amp;quot;L’organisation des résidences élitaires dans l’Angleterre des IXe-XIe siècles : deux exemples du Lincolnshire. Les sites de Goltho et Flixborough : analyse des interprétations fonctionnelles&amp;quot;</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence Histoire, Archéologie et Patrimoine, spécialité Archéologie – Université de Caen Normandie: L3 validée en 2017 à l’Université de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Southampton</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Royaume-Uni) dans le cadre du programme Erasmus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence LLCE Études Anglophones – Université de Caen Normandie: validée en 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications dans des revues internationales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. A. Smith & M. Farina, à paraître, “Comparing the function of the 3 phonesthemes </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">fl</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">-, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">sw</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- and </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- in the organisation of the lexicon using the Oxford English Dictionary”, John Benjamins, Actes de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th International Symposium on Iconicity in Language and Literature (ill13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 31 mai – 2 juin 2022, Sorbonne Université, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2024, “Groaning and grunting: Investigating sound correspondences in the English lexicon”, Lexis Journal in English Lexicology, n°23 - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’interface de la phonologie et de la lexicologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lyon 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications en colloques internationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2025, “</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crash</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> or </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">scrash</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">? </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scratch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> or </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cratch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">? A comparative study of two phonesthemes in the OED and the OEC”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Historical Lexicography and Lexicology (ICHLL 15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24-27 juin 2025, Academia das Ciências de Lisboa, Lisbonne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2023, “</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crack</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">crunch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">crash</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> and </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">crush</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: studying </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">cr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- words in a combined approach to English phonesthetics”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual Meeting of the Societas Linguistica Europaea (SLE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 29 août – 1 septembre 2023, National and Kapodistrian University of Athens, Grèce</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2023, “Using the Oxford English Dictionary in combination with corpus analysis via Sketch Engine to inquire phonesthemes: a case study of </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- words”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition du Colloque Bisannuel de Diachronie de l’Anglais (CBDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, 20 et 27 janvier 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, “Phonesthesia as a manifestation of iconicity: a diachronic study of the phonestheme </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- in the English lexicon”, Communication lors de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 13th International Symposium on Iconicity in Language and Literature (ill13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 31 mai – 2 juin 2022, Sorbonne Université, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Présentations et séances de séminaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2024, “</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">grunt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">grudge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">: les mots en </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- en anglais, dans une approche de l'usage”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séance de séminaire du Crisco (Université de Caen Normandie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18 janvier 2024.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Farina, 2023, “Étude diachronique et lexicologique du phonesthème </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">gr</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">- en anglais : bilan méthodologique”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Études des doctorants 2023 des laboratoires DYLIS et CRISCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13 avril 2023, Université de Rouen</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RESPONSABILITÉS ADMINISTRATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Représentant des doctorants au conseil du laboratoire CRISCO (UR 4255) de 2023 à 2025</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groaning and grunting: Investigating sound correspondences in the English lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexis. Journal in English Lexicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, The Phonology-Lexicology interface, 23, 55 p. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lexis.7870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crash or scrash? Scratch or cratch? A comparative study of two phonesthemes in the OED and the OEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Conference on Historical Lexicography and Lexicology (ICHLL 16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alina Vilalva; Ana Salgado; Esperança Cardeira; Rute Costa, Jun 2025, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Groan, grunt, grudge : les mots en gr- en anglais, dans une approche de l'usage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CRISCO - Séance du 18 janvier 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the Oxford English Dictionary in combination with corpus analysis via Sketch Engine to inquire phonesthemes: a case study of gr- words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème édition du Colloque Bisannuel de Diachronie de l’Anglais (CBDA-7)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brian Lowrey; Fabienne Toupin; Elise Louviot, Jan 2023, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crack, crunch, crash and crush: studying cr- words in a combined approach to English phonesthetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual Meeting of the Societas Linguistica Europaea (SLE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olga Fischer; Nikolaos Lavidas; Maria Napoli, Aug 2023, Athenes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude diachronique et lexicologique du phonesthème gr- en anglais : bilan méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’Études des doctorants 2023 entre les laboratoires DYLIS et CRISCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coralie Linant; Carlo Minelli; Grace Aboagyewaa Asante, Apr 2023, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phonesthesia as a manifestation of iconicity: a diachronic study of the phonestheme gr- in the English lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Iconicity in Language and Literature (ILL13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Prof Dr Olga Fischer; Prof Dr Christina Ljungberg; Philippe Monneret; Mathieu Avanzi; Anouch Bourmayan; Marco Fasciolo; Antoine Gautier; Gaël Lejeune, May 2022, Paris sorbonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05487921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Μοtivatiοn analοgique et icοnicité dans le lexique de l'anglais : étude diachrοnique distributiοnnelle des phοnesthèmes gr-, cr- et scr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Normandie Université, 2025. Français. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2025NORMC024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05474193v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse lexicologique diachronique du profil phonosémantique des monomorphèmes en gr- dans l’&amp;lt;i&amp;gt;Oxford English Dictionary&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mael Farina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-03478018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId19"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B729A6F3"/>
+    <w:nsid w:val="FDDDFD12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="066895AE"/>
+    <w:nsid w:val="44C8C089"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -488,51 +488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763319v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Farina" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.7870" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487959v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487957v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487943v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487927v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487934v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487921v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05474193v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025NORMC024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03478018v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763319v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Farina" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.7870" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487959v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487957v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487927v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487943v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487934v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487921v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05474193v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025NORMC024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03478018v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>