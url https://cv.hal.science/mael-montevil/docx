--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -115,326 +115,326 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What drives the brain ? Organizational changes, FEP and anti-entropy</w:t>
+                <w:t xml:space="preserve">Disruption of biological processes in the Anthropocene: the case of phenological mismatch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organisms. Journal of Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13133/2532-5876/19211⟩</w:t>
+              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (2), pp.5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10441-025-09496-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558937v2</w:t>
+                <w:t xml:space="preserve">hal-03574022v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative analysis of endocrine disruption by ketoconazole and diethylstilbestrol in rat mammary gland development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">What drives the brain ? Organizational changes, FEP and anti-entropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chollat-Namy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproductive Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.reprotox.2025.108929⟩</w:t>
+              <w:t xml:space="preserve">Organisms. Journal of Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1-2), pp.63-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13133/2532-5876/19211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05392060v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04558937v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disruption of biological processes in the Anthropocene: the case of phenological mismatch</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quantitative analysis of endocrine disruption by ketoconazole and diethylstilbestrol in rat mammary gland development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheryl Schaeberle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Boberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofie Christiansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 73 (2), pp.5. </w:t>
+              <w:t xml:space="preserve">Reproductive Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 135, pp.108929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10441-025-09496-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.reprotox.2025.108929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574022v5</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">For One Another, Without Conditions: On Palestine and Ukraine</w:t>
               </w:r>
@@ -459,51 +459,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divya Dwivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaj Mohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivana Perica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -554,77 +554,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a New Industrial Revolution? Entropy and its Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Stiegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chollat-Namy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel White</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -665,204 +665,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05392057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding living beings by analogy with computers or understanding computers as an emanation of the living</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Penser au-delà de l'identité : philosophie et sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tropos. Journal of Hermeneutics and Philosophical Criticism</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Philosophy World Democracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03905332v1</w:t>
+                <w:t xml:space="preserve">hal-03905340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penser au-delà de l'identité : philosophie et sciences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Understanding living beings by analogy with computers or understanding computers as an emanation of the living</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophy World Democracy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tropos. Journal of Hermeneutics and Philosophical Criticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (2), pp.59-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.53136/97912218011945⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03905340v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational empiricism : the reigning épistémè of the sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy World Democracy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -887,51 +887,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaccines, Germs, and Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy World Democracy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -982,51 +982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophy World Democracy Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Special issue: " The dusk of theoretical controversies in current sciences."</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1051,51 +1051,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sciences et entropocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecorev' - Revue critique d'écologie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 50 (1), pp.109-125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1129,51 +1129,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entropies and the Anthropocene crisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> AI &amp; Society: Knowledge, Culture and Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1192,295 +1192,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398756v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Identity of Organisms in Scientific Practice: Integrating Historical and Relational Conceptions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">De l' oeuvre de Turing aux défis contemporains pour la compréhension mathématique du vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matteo Mossio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02878249v1</w:t>
+                <w:t xml:space="preserve">hal-03206124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Historicity at the heart of biology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Identity of Organisms in Scientific Practice: Integrating Historical and Relational Conceptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Mossio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theorie in den Biowissenschaften / Theory in Biosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12064-020-00320-8⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2020.00611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02398755v2</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l' oeuvre de Turing aux défis contemporains pour la compréhension mathématique du vivant</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Historicity at the heart of biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Theorie in den Biowissenschaften / Theory in Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12064-020-00320-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03206124v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398755v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A combined morphometric and statistical approach to assess non-monotonicity in the developing mammary gland of rats in the CLARITY-BPA study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Acevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1564,363 +1564,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398781v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entretien sur l'entropie, le vivant et la technique : Première partie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Which first principles for mathematical modelling in biology?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LINKs series</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1, pp.68-77</w:t>
+              <w:t xml:space="preserve">Rendiconti di Matematica e delle sue Applicazioni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 40 (3-4), pp.177-189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398778v1</w:t>
+                <w:t xml:space="preserve">hal-02398777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From models to simulations (Analyses d'ouvrages)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Entretien sur l'entropie, le vivant et la technique : Deuxième partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Stiegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Histoire des Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.451-453</w:t>
+              <w:t xml:space="preserve">LINKs series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2, pp.160-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398780v1</w:t>
+                <w:t xml:space="preserve">hal-02398779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entretien sur l'entropie, le vivant et la technique : Deuxième partie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">From models to simulations (Analyses d'ouvrages)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LINKs series</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2, pp.160-166</w:t>
+              <w:t xml:space="preserve">Revue d'Histoire des Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.451-453</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398779v1</w:t>
+                <w:t xml:space="preserve">hal-02398780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which first principles for mathematical modelling in biology?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Entretien sur l'entropie, le vivant et la technique : Première partie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Stiegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendiconti di Matematica e delle sue Applicazioni</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 40 (3-4), pp.177-189</w:t>
+              <w:t xml:space="preserve">LINKs series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.68-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398777v1</w:t>
+                <w:t xml:space="preserve">hal-02398778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement in biology is methodized by theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology and Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1945,51 +1945,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Possibility spaces and the notion of novelty: from music to biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 196 (11), pp.4555-4581. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2036,51 +2036,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From physics to biology by extending criticality and symmetry breakings: an update</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Europeana Systemica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9, pp.77 - 92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2114,51 +2114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Hitchhiker’s Guide to the Cancer Galaxy. How two critics missed their destination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Pocheville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2218,51 +2218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From logic to biology via physics: a survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 13 (4), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2290,464 +2290,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01377051v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical principles for biology: Variation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">SAMA: A Method for 3D Morphological Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessie M Paulose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia M Speroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent M Cerruti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos M Sonnenschein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2016.08.005⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0153022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01379202v2</w:t>
+                <w:t xml:space="preserve">hal-01438592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical approach of ductal morphogenesis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Theoretical principles for biology: Variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ana Soto</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Mossio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Pocheville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical and Applied Vascular Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24019/jtavr.7⟩</w:t>
+              <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, "From the century of the genome to the century of the organism: New theoretical approaches", a Special issue, 122 (1), pp.36-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2016.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02398763v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01379202v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAMA: A Method for 3D Morphological Analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Theoretical approach of ductal morphogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos M Sonnenschein</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Soto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11, </w:t>
+              <w:t xml:space="preserve">Journal of Theoretical and Applied Vascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (1), pp.45-49. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0153022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24019/jtavr.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01438592v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a theory of organisms: Three founding principles in search of a useful integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Antoine Miquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Mossio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, "From the century of the genome to the century of the organism: New theoretical approaches", a Special issue, 122 (1), pp.77-82. </w:t>
@@ -2785,90 +2785,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling mammary organogenesis from biological first principles: Cells and their physical constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Speroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 122 (1), pp.58-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2902,90 +2902,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The biological default state of cell proliferation with variation and motility, a fundamental principle for a theory of organisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, From the Century of the Genome to the Century of the Organism: New Theoretical Approaches, 122 (1), pp.16 - 23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3019,64 +3019,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical principles for biology: organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Mossio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3117,304 +3117,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354872v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of principles for a Theory of Organisms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Biological organisation as closure of constraints.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ana Soto</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Mossio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 40 (5), </w:t>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 372, pp.179-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12038-015-9574-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2015.02.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01253484v1</w:t>
+                <w:t xml:space="preserve">hal-01192916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological organisation as closure of constraints.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">In search of principles for a Theory of Organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matteo Mossio</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 372, pp.179-91. </w:t>
+              <w:t xml:space="preserve">Journal of Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2015.02.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12038-015-9574-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192916v1</w:t>
+                <w:t xml:space="preserve">hal-01253484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel 3D Model to Study the Link Between Hormonal Exposure and Mammographic Density in Breast Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Paulose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Speroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana M. Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3465,90 +3465,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of Software for Automated Morphology Analysis (SAMA) to Analyze Morphogenic Effects of Mammotrophic Hormones in Vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Speroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Paulose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cerruti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Endocrine reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
@@ -3590,51 +3590,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended criticality, phase spaces and enablement in biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Emergent Critical Brain Dynamics, 55, pp.64-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3707,51 +3707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Speroni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyle P Quinn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kurt Saetzler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3815,51 +3815,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From bottom-up approaches to levels of organization and extended critical transitions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Pocheville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3900,404 +3900,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01192909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 2-dimensional geometry for biological time</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From physics to biology by extending criticality and symmetry breakings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 106 (3), pp.474-484. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2011.02.001⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 106 (2), pp.340 - 347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2011.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01192903v2</w:t>
+                <w:t xml:space="preserve">hal-01192902v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Inert vs. the Living State of Matter: Extended Criticality, Time Geometry, Anti-Entropy - An Overview.</w:t>
+                <w:t xml:space="preserve">Protention and retention in biological systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2012.00039⟩</w:t>
+              <w:t xml:space="preserve">Theorie in den Biowissenschaften / Theory in Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 130 (2), pp.107 - 117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12064-010-0116-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192906v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192905v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protention and retention in biological systems</w:t>
+                <w:t xml:space="preserve">The Inert vs. the Living State of Matter: Extended Criticality, Time Geometry, Anti-Entropy - An Overview.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theorie in den Biowissenschaften / Theory in Biosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12064-010-0116-6⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2012.00039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192905v2</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From physics to biology by extending criticality and symmetry breakings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A 2-dimensional geometry for biological time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Biophysics and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 106 (2), pp.340 - 347. </w:t>
+              <w:t xml:space="preserve">, 2011, 106 (3), pp.474-484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2011.03.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pbiomolbio.2011.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192902v2</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01192903v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4315,51 +4315,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'appelle-t-on produire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Franck Cormerais; Olivier Landau; Vincent Puig. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nouvelle écologie de l’industrie, pour une bifurcation vers l’éco-technologie et les nouvelles localités industrielles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
@@ -4388,51 +4388,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment le hasard façonne le vivant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Duprat; Fiona McIntosh‑Varjabédian; Anne‑Gaëlle Weber; Alison James. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le hasard. Littérature, arts, sciences, philosophie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2025</w:t>
@@ -4455,638 +4455,638 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04271158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical modeling in the study of organisms and their parts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Disruptions du développement humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mariano Bizzarri. </w:t>
+              <w:t xml:space="preserve">Raphael Zagury-Orly; Alain Fleischer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems Biology 2nd edition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L’humain qui vient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9791037040350</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271160v1</w:t>
+                <w:t xml:space="preserve">hal-04325402v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normativité et disruption du vivant dans l'Anthropocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre-Frédéric Daled; Mathias Girel; Nathalie Queyroux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Georges Canguilhem, 80 ans après Le Normal et le Pathologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9782728808663</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disruptions du développement humain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mathematical modeling in the study of organisms and their parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Raphael Zagury-Orly; Alain Fleischer. </w:t>
+              <w:t xml:space="preserve">Mariano Bizzarri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’humain qui vient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Systems Biology 2nd edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2745, Springer US; Springer, pp.105-119, 2024, Methods in Molecular Biology, 9781071635766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-3577-3_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325402v2</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Stiegler: Friendship and Fellowship</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Le vivant et le jeu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Luc Nancy. </w:t>
+              <w:t xml:space="preserve">Mathieu Triclot; Vincent Puig; Franck Cormerais. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">On Bernard Stiegler - Philosopher of Friendship</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bloomsbury, 2024, 9781350329034</w:t>
+              <w:t xml:space="preserve">Jeux, gestes et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C&amp;F Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.87-98, 2024, 9782376620891</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04271159v1</w:t>
+                <w:t xml:space="preserve">hal-04847308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le vivant et le jeu</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Bernard Stiegler: Friendship and Fellowship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mathieu Triclot; Vincent Puig; Franck Cormerais. </w:t>
+              <w:t xml:space="preserve">Jean-Luc Nancy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeux, gestes et savoirs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">On Bernard Stiegler - Philosopher of Friendship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury, 2024, 9781350329034</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C&amp;F Editions</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04847308v1</w:t>
+                <w:t xml:space="preserve">hal-04271159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does randomness shape the living?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Plaine Commune, contributive learning territory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Anne Duprat; Alison James; Divya Dwivedi. </w:t>
+              <w:t xml:space="preserve">Bart Buseyne; Georgios Tsagdis; Paul Willemarck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures of Chance II Chance in Theory and Practice</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Memories for the Future: Thinking with Bernard Stiegler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury Publishing, 2024, 9781350410459</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03908948v1</w:t>
+                <w:t xml:space="preserve">hal-03908038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plaine Commune, contributive learning territory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">How does randomness shape the living?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divya Dwivedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bitbol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Direk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Bart Buseyne; Georgios Tsagdis; Paul Willemarck. </w:t>
+              <w:t xml:space="preserve">Anne Duprat; Alison James; Divya Dwivedi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Memories for the Future: Thinking with Bernard Stiegler</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Figures of Chance II Chance in Theory and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge; Routledge, pp.124-187, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003329060-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908038v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remarques sur les corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Divya Dwivedi; Jérôme Lèbre; Maël Montévil; François Warin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jean-Luc Nancy : Anastasis de la pensée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, 2023, 9791037032270</w:t>
@@ -5115,51 +5115,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling organogenesis from biological first principles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana M. Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5204,208 +5204,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03905725v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptual and theoretical specifications for accuracy in medicine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Postface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Giorgini. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personalized Medicine in the Making: Philosophical Perspectives from Biology to Healthcare</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Révolution Contributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, iste, 2022, 9781784058135</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478511v1</w:t>
+                <w:t xml:space="preserve">hal-03905503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postface</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Conceptual and theoretical specifications for accuracy in medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Révolution Contributive</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Personalized Medicine in the Making: Philosophical Perspectives from Biology to Healthcare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Springer International Publishing, pp.47-62, 2022, Human Perspectives in Health Sciences and Technology, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-74804-3_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03905503v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normativité et infidélités du milieu : actualités biologiques de Canguilhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La philosophie et ses dehors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5430,51 +5430,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il faut qu'il y ait en informatique théorique un symbole tel qu'il empêche de calculer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Alombert; Victor Chaix; Maël Montévil. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prendre Soin de l’informatique et Des Générations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2021</w:t>
@@ -5503,51 +5503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sens des formes en biologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomorphisme. Approches Sensibles et Conceptuelles Des Formes Du Vivant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, NAIMA, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5572,103 +5572,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthropocène, Exosomatisation et Néguentropie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Stiegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stiegler, Bernard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bifurquer Il n'y a pas d'alternative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -5710,51 +5710,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Primer on Mathematical Modeling in the Study of Organisms and Their Parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bizzarri M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.41-55, 2018, Systems Biology, </w:t>
@@ -5805,51 +5805,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Répétition et Réversibilité dans l'Évolution: La génétique des populations théorique (chapitre 12)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Temps de la nature &amp; nature du temps. Études philosophiques sur le temps dans les sciences naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5874,77 +5874,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the Century of the Gene to that of the Organism: Introduction to New Theoretical Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Life Sciences, Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.81 - 97, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5978,51 +5978,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big Data and Biological Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6058,251 +6058,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du siècle du gène à celui de l'organisme : introduction à de nouvelles perspectives théoriques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Une brève discussion sur la science, autour d'un verre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...23 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Mossio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Silberstein. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences de la vie, sciences de l'information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Qu'est-ce que la science… pour vous ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Matériologiques, pp.179-184, 2017, 978-2-37361-107-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398770v1</w:t>
+                <w:t xml:space="preserve">hal-01876785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une brève discussion sur la science, autour d'un verre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Du siècle du gène à celui de l'organisme : introduction à de nouvelles perspectives théoriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qu'est-ce que la science… pour vous ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions Matériologiques, pp.179-184, 2017, 978-2-37361-107-6</w:t>
+              <w:t xml:space="preserve">Sciences de la vie, sciences de l'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01876785v1</w:t>
+                <w:t xml:space="preserve">hal-02398770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repetition and Reversibility in Evolution: Theoretical Population Genetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Time in nature and the nature of time</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.275-314, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6349,51 +6349,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing Symmetries in Models and Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Springer Handbook of Model-Based Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6440,51 +6440,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big Data et connaissance biologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences de la vie, sciences de l'information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6509,51 +6509,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changements de symétrie, criticité et aléatoire : Mathématiques et objectivation du vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Glade, N; Stéphanou, A. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le vivant critique et chaotique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -6589,454 +6589,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01450028v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’incompressible complexité du réel et la construction évolutive du simple</w:t>
+                <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Berthoz, Alain; Petit, Jean-Luc. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Giuseppe Longo; Maël Montévil. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complexité-Simplexité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.1-22, 2014, Lecture Notes in Morphogenesis, 978-3642359378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collège de France</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-35938-5_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377260v1</w:t>
+                <w:t xml:space="preserve">hal-03318663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities. Introduction</w:t>
+                <w:t xml:space="preserve">L’incompressible complexité du réel et la construction évolutive du simple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Giuseppe Longo; Maël Montévil. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Pocheville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berthoz, Alain; Petit, Jean-Luc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer, pp.1-22, 2014, Lecture Notes in Morphogenesis, 978-3642359378. </w:t>
+              <w:t xml:space="preserve">Complexité-Simplexité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-35938-5_1⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Collège de France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03318663v1</w:t>
+                <w:t xml:space="preserve">hal-01377260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface</w:t>
+                <w:t xml:space="preserve">Introduction to New Perspectives in Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 364235937X, 978-3642359378</w:t>
+              <w:t xml:space="preserve">Essays for the Luca Cardelli Fest.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03318656v1</w:t>
+                <w:t xml:space="preserve">hal-02196169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction to New Perspectives in Biology</w:t>
+                <w:t xml:space="preserve">Preface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essays for the Luca Cardelli Fest.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 364235937X, 978-3642359378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196169v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Randomness Increases Order in Biological Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dinneen, Michael J.; Khoussainov, Bakhadyr; Nies, André. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computation, Physics and Beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7160, </w:t>
@@ -7087,51 +7087,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géométrie du temps biologique : rythmes et protension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">A. Bonnet; F. Nicolas; T. Paul. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de phrasé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, 2012, 9782705681555</w:t>
@@ -7205,51 +7205,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justifying assumptions in mathematical descriptions: a modeling practice methodized by biological theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7325,51 +7325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divya Dwivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaj Mohan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Maël Montévil. Hurst &amp; Co Publishers Ltd, 2024, 978191172323</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7413,51 +7413,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Alombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7488,63 +7488,63 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives on Organisms: Biological Time, Symmetries and Singularities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.283, 2014, 978-3642359378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7617,51 +7617,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divya Dwivedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lèbre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7731,51 +7731,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Stiegler (1952-2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7819,51 +7819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niall Palfreyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janice Miller-Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7881,51 +7881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philosophical Accounts of Biological Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.1071-1073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11191-017-9917-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7997,51 +7997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No Entailing Laws, but Enablement in the Evolution of the Biosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Longo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart Kauffman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8120,51 +8120,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological time and extended critical transitions : Towards an objectivization of the living state of matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Montévil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">History, Philosophy and Sociology of Sciences. Université Paris 5 descartes, 2011. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011PA05T020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8360,51 +8360,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04558937v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chollat-Namy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Mont&#233;vil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13133/2532-5876/19211" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05392060v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl Schaeberle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boberg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Christiansen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Soto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reprotox.2025.108929" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03574022v5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-025-09496-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-05394195v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Bekhta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Dwivedi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaj Mohan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Perica" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392057v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Stiegler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chaix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel White" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54195/technophany.19608" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905332v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53136/97912218011945" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905340v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478529v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478521v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03936231v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chaix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Longo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200927v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.050.0109" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398756v4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878249v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mossio" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.00611" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398755v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12064-020-00320-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206124v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398781v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Acevedo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl M Schaeberle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manushree Bharadwaj" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne E Fenton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/EHP6301" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398778v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398779v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398777v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988476v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398774v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-017-1668-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478496v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/aes.v9i1.56043" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398768v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pocheville" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13133/2532-5876_2.9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377051v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-13(4:21)2017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379202v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.08.005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398763v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sonnenschein" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24019/jtavr.7" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438592v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessie M Paulose" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia M Speroni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent M Cerruti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M Sonnenschein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153022" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413497v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Miquel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.07.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438591v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Speroni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.08.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413495v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.06.006" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354872v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253484v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12038-015-9574-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192916v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2015.02.029" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03575012v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Paulose" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Speroni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Soto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03575028v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cerruti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192911v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2013.03.008" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192913v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Barnes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle P Quinn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Saetzler" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0093325" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2012.00232" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192903v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bailly" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2011.02.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192906v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2012.00039" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192905v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12064-010-0116-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192902v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2011.03.005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-05392083v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271158v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271160v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3577-3_7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844417v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325402v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271159v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847308v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/jeux-gestes-savoirs/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908948v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bitbol" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Direk" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329060-4" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03908038v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271162v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905725v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38968-9_12" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478511v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74804-3_3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905503v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03907247v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478527v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478506v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03320846v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionslesliensquiliberent.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7456-6_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398772v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gayon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478478v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119452713.ch9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398776v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398770v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876785v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398766v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53725-2_13" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380014v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-30526-4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398771v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450028v4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://materiologiques.com/modelisations-simulations-systemes-complexes-2425-5661/206-le-vivant-critique-et-chaotique-9782919694938.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377260v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/site/editions-du-college-de-france/Presentation.htm" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03318663v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35938-5_1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03318656v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196169v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450024v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/fr" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27654-5_22" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450027v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04858101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Robert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847302v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478531v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alombert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349797v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271163v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me L&#232;bre" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478502v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398775v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niall Palfreyman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Miller-Young" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398767v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-017-9917-z" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398759v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Kauffman" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2330784.2330946" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04514335v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PA05T020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03574022v5" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Mont&#233;vil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-025-09496-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04558937v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chollat-Namy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13133/2532-5876/19211" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05392060v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl Schaeberle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boberg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Christiansen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Soto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reprotox.2025.108929" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-05394195v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Bekhta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Dwivedi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaj Mohan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Perica" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392057v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Stiegler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Chaix" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel White" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54195/technophany.19608" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905340v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905332v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53136/97912218011945" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478529v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478521v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03936231v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chaix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Longo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200927v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecorev.050.0109" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398756v4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206124v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878249v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mossio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2020.00611" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398755v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12064-020-00320-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398781v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Acevedo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl M Schaeberle" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manushree Bharadwaj" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne E Fenton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/EHP6301" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398777v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398779v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398780v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988476v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398774v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11229-017-1668-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478496v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/aes.v9i1.56043" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398768v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pocheville" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13133/2532-5876_2.9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377051v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/LMCS-13(4:21)2017" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438592v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessie M Paulose" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia M Speroni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent M Cerruti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M Sonnenschein" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379202v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.08.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398763v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sonnenschein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24019/jtavr.7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413497v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Miquel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.07.006" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438591v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Speroni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.08.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413495v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016.06.006" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354872v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192916v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2015.02.029" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253484v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12038-015-9574-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03575012v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Paulose" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Speroni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Soto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03575028v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cerruti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192911v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2013.03.008" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192913v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Barnes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle P Quinn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Saetzler" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0093325" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2012.00232" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192902v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2011.03.005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192905v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12064-010-0116-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192906v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2012.00039" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192903v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bailly" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2011.02.001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-05392083v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271158v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325402v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04844417v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271160v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3577-3_7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847308v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/jeux-gestes-savoirs/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271159v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03908038v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908948v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bitbol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Direk" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329060-4" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271162v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905725v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38968-9_12" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03905503v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478511v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74804-3_3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03907247v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478527v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478506v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03320846v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionslesliensquiliberent.fr/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-7456-6_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398772v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gayon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478478v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119452713.ch9" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398776v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876785v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398770v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398766v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-53725-2_13" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380014v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-30526-4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398771v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450028v4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://materiologiques.com/modelisations-simulations-systemes-complexes-2425-5661/206-le-vivant-critique-et-chaotique-9782919694938.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03318663v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35938-5_1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377260v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.college-de-france.fr/site/editions-du-college-de-france/Presentation.htm" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196169v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03318656v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/fr/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450024v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/fr" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27654-5_22" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450027v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04858101v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Robert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847302v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478531v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Alombert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349797v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-04271163v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me L&#232;bre" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Warin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03478502v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398775v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niall Palfreyman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Miller-Young" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398767v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-017-9917-z" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398759v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Kauffman" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2330784.2330946" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04514335v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PA05T020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>