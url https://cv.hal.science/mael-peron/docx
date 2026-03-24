--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -647,157 +647,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04056938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple characterization methodology for the identification of the visco-elastic behavior of thermoset adhesives during cure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement and prediction of residual strains and stresses during the cooling of a glass fibre reinforced PA66 matrix composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mael Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Casari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Girard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mael Péron</w:t>
+                <w:t xml:space="preserve">Gilles Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Uguen</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérôme Bikard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Adhesion Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, pp.2. </w:t>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 137, pp.106039. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40563-020-00125-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2020.106039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052716v1</w:t>
+                <w:t xml:space="preserve">hal-03004506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hygroscopic stresses in asymmetric biocomposite laminates submitted to various relative humidity conditions</w:t>
               </w:r>
@@ -894,421 +898,417 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement and prediction of residual strains and stresses during the cooling of a glass fibre reinforced PA66 matrix composite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A simple characterization methodology for the identification of the visco-elastic behavior of thermoset adhesives during cure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Uguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Casari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 137, pp.106039. </w:t>
+              <w:t xml:space="preserve">Applied Adhesion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2020.106039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40563-020-00125-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03004506v1</w:t>
+                <w:t xml:space="preserve">hal-04052716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of hygroscopic stresses in asymmetric biocomposite laminates</w:t>
+                <w:t xml:space="preserve">Biocomposites à Empilement Asymétrique pour l’Étude des Couplages Hygro-mécaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Célino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Castro</w:t>
+                <w:t xml:space="preserve">Mickaël Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Duigou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 169, pp.7-15. </w:t>
+              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (4), pp.243-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2018.10.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18280/rcma.290408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04058128v1</w:t>
+                <w:t xml:space="preserve">hal-04589378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocomposites à Empilement Asymétrique pour l’Étude des Couplages Hygro-mécaniques</w:t>
+                <w:t xml:space="preserve">Study of hygroscopic stresses in asymmetric biocomposite laminates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Célino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Castro</w:t>
+                <w:t xml:space="preserve">Mickael Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Le Duigou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 29 (4), pp.243-252. </w:t>
+              <w:t xml:space="preserve">Composites Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 169, pp.7-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18280/rcma.290408⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compscitech.2018.10.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589378v1</w:t>
+                <w:t xml:space="preserve">hal-04058128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermomechanical characterization of a low viscosity PA66 thermoplastic matrix and associated continuous glass fibre composite under processing conditions</w:t>
               </w:r>
@@ -1333,51 +1333,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Casari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bailleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1571,459 +1571,459 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation Thermo-Chimio-Mécanique des Composites Thermodurcissables : Étude des Déformations Induites par la Cuisson</w:t>
+                <w:t xml:space="preserve">Anisotropic expansion and shrinkage behavior of thermosetting prepreg layups with respect to the compaction strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Traouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sobotka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mael Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rima Sfar Zbed</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jago Pridie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28th International ESAFORM Conference on Material Forming (ESAFORM 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Paestum, Italy. pp.2361-2370, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21741/9781644903599-255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05360155v1</w:t>
+                <w:t xml:space="preserve">hal-05125998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic expansion and shrinkage behavior of thermosetting prepreg layups with respect to the compaction strategy</w:t>
+                <w:t xml:space="preserve">Modélisation Thermo-Chimio-Mécanique des Composites Thermodurcissables : Étude des Déformations Induites par la Cuisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourour Traouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rima Sfar Zbed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mael Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sobotka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International ESAFORM Conference on Material Forming (ESAFORM 2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05125998v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en évidence de phénomènes de mécano-sorption dans la mise en œuvre d'un composite à fibre végétales</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des couplages et découplages multi-physiques lors de la mise en œuvre des matériaux composites à matrice organique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Freour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05360143v1</w:t>
+                <w:t xml:space="preserve">hal-05370049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des couplages et découplages multi-physiques lors de la mise en œuvre des matériaux composites à matrice organique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mise en évidence de phénomènes de mécano-sorption dans la mise en œuvre d'un composite à fibre végétales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Célino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Freour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370049v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the PEEK microstructure at welded interfaces to the mechanical properties of thermoplastic composites manufactured by a Laser-Assisted Tape Placement process</w:t>
               </w:r>
@@ -2260,51 +2260,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheokinetics of thermosetting prepregs before gelation: an original device and experimental characterization procedure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rima Sfar Zbed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2746,752 +2746,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure et prédiction des déformations et contraintes résiduelles lors du refroidissement d'un stratifié composite thermoplastique</w:t>
+                <w:t xml:space="preserve">Mesure et prédiction des déformations et contraintes résiduelles lors du refroidissement d’un stratifié composite thermoplastique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Casari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Orange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Bailleul</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-L. Bailleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales des Composites 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02420769v1</w:t>
+                <w:t xml:space="preserve">hal-02329398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfissuration des composites Non-Crimp Fabric sous vieillissement hygrothermique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesure et prédiction des déformations et contraintes résiduelles lors du refroidissement d'un stratifié composite thermoplastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Casari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bailleul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02423152v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02420769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure et prédiction des déformations et contraintes résiduelles lors du refroidissement d’un stratifié composite thermoplastique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microfissuration des composites Non-Crimp Fabric sous vieillissement hygrothermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Bezzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Casari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales des Composites 21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02329398v1</w:t>
+                <w:t xml:space="preserve">hal-02423152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le PvT-HADDOC : Mesure des déformations et suivi de cuisson de composites thermodurcissables durant leur mise en forme.</w:t>
+                <w:t xml:space="preserve">Caractérisation thermomécanique et prédiction des contraintes résiduelles dans un stratifié composite thermoplastique durant le refroidissement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Cardinaud</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Casari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Bailleul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01621605v1</w:t>
+                <w:t xml:space="preserve">hal-01621604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biocomposites à empilement non symétrique pour étudier l'influence des déformations hygroscopiques sur leur comportement hydrique</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le PvT-HADDOC : Mesure des déformations et suivi de cuisson de composites thermodurcissables durant leur mise en forme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Cardinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Boyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sobotka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Le Corre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01621600v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01621605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation thermomécanique et prédiction des contraintes résiduelles dans un stratifié composite thermoplastique durant le refroidissement.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biocomposites à empilement non symétrique pour étudier l'influence des déformations hygroscopiques sur leur comportement hydrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Le Duigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Célino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jacquemin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01621604v1</w:t>
+                <w:t xml:space="preserve">hal-01621600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3646,51 +3646,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05424080v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael P&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria El Bayssari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barasinski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Daghia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2025.109478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084510v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Restif" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Laik" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2025.128564" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399582v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983231223568" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056938v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bezzou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Casari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Singery" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ponsolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106507" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052716v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Uguen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40563-020-00125-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490918v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine C&#233;lino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Duigou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.105896" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004506v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Orange" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bikard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.106039" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058128v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Castro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2018.10.027" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589378v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Castro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.290408" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327259v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bailleul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998319862344" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387387v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobotka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Corre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998316647119" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360155v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Traouli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Sfar Zbed" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125998v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jago Pridie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-255" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360143v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Freour" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370049v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699654v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jaquemin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699667v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-68" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915908v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430857v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515737v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2667" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420769v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423152v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Bezzou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329398v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Bailleul" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621605v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cardinaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621600v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621604v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05424080v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael P&#233;ron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maria El Bayssari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Barasinski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jacquemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Daghia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2025.109478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084510v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Restif" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Laik" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2025.128564" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399582v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00219983231223568" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056938v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bezzou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Casari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Singery" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ponsolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2021.106507" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004506v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Orange" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bikard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.106039" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490918v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine C&#233;lino" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Le Duigou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.105896" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052716v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Girard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Uguen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40563-020-00125-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589378v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Castro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.290408" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058128v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Castro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compscitech.2018.10.027" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327259v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bailleul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998319862344" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387387v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobotka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Corre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998316647119" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125998v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourour Traouli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jago Pridie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-255" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360155v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Sfar Zbed" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370049v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360143v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gaud" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Freour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699654v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jaquemin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699667v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903131-68" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915908v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430857v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03515737v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2667" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329398v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Bailleul" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423152v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Bezzou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621604v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Cardinaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621600v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>