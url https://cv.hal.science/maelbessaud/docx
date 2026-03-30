--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -126,51 +126,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (49)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -294,5980 +294,6114 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05485429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Higher stability of novel live-attenuated oral poliovirus type 2 (nOPV2) despite the emergence of a neurovirulent double recombinant strain in Uganda</w:t>
+                <w:t xml:space="preserve">Next generation sequencing approaches for the detection and characterization of enteroviruses in clinical, public health, and research settings: Expert view of the European non-polio enterovirus network (ENPEN)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phionah Tushabe</w:t>
+                <w:t xml:space="preserve">Kimberley S.M. Benschop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manasi Majumdar</w:t>
+                <w:t xml:space="preserve">Florian Zwagemaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kafayat Arowolo</w:t>
+                <w:t xml:space="preserve">Lili Andersson-Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lester Shulman</w:t>
+                <w:t xml:space="preserve">Cristina Andrés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfred Ssekagiri</w:t>
+                <w:t xml:space="preserve">Andrés Antón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 11 (2), pp.406-414. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 184, pp.105940. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41564-025-02219-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcv.2026.105940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05466112v1</w:t>
+                <w:t xml:space="preserve">pasteur-05571926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct amplification and sequencing of enterovirus genomes from clinical and wastewater samples reveals uncommon virus types in Cameroon</w:t>
+                <w:t xml:space="preserve">Higher stability of novel live-attenuated oral poliovirus type 2 (nOPV2) despite the emergence of a neurovirulent double recombinant strain in Uganda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdou Fatawou Modiyinji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+                <w:t xml:space="preserve">Phionah Tushabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+                <w:t xml:space="preserve">Manasi Majumdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohand Ait Ahmed</w:t>
+                <w:t xml:space="preserve">Kafayat Arowolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nick Knowles</w:t>
+                <w:t xml:space="preserve">Lester Shulman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred Ssekagiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00705-025-06296-4⟩</w:t>
+              <w:t xml:space="preserve">Nature Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 11 (2), pp.406-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41564-025-02219-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05043433v1</w:t>
+                <w:t xml:space="preserve">pasteur-05466112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of enteroviruses circulating among pigs and goats in two Central African countries, Cameroon and the Central African Republic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Direct amplification and sequencing of enterovirus genomes from clinical and wastewater samples reveals uncommon virus types in Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Fatawou Modiyinji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Sadeuh-Mba</w:t>
+                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Ait Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nick Knowles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Access Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/acmi.0.000886.v3⟩</w:t>
+              <w:t xml:space="preserve">Archives of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 170 (5), pp.107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00705-025-06296-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04874546v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05043433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poliovirus surveillance in Mayotte, Indian Ocean, reveals encephalomyocarditis virus type 1 and a wide diversity of non-polio enteroviruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambre Tinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Levert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Wurtzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions of The Royal Society of Tropical Medicine and Hygiene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, pp.traf090. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/trstmh/traf090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2024 re-emergence of coxsackievirus A24 variant causing an outbreak of acute hemorrhagic conjunctivitis in the South West Indian Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Mirand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bisseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Pierres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 14 (1), pp.2525266. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/22221751.2025.2525266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05151617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of sialic acids as attachment factors is a common feature of &amp;lt;i&amp;gt;Enterovirus&amp;lt;/i&amp;gt; -D species</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alice Mac Kain</w:t>
+                <w:t xml:space="preserve">Molecular characterization of enteroviruses circulating among pigs and goats in two Central African countries, Cameroon and the Central African Republic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Fatawou Modiyinji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Jouvenet</w:t>
+                <w:t xml:space="preserve">Marina Prisca de Marguerite Nombot-Yazenguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Caval</w:t>
+                <w:t xml:space="preserve">Marie- Claire Endengue Zanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Sadeuh-Mba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jvi.00429-25⟩</w:t>
+              <w:t xml:space="preserve">Access Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/acmi.0.000886.v3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05067251v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04874546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wide circulation of type 1 vaccine-derived poliovirus strains in clinical specimens from suspected cases of poliomyelitis, their contacts and in wastewater in Madagascar since late 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonhson Raharinantoanina</w:t>
+                <w:t xml:space="preserve">The use of sialic acids as attachment factors is a common feature of &amp;lt;i&amp;gt;Enterovirus&amp;lt;/i&amp;gt; -D species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhaine Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Mac Kain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dussart</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Jouvenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virol.2024.110253⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 99 (6), pp.e0042925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.00429-25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04717732v2</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of twelve echovirus virus-neutralisation assays in Europe: recommendations for harmonisation of non-polio enterovirus sero-surveillance studies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wide circulation of type 1 vaccine-derived poliovirus strains in clinical specimens from suspected cases of poliomyelitis, their contacts and in wastewater in Madagascar since late 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerrit Koen</w:t>
+                <w:t xml:space="preserve">Jonhson Raharinantoanina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hetty van Eijk</w:t>
+                <w:t xml:space="preserve">Danielle Aurore Doll Rakoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heli Harvala</w:t>
+                <w:t xml:space="preserve">Philippe Dussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 105 (9), </w:t>
+              <w:t xml:space="preserve">Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 600, pp.110253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/jgv.0.001986⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.virol.2024.110253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04711395v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04717732v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Enteroviruses circulating among Farm Animals and Children in Central African Republic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joël Doté</w:t>
+                <w:t xml:space="preserve">Intérêt de la surveillance environnementale pour le programme d'éradication des poliovirus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Tinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 493, pp.54-56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04627859v1</w:t>
+                <w:t xml:space="preserve">pasteur-04475271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de la poliomyélite, une maladie virale à contrôler / éradiquer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Delpeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de biologie médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 376, pp.31-46. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/rbm.376.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05073451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt de la surveillance environnementale pour le programme d'éradication des poliovirus</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ambre Tinard</w:t>
+                <w:t xml:space="preserve">Characterization of Enteroviruses circulating among Farm Animals and Children in Central African Republic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Ndombari Beta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Ait-Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Banga-Mingo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (1), pp.2368212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/22221751.2024.2368212⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04475271v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of circulating type 3 vaccine-derived polioviruses in French Guiana, May to August 2024</w:t>
+                <w:t xml:space="preserve">Assessment of twelve echovirus virus-neutralisation assays in Europe: recommendations for harmonisation of non-polio enterovirus sero-surveillance studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Raffestin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ambre Tinard</w:t>
+                <w:t xml:space="preserve">Karen Couderé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimberley S.M. Benschop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Enfissi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+                <w:t xml:space="preserve">Gerrit Koen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Lichtenstein</w:t>
+                <w:t xml:space="preserve">Hetty van Eijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heli Harvala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2024.29.45.2400705⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/jgv.0.001986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04772605v1</w:t>
+                <w:t xml:space="preserve">pasteur-04711395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opening a 60-year time capsule: sequences of historical poliovirus cold variants shed a new light on a contemporary strain.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection of circulating type 3 vaccine-derived polioviruses in French Guiana, May to August 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Bujaki</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Caval</w:t>
+                <w:t xml:space="preserve">Stéphanie Raffestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Tinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Enfissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Lichtenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virus Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ve/veae063⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 29 (5), pp.2400705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2024.29.45.2400705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04674711v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Enterovirus D68 Outbreak Detection through Hospital Surveillance of Severe Acute Respiratory Infection, Senegal, 2023.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Opening a 60-year time capsule: sequences of historical poliovirus cold variants shed a new light on a contemporary strain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mamadou Aliou Barry</w:t>
+                <w:t xml:space="preserve">Morgane Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussa Moise Diagne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samba Niang Sagne</w:t>
+                <w:t xml:space="preserve">Erika Bujaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhaine Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid3008.240410⟩</w:t>
+              <w:t xml:space="preserve">Virus Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.veae063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ve/veae063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04661720v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04674711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animal enteroviruses: a glimpse of a wide evolutionary landscape</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Typhaine Filhol</w:t>
+                <w:t xml:space="preserve">Real-Time Enterovirus D68 Outbreak Detection through Hospital Surveillance of Severe Acute Respiratory Infection, Senegal, 2023.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Malado Jallow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pedapa Mendy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Aliou Barry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Moise Diagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samba Niang Sagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/vir.2023.1000⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (8), pp.1687-1691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid3008.240410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04184124v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04661720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutralization of African enterovirus A71 genogroups by antibodies to canonical genogroups</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ionela Gouandjika-Valisache</w:t>
+                <w:t xml:space="preserve">Animal enteroviruses: a glimpse of a wide evolutionary landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typhaine Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Virology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 104 (11), </w:t>
+              <w:t xml:space="preserve">Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (3), pp.22-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/jgv.0.001911⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/vir.2023.1000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04315084v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04184124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating prevalence of Enterovirus D111 in human and non-human primate populations using cross-sectional serology</w:t>
+                <w:t xml:space="preserve">Neutralization of African enterovirus A71 genogroups by antibodies to canonical genogroups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Everlyn Kamau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Manasi Majumdar</w:t>
+                <w:t xml:space="preserve">Romain Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Martin</w:t>
+                <w:t xml:space="preserve">Lingjie Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Simmonds</w:t>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionela Gouandjika-Valisache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of General Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 104 (11), pp.001915. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/jgv.0.001915⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 104 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/jgv.0.001911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04270247v1</w:t>
+                <w:t xml:space="preserve">pasteur-04315084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notes from the Field : Circulating Vaccine-Derived Poliovirus Type 2 Emergences Linked to Novel Oral Poliovirus Vaccine Type 2 Use — Six African Countries, 2021–2023</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimating prevalence of Enterovirus D111 in human and non-human primate populations using cross-sectional serology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth Henderson</w:t>
+                <w:t xml:space="preserve">Everlyn Kamau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manasi Majumdar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark. Deka</w:t>
+                <w:t xml:space="preserve">Javier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kelley Bullard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anfumbom Kfutwah</w:t>
+                <w:t xml:space="preserve">Peter Simmonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MMWR : Morbidity and Mortality Weekly Report</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15585/mmwr.mm7238a4⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 104 (11), pp.001915. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/jgv.0.001915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04255691v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04270247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strengthened surveillance revealed a rapid disappearance of the poliovirus serotype 2 vaccine strain in Madagascar after its removal from the oral polio vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+                <w:t xml:space="preserve">Notes from the Field : Circulating Vaccine-Derived Poliovirus Type 2 Emergences Linked to Novel Oral Poliovirus Vaccine Type 2 Use — Six African Countries, 2021–2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaume Jorba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐line Joffret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonhson Raharinantoanina</w:t>
+                <w:t xml:space="preserve">Elizabeth Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patsy Polston</w:t>
+                <w:t xml:space="preserve">Mark. Deka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelson Andriamamonjy</w:t>
+                <w:t xml:space="preserve">Kelley Bullard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anfumbom Kfutwah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmv.28071⟩</w:t>
+              <w:t xml:space="preserve">MMWR : Morbidity and Mortality Weekly Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (38), pp.1041-1042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15585/mmwr.mm7238a4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04103937v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04255691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poliovirus, the phantom menace</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Strengthened surveillance revealed a rapid disappearance of the poliovirus serotype 2 vaccine strain in Madagascar after its removal from the oral polio vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonhson Raharinantoanina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patsy Polston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Andriamamonjy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 94 (12), pp.5877-5884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmv.28071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/vir.2022.0964⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04103931v1</w:t>
+                <w:t xml:space="preserve">pasteur-04103937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enterovirus detection in different regions of Madagascar reveals a higher abundance of enteroviruses of species C in areas where several outbreaks of vaccine-derived polioviruses occurred</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+                <w:t xml:space="preserve">Poliovirus, the phantom menace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Virologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (4), pp.273-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/vir.2022.0964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12879-022-07826-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04103923v1</w:t>
+                <w:t xml:space="preserve">pasteur-04103931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccine-Derived Polioviruses, Central African Republic, 2019</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enterovirus detection in different regions of Madagascar reveals a higher abundance of enteroviruses of species C in areas where several outbreaks of vaccine-derived polioviruses occurred</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicksy Gumede</w:t>
+                <w:t xml:space="preserve">Soa Fy Andriamandimby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Vignuzzi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maël Bessaud</w:t>
+                <w:t xml:space="preserve">Seta Andriamamonjy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sendraharimanana Rabemanantsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid2702.203173⟩</w:t>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-022-07826-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03122581v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04103923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cold case: non-replicative recombination in positive-strand RNA viruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mac Kain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Delpeyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Vignuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 25 (4), pp.62-73. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/vir.2021.0914⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03656787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le nouveau vaccin antipoliomyélitique oral : un tournant décisif pour le programme d’éradication ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Vaccine-Derived Polioviruses, Central African Republic, 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Wilfried Doté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicksy Gumede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Vignuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Tropicale et Santé Internationale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48327/mtsi.2021.191⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (2), pp.620-623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2702.203173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03498185v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03122581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinforced poliovirus and enterovirus surveillance in Romania</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Le nouveau vaccin antipoliomyélitique oral : un tournant décisif pour le programme d’éradication ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriela Oprisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00705-020-04772-7⟩</w:t>
+              <w:t xml:space="preserve">Médecine Tropicale et Santé Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48327/mtsi.2021.191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02914963v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03498185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enteroviruses-the famous unknowns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Reinforced poliovirus and enterovirus surveillance in Romania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anda Baicus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Oprisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S14733099(19)305663⟩</w:t>
+              <w:t xml:space="preserve">Archives of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00705-020-04772-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02914970v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02914963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éradication des poliovirus : 3 moins 2 égalent 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 24 (3), pp.197-198. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/vir.2020.0844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02914969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a New Internally Controlled One-Step Real-Time RT-PCR for the Molecular Detection of Enterovirus A71 in Africa and Madagascar</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enteroviruses-the famous unknowns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01907⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3), pp.268-269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S14733099(19)305663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02916142v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02914970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic characterization of recently discovered enterovirus D type 111</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+                <w:t xml:space="preserve">Development of a New Internally Controlled One-Step Real-Time RT-PCR for the Molecular Detection of Enterovirus A71 in Africa and Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Njouom</w:t>
+                <w:t xml:space="preserve">Kader Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dolores Fernandez-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007797⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02379711v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02916142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic landscape and macro-evolution of co-circulating Coxsackieviruses A and Vaccine-derived Polioviruses in the Democratic Republic of Congo, 2008-2013</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Genetic and phenotypic characterization of recently discovered enterovirus D type 111</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riziki Yogolelo</w:t>
+                <w:t xml:space="preserve">Arthur Mazitchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Claire Endegue-Zanga</w:t>
+                <w:t xml:space="preserve">Marie-Claire Endegue-Zanga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Njouom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 13 (4), pp.e0007335. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007335⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 13 (10), pp.e0007797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02122218v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02379711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coxsackievirus A24 Variant Associated with Acute Haemorrhagic Conjunctivitis Cases, French Guiana, 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Enfissi</w:t>
+                <w:t xml:space="preserve">Genetic landscape and macro-evolution of co-circulating Coxsackieviruses A and Vaccine-derived Polioviruses in the Democratic Republic of Congo, 2008-2013</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Kavunga-Membo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dominique Rousset</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riziki Yogolelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claire Endegue-Zanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intervirology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000489339⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (4), pp.e0007335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02615914v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02122218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nomenclature et classification des entérovirus : quelle histoire !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël N Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Blondel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mac Kain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Delpeyroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 22 (6), pp.289-303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1684/vir.2018.0756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Characterization of Enterovirus A71 Circulating in Africa</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Volle</w:t>
+                <w:t xml:space="preserve">Coxsackievirus A24 Variant Associated with Acute Haemorrhagic Conjunctivitis Cases, French Guiana, 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Enfissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ionela Gouandjika-Vasilache</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Delaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Intervirology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 60 (6), pp.271-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000489339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3201/eid2404.171783⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01745950v1</w:t>
+                <w:t xml:space="preserve">hal-02615914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole Genome Sequencing of Enteroviruses Species A to D by High-Throughput Sequencing: Application for Viral Mixtures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic Characterization of Enterovirus A71 Circulating in Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dolores Fernandez-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Volle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Heraud</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionela Gouandjika-Vasilache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02339⟩</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (4), pp.754 - 757. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2404.171783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01883334v2</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01745950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole Genome Sequencing of Enterovirus species C Isolates by High-Throughput Sequencing: Development of Generic Primers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Whole Genome Sequencing of Enteroviruses Species A to D by High-Throughput Sequencing: Application for Viral Mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patsy Polston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patsy Polston</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Heraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 7, pp.1294. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2016.01294⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 9, pp.2339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01380651v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01883334v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exchanges of genomic domains between poliovirus and other cocirculating species C enteroviruses reveal a high degree of plasticity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Whole Genome Sequencing of Enterovirus species C Isolates by High-Throughput Sequencing: Development of Generic Primers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge A. Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patsy Polston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep38831⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.1294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2016.01294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01415616v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01380651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Comparison and Evolutionary Analyses of VP1 Nucleotide Sequences of New African Human Enterovirus 71 Isolates Reveal a Wide Genetic Diversity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Exchanges of genomic domains between poliovirus and other cocirculating species C enteroviruses reveal a high degree of plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0090624⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep38831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01078436v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01415616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Golgi Protein ACBD3, an Interactor for Poliovirus Protein 3A, Modulates Poliovirus Replication</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cynthia Brisac</w:t>
+                <w:t xml:space="preserve">Molecular Comparison and Evolutionary Analyses of VP1 Nucleotide Sequences of New African Human Enterovirus 71 Isolates Reveal a Wide Genetic Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Pelletier</w:t>
+                <w:t xml:space="preserve">Antoine Nougairè De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Vidalain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Jégouic</w:t>
+                <w:t xml:space="preserve">Jagadish M. Desphande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jvi.00304-13⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (3), pp.e90624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0090624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433625v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01078436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Frequency and Diversity of Species C Enteroviruses in Cameroon and Neighboring Countries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maël Bessaud</w:t>
+                <w:t xml:space="preserve">The Golgi Protein ACBD3, an Interactor for Poliovirus Protein 3A, Modulates Poliovirus Replication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Téoulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Massenet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+                <w:t xml:space="preserve">Cynthia Brisac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Endegue</w:t>
+                <w:t xml:space="preserve">Isabelle Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Vidalain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jégouic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JCM.02119-12⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (20), pp.11031-11046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.00304-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01835381v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Common and Diverse Features of Cocirculating Type 2 and 3 Recombinant Vaccine-Derived Polioviruses Isolated From Patients With Poliomyelitis and Healthy Children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High Frequency and Diversity of Species C Enteroviruses in Cameroon and Neighboring Countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Alain Sadeuh-Mba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Massenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Coralie Tran</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Endegue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/infdis/jis204⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (3), pp.759 - 770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.02119-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01835389v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01835381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a simple and rapid protocol for the production of customized intertypic recombinant polioviruses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Common and Diverse Features of Cocirculating Type 2 and 3 Recombinant Vaccine-Derived Polioviruses Isolated From Patients With Poliomyelitis and Healthy Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jegouic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Balanant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virological Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 205 (9), pp.1363 - 1373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jis204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jviromet.2012.08.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05433624v1</w:t>
+                <w:t xml:space="preserve">pasteur-01835389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Characterization of Human Enteroviruses in the Central African Republic: Uncovering Wide Diversity and Identification of a New Human Enterovirus A71 Genogroup</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Development of a simple and rapid protocol for the production of customized intertypic recombinant polioviruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 50 (5), pp.1650-1658. </w:t>
+              <w:t xml:space="preserve">Journal of Virological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 186 (1-2), pp.104-108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JCM.06657-11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jviromet.2012.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04901363v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic relationship between cocirculating Human enteroviruses species C.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Molecular Characterization of Human Enteroviruses in the Central African Republic: Uncovering Wide Diversity and Identification of a New Human Enterovirus A71 Genogroup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Pozzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0024823⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 50 (5), pp.1650-1658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.06657-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00835576v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04901363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental Poliovirus Surveillance during Oral Poliovirus Vaccine and Inactivated Poliovirus Vaccine Use in Córdoba Province, Argentina</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Genetic relationship between cocirculating Human enteroviruses species C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laura C Martinez</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia A Barril</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Barbara Holmblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richter Razafindratsimandresy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 75 (5), pp.1395-1401. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (9), pp.e24823. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.02201-08⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0024823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433621v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00835576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polioviruses and species C enteroviruses, viruses of the same species and « tribe »</w:t>
+                <w:t xml:space="preserve">Environmental Poliovirus Surveillance during Oral Poliovirus Vaccine and Inactivated Poliovirus Vaccine Use in Córdoba Province, Argentina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mala Rakoto-Andrianarivelo</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Judith E Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Sue Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura C Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia A Barril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2008245452⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 75 (5), pp.1395-1401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02201-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05433627v1</w:t>
+                <w:t xml:space="preserve">hal-05433621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the genome of human enteroviruses: design of generic primers for amplification and sequencing of different regions of the viral genome.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Polioviruses and species C enteroviruses, viruses of the same species and « tribe »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mala Rakoto-Andrianarivelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jegouic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Delpeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virological Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jviromet.2008.01.027⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 24 (5), pp.452-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2008245452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00318628v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Taqman RT-PCR assay for the detection and quantification of negatively stranded RNA of human enteroviruses: Evidence for false-priming and improvement by tagged RT-PCR.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Characterization of the genome of human enteroviruses: design of generic primers for amplification and sequencing of different regions of the viral genome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Bessaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jegouic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Barge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Balanant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Virological Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 149 (2), pp.277-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jviromet.2008.01.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00318628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a Taqman RT-PCR assay for the detection and quantification of negatively stranded RNA of human enteroviruses: Evidence for false-priming and improvement by tagged RT-PCR.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Bessaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Autret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jegouic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Balanant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Joffret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2008, epub ahead of print. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jviromet.2008.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-00318587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId220"/>
+      <w:footerReference w:type="default" r:id="rId226"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6335,51 +6469,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ABE41249"/>
+    <w:nsid w:val="C255C7B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6566,51 +6700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maelbessaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6758-9591" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05485429v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Ben Salem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Khemiri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Khedhiri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Mekki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Joffret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms14020329" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05466112v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phionah Tushabe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manasi Majumdar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafayat Arowolo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lester Shulman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Ssekagiri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-025-02219-w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043433v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Fatawou Modiyinji" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Alain Sadeuh-Mba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ait Ahmed" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Knowles" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-025-06296-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874546v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Prisca de Marguerite Nombot-Yazenguet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Claire Endengue Zanga" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sadeuh-Mba" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/acmi.0.000886.v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245419v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Tinard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Levert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wurtzer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Bessaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/trstmh/traf090" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05151617v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bisseux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Collet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacoste" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Pierres" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2025.2525266" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067251v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Filhol" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mac Kain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jouvenet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caval" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00429-25" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-04717732v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonhson Raharinantoanina" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Aurore Doll Rakoto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2024.110253" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04711395v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Couder&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley S.M. Benschop" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit Koen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hetty van Eijk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heli Harvala" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001986" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627859v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dot&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Ndombari Beta" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ait-Ahmed" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Banga-Mingo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2024.2368212" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073451v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Delpeyroux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rbm.376.0031" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04475271v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772605v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raffestin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Enfissi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Lichtenstein" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2024.29.45.2400705" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04674711v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chesnais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Bujaki" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veae063" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04661720v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Malado Jallow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pedapa Mendy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Aliou Barry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Moise Diagne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Niang Sagne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3008.240410" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04184124v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2023.1000" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-04315084v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Volle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingjie Luo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richter Razafindratsimandresy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Gouandjika-Valisache" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001911" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04270247v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everlyn Kamau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Martin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Simmonds" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001915" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04255691v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Jorba" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Henderson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark. Deka" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelley Bullard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfumbom Kfutwah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15585/mmwr.mm7238a4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04103937v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;line Joffret" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patsy Polston" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Andriamamonjy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.28071" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04103931v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2022.0964" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04103923v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soa Fy Andriamandimby" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seta Andriamamonjy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sendraharimanana Rabemanantsoa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-022-07826-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03122581v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Wilfried Dot&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicksy Gumede" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vignuzzi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2702.203173" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03656787v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2021.0914" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03498185v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48327/mtsi.2021.191" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02914963v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Baicus" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Oprisan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04772-7" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02914970v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S14733099(19)305663" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02914969v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2020.0844" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02916142v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Ndiaye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Fernandez-Garcia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01907" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02379711v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Mazitchi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Endegue-Zanga" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Njouom" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007797" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02122218v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Kavunga-Membo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riziki Yogolelo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claire Endegue-Zanga" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007335" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615914v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Delaune" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousset" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000489339" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02624076v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l N Bessaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blondel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2018.0756" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01745950v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Gouandjika-Vasilache" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2404.171783" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01883334v2" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Heraud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02339" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380651v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge A. Sadeuh-Mba" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01294" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01415616v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38831" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01078436v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nougair&#232; De" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagadish M. Desphande" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0090624" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433625v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois T&#233;oul&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Brisac" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pelletier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Vidalain" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie J&#233;gouic" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00304-13" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01835381v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Massenet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Endegue" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02119-12" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01835389v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jegouic" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Balanant" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Tran" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jis204" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433624v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2012.08.001" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Q8LF9BQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901363v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ibrahim" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pozzetto" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.06657-11" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00835576v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Holmblat" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0024823" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433621v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith E Mueller" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Sue Huang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura C Martinez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia A Barril" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02201-08" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433627v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mala Rakoto-Andrianarivelo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2008245452" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00318628v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Barge" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2008.01.027" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00318587v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Autret" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2008.07.010" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3K6PJHDF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maelbessaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6758-9591" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05485429v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Ben Salem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Khemiri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Khedhiri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Mekki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Joffret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms14020329" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05571926v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley S.M. Benschop" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zwagemaker" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Andersson-Li" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Andr&#233;s" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Ant&#243;n" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2026.105940" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05466112v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phionah Tushabe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manasi Majumdar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafayat Arowolo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lester Shulman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Ssekagiri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-025-02219-w" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043433v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Fatawou Modiyinji" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Alain Sadeuh-Mba" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ait Ahmed" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Knowles" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-025-06296-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245419v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Tinard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Levert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Wurtzer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Bessaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/trstmh/traf090" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05151617v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Mirand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bisseux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Collet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacoste" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Pierres" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2025.2525266" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874546v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Prisca de Marguerite Nombot-Yazenguet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Claire Endengue Zanga" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sadeuh-Mba" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/acmi.0.000886.v3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067251v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Filhol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mac Kain" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Jouvenet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caval" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00429-25" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-04717732v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonhson Raharinantoanina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Aurore Doll Rakoto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussart" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2024.110253" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04475271v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073451v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Delpeyroux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rbm.376.0031" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627859v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dot&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Ndombari Beta" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ait-Ahmed" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Banga-Mingo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2024.2368212" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04711395v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Couder&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit Koen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hetty van Eijk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heli Harvala" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001986" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772605v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raffestin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Enfissi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Lichtenstein" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2024.29.45.2400705" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04674711v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chesnais" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Bujaki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veae063" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04661720v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Malado Jallow" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pedapa Mendy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Aliou Barry" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Moise Diagne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Niang Sagne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3008.240410" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04184124v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2023.1000" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-04315084v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Volle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingjie Luo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richter Razafindratsimandresy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Gouandjika-Valisache" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001911" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04270247v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Everlyn Kamau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Simmonds" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001915" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04255691v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Jorba" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Henderson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark. Deka" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelley Bullard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anfumbom Kfutwah" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15585/mmwr.mm7238a4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04103937v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;line Joffret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patsy Polston" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Andriamamonjy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.28071" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04103931v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2022.0964" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04103923v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soa Fy Andriamandimby" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seta Andriamamonjy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sendraharimanana Rabemanantsoa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-022-07826-0" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03656787v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Vignuzzi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2021.0914" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03122581v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Wilfried Dot&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicksy Gumede" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2702.203173" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03498185v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48327/mtsi.2021.191" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02914963v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda Baicus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Oprisan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04772-7" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02914969v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2020.0844" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02914970v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S14733099(19)305663" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02916142v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Ndiaye" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Fernandez-Garcia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01907" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02379711v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Mazitchi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Endegue-Zanga" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Njouom" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007797" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02122218v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Kavunga-Membo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riziki Yogolelo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claire Endegue-Zanga" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007335" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02624076v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l N Bessaud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Blondel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2018.0756" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615914v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Delaune" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rousset" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000489339" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01745950v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionela Gouandjika-Vasilache" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2404.171783" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01883334v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Heraud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02339" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01380651v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge A. Sadeuh-Mba" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.01294" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01415616v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep38831" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01078436v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nougair&#232; De" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jagadish M. Desphande" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0090624" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433625v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois T&#233;oul&#233;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Brisac" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pelletier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Vidalain" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie J&#233;gouic" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00304-13" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01835381v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Massenet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Endegue" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02119-12" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01835389v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jegouic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Balanant" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Tran" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jis204" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433624v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2012.08.001" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Q8LF9BQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901363v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pillet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ibrahim" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pozzetto" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.06657-11" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00835576v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Holmblat" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0024823" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433621v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith E Mueller" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Sue Huang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura C Martinez" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia A Barril" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02201-08" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433627v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mala Rakoto-Andrianarivelo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2008245452" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00318628v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Barge" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2008.01.027" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00318587v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Autret" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2008.07.010" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3K6PJHDF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>