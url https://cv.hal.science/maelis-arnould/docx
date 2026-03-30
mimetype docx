--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -147,2162 +147,1641 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spreading ridge migration enabled by plume-ridge de-anchoring</w:t>
+                <w:t xml:space="preserve">Grain size evolution in mantle convection models promotes continuous rather than episodic tectonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ben Mather</w:t>
+                <w:t xml:space="preserve">Antonio Manjón-Cabeza Córdoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Seton</w:t>
+                <w:t xml:space="preserve">Tobias Rolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Williams</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maëlis Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-53397-w⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 370, pp.107488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2025.107488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880517v1</w:t>
+                <w:t xml:space="preserve">hal-05547306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Composite Rheology on Plate‐Like Behavior in Global‐Scale Mantle Convection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large volcanic eruptions are mostly sourced above mobile basal mantle structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalise Cucchiaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlis Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlis Arnould</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antonio Manjón‐cabeza Córdoba</w:t>
+                <w:t xml:space="preserve">Noel Cressie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023GL104146⟩</w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (1), pp.538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43247-025-02482-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04187836v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hundred million years of landscape dynamics from catchment to global scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spreading ridge migration enabled by plume-ridge de-anchoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Mather</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Seton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Salles</w:t>
+                <w:t xml:space="preserve">Simon Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Husson</w:t>
+                <w:t xml:space="preserve">Joanne Whittaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Rey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sabin Zahirovic</w:t>
+                <w:t xml:space="preserve">Rebecca Carey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.add2541⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.8934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-53397-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880511v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embracing Uncertainty to Resolve Polar Wander: A Case Study of Cenozoic North America</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of Composite Rheology on Plate‐Like Behavior in Global‐Scale Mantle Convection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlis Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Rolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Manjón‐cabeza Córdoba</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 50 (11), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023GL103436⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 50 (16), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023GL104146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04155698v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Bacterial Meningitis and Infective Endocarditis: When Should We Search for the Other When Either One is Diagnosed?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Chirouze</w:t>
+                <w:t xml:space="preserve">Hundred million years of landscape dynamics from catchment to global scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabin Zahirovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infectious Diseases and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40121-022-00651-7⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 379 (6635), pp.918-923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.add2541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680022v2</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term evolution of a plume-induced subduction in the Neotethys realm</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Embracing Uncertainty to Resolve Polar Wander: A Case Study of Cenozoic North America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L C Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Domeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sapienza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Swanson‐hysell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.116798⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023GL103436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03155685v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04155698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plate tectonics and mantle controls on plume dynamics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Long-term evolution of a plume-induced subduction in the Neotethys realm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlis Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coltice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claire Mallard</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Soret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2020.116439⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 561, pp.116798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.116798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880521v2</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03155685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drawing everyday sexism in academia: observations and analysis of a community-based initiative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Ulvrova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlis Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coltice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/adgeo-53-15-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03216017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What drives tectonic plates?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Plate tectonics and mantle controls on plume dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlis Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coltice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Maëlis Arnould</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mallard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aax4295⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2020.116439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999075v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880521v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Northward drift of the Azores plume in the Earth’s mantle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">What drives tectonic plates?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coltice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Faccenna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlis Arnould</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xiaojun Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-019-11127-7⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aax4295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03228578v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02999075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Scales of Dynamic Topography in Whole-Mantle Convection Models</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Northward drift of the Azores plume in the Earth’s mantle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlis Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ganne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Coltice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R. D. Mueller</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018GC007516⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.3235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-019-11127-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02326525v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lower Cambrian Saint Petersburg blue clays and their fissuration. Implication for underground stages</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">I.P. Ivanov</w:t>
+                <w:t xml:space="preserve">On the Scales of Dynamic Topography in Whole-Mantle Convection Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelis Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Coltice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Seigneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. D. Mueller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1631-0713(02)01865-5⟩</w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (9), pp.3140--3163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018GC007516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...509 lines deleted...]
-                <w:t xml:space="preserve">jpa-00229389v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the role of mantle composite rheology on the generation of plate-like tectonics in whole-mantle convection models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlis Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Rolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Manjon-Cabeza Cordoba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03587994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2312,686 +1791,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some surface expressions of mantle convective instabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlis Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Earth Sciences. Université de Lyon; University of Sydney, 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018LYSEN036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01974445v1</w:t>
-              </w:r>
-[...570 lines deleted...]
-                <w:t xml:space="preserve">cel-00647453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId109"/>
+      <w:footerReference w:type="default" r:id="rId72"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3059,51 +1966,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E5BD5B32"/>
+    <w:nsid w:val="66FE5B2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3290,51 +2197,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maelis-arnould" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9442-2495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/233030344" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880517v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Mather" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Seton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Williams" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Whittaker" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Carey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53397-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187836v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lis Arnould" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Rolf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manj&#243;n&#8208;cabeza C&#243;rdoba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104146" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880511v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salles" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mallard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabin Zahirovic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.add2541" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155698v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L C Gallo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Domeier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sapienza" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Swanson&#8208;hysell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vaes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103436" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680022v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume B&#233;raud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Tubiana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Erpelding" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le-Moing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chirouze" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40121-022-00651-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03155685v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rodriguez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Soret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116798" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880521v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flament" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116439" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216017v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bocher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ulvrova" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/adgeo-53-15-2020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999075v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Faccenna" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aax4295" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228578v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ganne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Feng" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11127-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelis Arnould" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Flament" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Seigneur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. D. Mueller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC007516" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arnould" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Boisson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.P. Ivanov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0713(02)01865-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00002757v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Angulo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rayet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Descouvemont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baye" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463605v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Meynet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Prantzos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paulus" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009590v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Oliveira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aguer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bogaert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00229389v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baeten" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Darquennes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Delbar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dom" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyscol:1989188" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/84E808405411332BEFB79DEC4E959A17D0A428C0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587994v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manjon-Cabeza Cordoba" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01974445v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSEN036" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00730228v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stasi&#324;ska" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sim&#243;n-D&#237;az" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiappini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01128135v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/1254002" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CF9FA4A6E96B093E5851E7FF9D11721C6BBE0ADF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00653818v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Samyn" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00649634v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/cel-00647453v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maelis-arnould" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9442-2495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/233030344" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547306v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manj&#243;n-Cabeza C&#243;rdoba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Rolf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lis Arnould" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2025.107488" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547322v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalise Cucchiaro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Flament" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Cressie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-025-02482-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880517v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Mather" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Seton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Williams" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Whittaker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Carey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53397-w" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187836v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manj&#243;n&#8208;cabeza C&#243;rdoba" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104146" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880511v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salles" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Rey" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mallard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabin Zahirovic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.add2541" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155698v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L C Gallo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Domeier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sapienza" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Swanson&#8208;hysell" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vaes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL103436" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03155685v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rodriguez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Coltice" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Soret" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116798" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216017v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bocher" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ulvrova" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/adgeo-53-15-2020" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880521v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116439" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999075v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Faccenna" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aax4295" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228578v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ganne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Feng" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-11127-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02326525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelis Arnould" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Flament" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Seigneur" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. D. Mueller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GC007516" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Manjon-Cabeza Cordoba" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01974445v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSEN036" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>