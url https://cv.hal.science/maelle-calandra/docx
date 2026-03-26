--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -948,307 +948,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term coastline monitoring on a coral reef island (Moorea, French Polynesia)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rakamaly Madi Moussa</w:t>
+                <w:t xml:space="preserve">Effects of Asparagopsis taxiformis metabolites on the feeding behaviour of post‐larval Acanthurus triostegus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lily Fogg</w:t>
+                <w:t xml:space="preserve">Frédéric Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Bertucci</w:t>
+                <w:t xml:space="preserve">Ana Sofia Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Calandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Collin</w:t>
+                <w:t xml:space="preserve">Tristan Berr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 180, pp.104928. </w:t>
+              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 95 (5), pp.1355-1358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2019.104928⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jfb.14140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02270142v1</w:t>
+                <w:t xml:space="preserve">hal-02303702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Asparagopsis taxiformis metabolites on the feeding behaviour of post‐larval Acanthurus triostegus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Gache</w:t>
+                <w:t xml:space="preserve">Long-term coastline monitoring on a coral reef island (Moorea, French Polynesia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rakamaly Madi Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lily Fogg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Calandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Sofia Guerra</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tristan Berr</w:t>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fish Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ocean and Coastal Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 180, pp.104928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocecoaman.2019.104928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jfb.14140⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02303702v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02270142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disasta: Rethinking the Notion of Disaster in the Wake of Cyclone Pam</w:t>
               </w:r>
@@ -2840,51 +2840,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Calandra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003866v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Durand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.6876" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588982v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059608v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.14240" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512533v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Wenc&#233;lius" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakamaly Madi Moussa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berthe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11111-021-00391-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448851v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/disa.12522" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11048" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863925v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11616" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498352v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Christopher Ballard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan A Mcdonnell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2020.1729698" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02270142v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Fogg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertucci" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104928" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8MK0TP1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303702v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sofia Guerra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Berr" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.14140" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263883v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2019.1647826" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832539v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3405" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00957216v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.6822" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059451v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059470v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478907v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inalco.fr/publication/vanuatu-etats" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324871v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062436v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436836v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511711v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00903342v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03780422v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824566v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04342966v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Nermont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663448v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipson Bani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy Haruel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449116v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Calandra" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003866v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Durand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.6876" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588982v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059608v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.14240" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512533v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Wenc&#233;lius" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakamaly Madi Moussa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berthe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11111-021-00391-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448851v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/disa.12522" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472142v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11048" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863925v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jso.11616" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498352v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Christopher Ballard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobhan A Mcdonnell" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2020.1729698" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303702v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertucci" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sofia Guerra" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Berr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfb.14140" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02270142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Fogg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104928" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8MK0TP1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263883v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00664677.2019.1647826" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832539v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3405" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00957216v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.6822" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059451v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059470v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478907v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inalco.fr/publication/vanuatu-etats" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324871v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062436v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Croizet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436836v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01511711v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00903342v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03780422v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824566v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-04342966v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Nermont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kexin Zhang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663448v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipson Bani" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Tari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy Haruel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>