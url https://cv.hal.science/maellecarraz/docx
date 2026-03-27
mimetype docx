--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -97,2624 +97,2624 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cantharella: Pharmacochemical database of natural products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Cheype</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Diguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Poussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:9f92e6d05f166af5f85d894a855959ea15adf037;origin=https://hal.archives-ouvertes.fr/hal-01887126;visit=swh:1:snp:8b76375800ed21f2a235d58470eeb9789deaf856;anchor=swh:1:rel:df5c9bfca7186c05e79a4fc063fe6b52d88c3167;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01887126v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative analysis of the regulations for the marketing and quality control of herbal products used for health purposes in France, Peru and West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inés Yolanda Castro-Dionicio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Dumondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifou Lagnika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rokia Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tropical Medicine and International Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tmi.70061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum to “Triterpenoid saponins from Calliandra calothyrsus Meisn. and their antiproliferative activity against two digestive carcinoma human cell lines” [Fitoterapia volume 146 (2020) p1-9/article 104669]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Marcellin Messi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Placide Noté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Ngo Mbing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lavedan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vedrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fitoterapia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 175, pp.105934. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fitote.2024.105934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liver cancer antiproliferative activity of a new nor-cucurbitacin from Mareya micrantha Müll. Arg.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Barthélemy Koffi-Attioua</w:t>
+                <w:t xml:space="preserve">Polyphenol content, antioxidant and antiproliferative effects of a plant mixture composed of four medicinal plants with hepatoprotective potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rainatou Boly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdourahim Kindo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tata Kadiatou Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendkouni Leila M. Esther Belem-Kabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lassina Barro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fitoterapia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fitote.2023.105471⟩</w:t>
+              <w:t xml:space="preserve">African Journal of Pharmacy and Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (9), pp.182-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5897/ajpp2023.5369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056446v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyphenol content, antioxidant and antiproliferative effects of a plant mixture composed of four medicinal plants with hepatoprotective potential</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lassina Barro</w:t>
+                <w:t xml:space="preserve">Liver cancer antiproliferative activity of a new nor-cucurbitacin from Mareya micrantha Müll. Arg.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gnaoré Yoh Toussaint-Douhoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaya Soro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noufou Ouédraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Vaca-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthélemy Koffi-Attioua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Journal of Pharmacy and Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5897/ajpp2023.5369⟩</w:t>
+              <w:t xml:space="preserve">Fitoterapia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 166, pp.105471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fitote.2023.105471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738389v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potent antiplasmodial derivatives of dextromethorphan reveal the ent-morphinan pharmacophore of tazopsine-type alkaloids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoinette Keita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Franetich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïse Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mallaury Bordessoules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (2), pp.372. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pharmaceutics14020372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03594207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triterpenoid saponins from Calliandra calothyrsus Meisn. and their antiproliferative activity against two digestive carcinoma human cell lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Marcellin Messi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Placide Noté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Ngo Mbing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lavedan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vedrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fitoterapia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 146, pp.104669 -. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fitote.2020.104669⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Countrywide Survey of Plants Used for Liver Disease Management by Traditional Healers in Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tibiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tata Kadiatou Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noufou Ouédraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Nikièma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.563751. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fphar.2020.563751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XANTHONES FROM Hypericum laricifolium Juss., AND THEIR ANTIPROLIFERATIVE ACTIVITY AGAINST HEP3B CELLS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moisela Marlon Miguel Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brel Orianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bourdy Geneviève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cruza Mercedes Gonzales de La</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dionicio Inés Yolanda Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev Soc Quím Perú. </w:t>
+              <w:t xml:space="preserve">Revista de la Sociedad Química del Perú</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenolic Compounds Isolated from Caesalpinia coriaria Induce S and G2/M Phase Cell Cycle Arrest Differentially and Trigger Cell Death by Interfering with Microtubule Dynamics in Cancer Cell Lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Nayelli Sánchez-Carranza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Marquina-Bahena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Salas-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verónica Cuevas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 22 (4), pp.666. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/molecules22040666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03152330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MSK1 triggers the expression of the INK4AB/ARF locus in oncogene-induced senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Culerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Mann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malek Djabali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology of the Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 27 (17), pp.2726 - 2734. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1091/mbc.E15-11-0772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01412354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antiproliferative activity and phenotypic modification induced by selected Peruvian medicinal plants on human hepatocellular carcinoma Hep3B cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Synthesis, Structures, and Biological Studies of Heterobimetallic Au(I)–Ru(II) Complexes Involving N-Heterocyclic Carbene-Based Multidentate Ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Boselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean Edouard Gairin</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Mazères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Paloque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germán González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ethnopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jep.2015.02.028⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34 (6), pp.1046-1055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om501158m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04738492v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Structures, and Biological Studies of Heterobimetallic Au(I)–Ru(II) Complexes Involving N-Heterocyclic Carbene-Based Multidentate Ligands</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Antiproliferative activity and phenotypic modification induced by selected Peruvian medicinal plants on human hepatocellular carcinoma Hep3B cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Germán González</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jullian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Wright</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Edouard Gairin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om501158m⟩</w:t>
+              <w:t xml:space="preserve">Journal of Ethnopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 166, pp.185-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jep.2015.02.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738497v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, structures, and biological studies of heterobimetallic Au(I)-Ru(II) complexes involving N-heterocyclic carbene-based multidentate ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Boselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mazeres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Paloque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">German Gonzalez-Aspajo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 34 (6), pp.1046-1055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/om501158m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01925137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, structures, and selective toxicity to cancer cells of gold(I) complexes involving N-heterocyclic carbene ligands</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Synthesis and cytotoxic activity of a novel dihydroisoquinoline-derived hydroxamic acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Ben Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majed Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2014.07.086⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advances in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (4), pp.2648-2653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24297/jac.v10i4.5503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02007936v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and cytotoxic activity of a novel dihydroisoquinoline-derived hydroxamic acid</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Synthesis, structures, and selective toxicity to cancer cells of gold(I) complexes involving N-heterocyclic carbene ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Boselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hemmert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cuvillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advances in Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24297/jac.v10i4.5503⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 85, pp.87-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2014.07.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741099v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro growth inhibitory effects of 13,28-epoxyoleanane triterpene saponins in cancer cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Lelamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Moreno Y Banuls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Vasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytochemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 6 (1), pp.128-134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.phytol.2012.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A plant-derived morphinan as a novel lead compound active against malaria liver stages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akino Jossang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Franetich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Siau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Ciceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 3 (12), pp.e513. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pmed.0030513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00148373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and synthesis of novel imidazo[1,2- a ]quinoxalines as PDE4 inhibitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Deleuze-Masquéfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégori Gerebtzoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Subra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Roch Fabreguettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel Ovens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 12 (5), pp.1129-1139. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bmc.2003.11.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...10 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04741189v1</w:t>
-              </w:r>
-[...157 lines deleted...]
-                <w:t xml:space="preserve">hal-01887126v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2889,51 +2889,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tazopsine et dérivés actifs contre le stade hépatique de Plasmodium.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2983,103 +2983,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkaloids for treatment of paludism.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Carraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akino Jossang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Rasoanaivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Franetich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : N° PCT/EP 2005/005239. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -3270,51 +3270,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360707v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Yolanda Castro-Dionicio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dumondin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifou Lagnika" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Sanogo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tmi.70061" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04726040v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Marcellin Messi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Placide Not&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Ngo Mbing" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavedan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vedrenne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2024.105934" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056446v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gnaor&#233; Yoh Toussaint-Douhor&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Soro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noufou Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vaca-Garcia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;lemy Koffi-Attioua" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2023.105471" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738389v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainatou Boly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahim Kindo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tata Kadiatou Traore" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendkouni Leila M. Esther Belem-Kabre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassina Barro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/ajpp2023.5369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594207v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Keita" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Franetich" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Carraz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;se Valentin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallaury Bordessoules" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14020372" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490857v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2020.104669" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03549227v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tibiri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boria" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tata Kadiatou Traor&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Niki&#232;ma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2020.563751" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738484v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moisela Marlon Miguel Morales" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brel Orianne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdy Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cruza Mercedes Gonzales de La" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionicio In&#233;s Yolanda Castro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03152330v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Nayelli S&#225;nchez-Carranza" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alvarez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marquina-Bahena" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Salas-Vidal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Cuevas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules22040666" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412354v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Culerrier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Mann" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Djabali" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E15-11-0772" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738492v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lavergne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jullian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wright" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Edouard Gairin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jep.2015.02.028" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8G9D9G24-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738497v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Boselli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Maz&#232;res" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Paloque" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om501158m" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925137v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazeres" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Gonzalez-Aspajo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007936v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ader" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hemmert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2014.07.086" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JLVNJCL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741099v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Ben Salah" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Kammoun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24297/jac.v10i4.5503" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741121v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddad" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Lelamer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Moreno Y Banuls" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Vasquez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2012.11.011" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0V7VFLQN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148373v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akino Jossang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Siau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Ciceron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.0030513" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741189v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Deleuze-Masqu&#233;fa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gori Gerebtzoff" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Subra" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Fabreguettes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Ovens" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2003.11.034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G271DF5J-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887126v3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petek" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tricot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Diguer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poussin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9f92e6d05f166af5f85d894a855959ea15adf037;origin=https://hal.archives-ouvertes.fr/hal-01887126;visit=swh:1:snp:8b76375800ed21f2a235d58470eeb9789deaf856;anchor=swh:1:rel:df5c9bfca7186c05e79a4fc063fe6b52d88c3167;path=/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738449v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tibiri" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boria" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tk Traor&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Niki&#232;ma" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741130v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741166v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rasoanaivo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887126v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cheype" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Tricot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Diguer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Poussin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9f92e6d05f166af5f85d894a855959ea15adf037;origin=https://hal.archives-ouvertes.fr/hal-01887126;visit=swh:1:snp:8b76375800ed21f2a235d58470eeb9789deaf856;anchor=swh:1:rel:df5c9bfca7186c05e79a4fc063fe6b52d88c3167;path=/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360707v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#233;s Yolanda Castro-Dionicio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dumondin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifou Lagnika" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fabre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Sanogo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tmi.70061" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04726040v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Marcellin Messi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Placide Not&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Ngo Mbing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavedan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vedrenne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2024.105934" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738389v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainatou Boly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahim Kindo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tata Kadiatou Traore" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendkouni Leila M. Esther Belem-Kabre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassina Barro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5897/ajpp2023.5369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056446v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gnaor&#233; Yoh Toussaint-Douhor&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Soro" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noufou Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vaca-Garcia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;lemy Koffi-Attioua" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2023.105471" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594207v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Keita" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Franetich" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Carraz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;se Valentin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallaury Bordessoules" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics14020372" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490857v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fitote.2020.104669" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03549227v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tibiri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boria" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tata Kadiatou Traor&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Niki&#232;ma" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2020.563751" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738484v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moisela Marlon Miguel Morales" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brel Orianne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourdy Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cruza Mercedes Gonzales de La" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionicio In&#233;s Yolanda Castro" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03152330v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Nayelli S&#225;nchez-Carranza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alvarez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marquina-Bahena" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Salas-Vidal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Cuevas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules22040666" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412354v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Culerrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Mann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Djabali" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1091/mbc.E15-11-0772" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738497v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Boselli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Maz&#232;res" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Paloque" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om501158m" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738492v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lavergne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jullian" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Wright" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Edouard Gairin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jep.2015.02.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8G9D9G24-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925137v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazeres" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Gonzalez-Aspajo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741099v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Ben Salah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majed Kammoun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24297/jac.v10i4.5503" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007936v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ader" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hemmert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2014.07.086" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0JLVNJCL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741121v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddad" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Lelamer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Moreno Y Banuls" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Vasquez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytol.2012.11.011" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0V7VFLQN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148373v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akino Jossang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Siau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Ciceron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.0030513" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741189v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Deleuze-Masqu&#233;fa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gori Gerebtzoff" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Subra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Fabreguettes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Ovens" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2003.11.034" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G271DF5J-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738449v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tibiri" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boria" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tk Traor&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Niki&#232;ma" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741130v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741166v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rasoanaivo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>