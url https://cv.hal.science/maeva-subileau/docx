--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -126,2614 +126,2809 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microalgues pour l’alimentation humaine : comment mieux les produire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Subileau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédé pour la production de dérivés lipidiques à partir de microalgues cultivées sur effluents de fermentation sombre.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Subileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert van Lis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Trably</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Steyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.DI-RV-22-0071 _ RS-SUBILEAU</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04772133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-Catalyst Enabled Biotransformation of Polyunsaturated Fatty Acids for Biobased Monomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitlin Hudecek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aanchal Jaisingh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Halloran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron Bruckbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic Process Research and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 29 (9), pp.2265-2274. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.oprd.5c00187⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05536016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations in Chlorella lipid content in commercial and in-lab produced biomass ☆</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Wind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Valence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 31, pp.9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2024005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04554902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of overflow vs. limitation of propionic acid on poly(3-hydroxybutyrate-co-3-hydroxyvalerate) biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Perdrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Doineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Leroyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Angellier-Coussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Process Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 128, pp.147-157. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procbio.2023.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04002228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring chemoenzymatic oxidation via in situ peracids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca N Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna C. Proessdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J. La Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael D. Burkart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 17 (43), pp.9418-9424. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9OB01814J⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02373213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial communities in natural rubber coagula during maturation: impacts on technological properties of dry natural rubber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Salomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Vallaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bonfils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 124 (2), pp.444-456. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.13661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01837504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and Reshaping of a Large and Hydrophobic Nucleophile Pocket in Lipases/Acyltransferases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hélène Jan-Deniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (17), pp.1839-1844. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cbic.201800279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What makes a lipase a valuable acyltransferase in water abundant medium?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hélène Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jullien Drone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Rutyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (12), pp.2566-2578. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6cy01805j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02620298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A glimpse into the specialization history of the lipases/acyltransferases family of CpLIP2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Revealing the Roles of Subdomains in the Catalytic Behavior of Lipases/Acyltransferases Homologous to CpLIP2 through Rational Design of Chimeric Enzymes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hélène Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Proteins and Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2017.06.004⟩</w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (10), pp.941 - 950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cbic.201600672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605542v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing the Roles of Subdomains in the Catalytic Behavior of Lipases/Acyltransferases Homologous to CpLIP2 through Rational Design of Chimeric Enzymes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">A glimpse into the specialization history of the lipases/acyltransferases family of CpLIP2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hélène Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jullien Drone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cbic.201600672⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Proteins and Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1865 (9), pp.1105-1113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2017.06.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607598v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques éléments marquants de la 107ème réunion annuelle de l’AOCS (Salt Lake City, 1–4 mai 2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Bogaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Deyrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwann Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Fine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 23 (6), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2016047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidation of a key position for acyltransfer activity in[i] Candida parapsilosis[/i] lipase/acyltransferase (CpLIP2) and in [i]pseudozyma Antarctica[/i] lipase a (CAL-a) by rational design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">A Catalytically Competent Terpene Synthase Inferred Using Ancestral Sequence Reconstruction Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Guzzetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Grousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Proteins and Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2015.11.006⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (8), pp.5345 - 5349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01269389v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01506512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Catalytically Competent Terpene Synthase Inferred Using Ancestral Sequence Reconstruction Strategy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Elucidation of a key position for acyltransfer activity in[i] Candida parapsilosis[/i] lipase/acyltransferase (CpLIP2) and in [i]pseudozyma Antarctica[/i] lipase a (CAL-a) by rational design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hélène Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Deyrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.6b01332⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Proteins and Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1864 (2), pp.187-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2015.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01506512v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01269389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The antifungal plant defensin AhPDF1.1b is a beneficial factor involved in adaptive response to zinc overload when it is expressed in yeast cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Colin W Macdiarmid</w:t>
+                <w:t xml:space="preserve">The 3D model of the lipase/acyltransferase from [i]Candida parapsilosis[/i], a tool for the elucidation of structural determinants in CAL-A lipase superfamily</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Subileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hélène Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Nozac'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Pérez-Gordo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mbo3.248⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Proteins and Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1854 (10), pp.1400-1411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2015.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01175637v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01269354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 3D model of the lipase/acyltransferase from [i]Candida parapsilosis[/i], a tool for the elucidation of structural determinants in CAL-A lipase superfamily</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Perrier</w:t>
+                <w:t xml:space="preserve">The antifungal plant defensin AhPDF1.1b is a beneficial factor involved in adaptive response to zinc overload when it is expressed in yeast cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Mith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Benhamdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin W Macdiarmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Proteins and Proteomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (3), pp.409-422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mbo3.248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2015.06.012⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01269354v1</w:t>
+                <w:t xml:space="preserve">hal-01175637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homologous yeast lipases/acyltransferases exhibit remarkable cold-active properties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pisey M Neang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 98 (21), 10 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00253-014-5776-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-cell-density cultivation of recombinant Escherichia coli, purification and characterization of a self-sufficient biosyntheticoctane ω-hydroxylase</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Micro-organisms in latex and natural rubber coagula of Hevea brasiliensis and their impact on rubber composition, structure and properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Salomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Dubreucq</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Intapun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sainte Beuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00253-014-5671-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 117 (4), pp.921-929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.12556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01094778v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-organisms in latex and natural rubber coagula of Hevea brasiliensis and their impact on rubber composition, structure and properties</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">High-cell-density cultivation of recombinant Escherichia coli, purification and characterization of a self-sufficient biosyntheticoctane ω-hydroxylase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane De Girval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Rullaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Sainte Beuve</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jam.12556⟩</w:t>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 98 (14), pp.6275-6283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-014-5671-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268568v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peculiar features of four enzymes of the CaLA superfamily in aqueous media: Differences in substrate specificities and abilities to catalyze alcoholysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pisey Neang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Catalysis B: Enzymatic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 94, pp.36-46. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molcatb.2013.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights on 3-mercaptohexanol (3MH) biogenesis in sauvignon blanc wines: Cys-3MH and (E)-Hexen-2-al are not the major precursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Degryse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 56 (19), pp.9230-9235. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jf801626f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen catabolite repression modulates the production of aromatic thiols characteristic of Sauvignon Blanc at the level of precursor transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Degryse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Yeast Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 8 (5), pp.771-780. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1567-1364.2008.00400.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02664842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2743,1185 +2938,1185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental biorefinery approach for the production of fatty acid esters and co-products from microalgae cultivated on waste fermentation effluents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert van Lis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées annuelles PEPR B-BEST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05312206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid content in Chlorella biomass: variability related to biomass origin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Release of free fatty acids in Chlorella biomass during post-harvesting steps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiana Reynald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lautié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. GERLI Lipidomics meeting: Lipids : From sea to fork</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Brest, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770320v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Release of free fatty acids in Chlorella biomass during post-harvesting steps</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Lipid content in Chlorella biomass: variability related to biomass origin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Wind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lautie-Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. GERLI Lipidomics meeting: Lipids : From sea to fork</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Brest, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770311v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial adsorption and lipolysis behavior of gPLRP2 onto natural lipid membrane extracts from microalgae Chlorella vulgaris, walnuts, and almonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Kergomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Chonchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Paboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Chevreul – 80 YEARS OF SFEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations in Chlorella spp. lipid content in commercial and in-lab produced biomasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Wind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Chevreul – 80 YEARS OF SFEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04173416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fermentation of Chlorella vulgaris, a microalga used in human food, by 89 strains of lactic bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piot Carmine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23. Colloque du Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03695703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring chemoenzymatic oxidation via in situ peracids</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Modification of lipid profiles in wet biomass of Chlamydomonas reinhardtii CC1690 during concentration and storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karla Meneses Montero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jullien Drone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael D Burkart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS NATIONAL MEETING: FALL 2019 SAN DIEGO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, San Diego, United States. ACS NATIONAL MEETING: FALL 2019 SAN DIEGO, https://scimeetings.acs.org/search?query=&amp;eventName=ACS+Fall+2019&amp;sort=Recently+Added&amp;start=1</w:t>
+              <w:t xml:space="preserve">9th European Symposium on Plant Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771150v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of lipid profiles in wet biomass of Chlamydomonas reinhardtii CC1690 during concentration and storage</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Tailoring chemoenzymatic oxidation via in situ peracids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca N Re</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna C Proessdorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James J La Clair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael D Burkart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Symposium on Plant Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">ACS NATIONAL MEETING: FALL 2019 SAN DIEGO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, San Diego, United States. ACS NATIONAL MEETING: FALL 2019 SAN DIEGO, https://scimeetings.acs.org/search?query=&amp;eventName=ACS+Fall+2019&amp;sort=Recently+Added&amp;start=1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771252v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of milk polar lipids powder composition and functionalities using lipases and phospholipases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Symposium on Spray Dried Dairy Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Saint Malo, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precursor uptake by yeast modulates the production of aromatic thiols during alcoholic fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Degryse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. International Specialized Symposium on Yeasts ISSY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Sorrento, Italy. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3931,147 +4126,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method of producing a fatty ester from microalgae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert van Lis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Grousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Rasamison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 24306127.2. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4081,685 +4276,685 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composés lipidiques de microalgues : Potentiels bénéfices nutritionnels et enjeux pour la filière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Congrès BIOTRACE : Plongée au coeur des biotechnologies bleues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association BIOTRACE, Jan 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de co-culture de microalgues et bactéries sur effluents de fermentation sombre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert van Lis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Recherche-Industrie : bioénergies et bioproduits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Carnot 3BCAR, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galactolipids from microalgae as a new source of omega 3 and naturally structured surfactants for human nutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Kergomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vigor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International scientific workshop on oxidized lipids and fatty acids from marine sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IBMM, Pôle Chimie Barlard Recherche, Jan 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04806187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzymatic synthesis of peracids with lipase/acyltransferase for tailored in situ epoxidation in mild conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca N Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Proessdorf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J La Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael D Burkart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Workshop on Fats and Oils as Renewable Feedstock for the Chemical Industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Abiosus e.V. in cooperation with the Agency of Renewable Resources (FNR), Mar 2019, Karlsruhe (Allemagne), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipases/acyltransferases: functional singularities and potential for transesterification and epoxidation applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hélène Jan-Deniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca N Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James J La Clair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Euro Fed Lipid Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EuroFedLipids, Oct 2019, Sevilla, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levure et libération des thiols volatils du Sauvignon blanc : nouvelles données pour un bon choix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Degryse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENOFORUM 2008: Innovation et performance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4769,344 +4964,211 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport Projet SATT Oenobrazym</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes Garcia Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Breysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut Agro Montpellier. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772180v1</w:t>
-              </w:r>
-[...131 lines deleted...]
-                <w:t xml:space="preserve">hal-04772133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioconversion des lipides en milieux aqueux : Découverte, ingénierie et utilisation des lipases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Montpellier université, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04771267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5116,147 +5178,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipases/Acyltransferases for Lipid Modification in Aqueous Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maeva Subileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hélène Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lipid Modification by Enzymes and Engineered Microbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academic Press, 2018, 9780128131671. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-12-813167-1.00003-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId155"/>
+      <w:footerReference w:type="default" r:id="rId156"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5324,51 +5386,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F197C6FB"/>
+    <w:nsid w:val="A424DD51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5555,51 +5617,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maeva-subileau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4100-7869" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536016v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Hudecek" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aanchal Jaisingh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Halloran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Bruckbauer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.oprd.5c00187" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04554902v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barouh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Wind" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2024005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002228v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perdrier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Doineau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Leroyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Subileau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Angellier-Coussy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2023.02.006" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373213v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca N Re" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna C. Proessdorf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. La Clair" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Burkart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB01814J" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837504v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Salomez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vallaeys" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Santoni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonfils" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13661" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918036v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;l&#232;ne Jan-Deniau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201800279" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620298v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;l&#232;ne Jan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullien Drone" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Rutyna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Perrier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cy01805j" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605542v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2017.06.004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607598v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201600672" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605500v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Bogaert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Deyrieux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Durand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2016047" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269389v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2015.11.006" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506512v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Guzzetti" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Lebrun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Grousseau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01332" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175637v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Mith" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Benhamdi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Castillo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Berge" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin W Macdiarmid" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.248" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269354v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nozac'H" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina P&#233;rez-Gordo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2015.06.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XNFT0GWN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189940v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pisey M Neang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5776-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094778v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bordeaux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane De Girval" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rullaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5671-1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268568v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Intapun" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sainte Beuve" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12556" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506519v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pisey Neang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcatb.2013.05.002" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8JP4T0P4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659902v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schneider" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Degryse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf801626f" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-3KGS9KSG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664842v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2008.00400.x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312206v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van Lis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770320v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lautie-Dias" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770311v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiana Reynald" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lauti&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953913v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Kergomard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Carri&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Chonchon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Paboeuf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173416v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695703v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piot Carmine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771150v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna C Proessdorf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J La Clair" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Burkart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771252v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Meneses Montero" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209390v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817723v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Degryse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772098v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rasamison" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771207v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771229v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806187v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villeneuve" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770985v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Proessdorf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael D Burkart" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770332v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Perrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817764v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772180v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Garcia Sanchez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Breysse" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772133v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trably" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Steyer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04771267v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918043v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-813167-1.00003-7" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maeva-subileau" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4100-7869" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972681v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Subileau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772133v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert van Lis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Trably" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Steyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05536016v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Hudecek" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aanchal Jaisingh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Halloran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Bruckbauer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.oprd.5c00187" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04554902v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barouh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Wind" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2024005" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002228v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Perdrier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Doineau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Leroyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Angellier-Coussy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2023.02.006" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373213v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca N Re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna C. Proessdorf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. La Clair" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Burkart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB01814J" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837504v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Salomez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vallaeys" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Santoni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonfils" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13661" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918036v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;l&#232;ne Jan-Deniau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubreucq" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201800279" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620298v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;l&#232;ne Jan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jullien Drone" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Rutyna" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Perrier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cy01805j" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607598v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201600672" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605542v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2017.06.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605500v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Bogaert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Deyrieux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Durand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2016047" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506512v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Guzzetti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Lebrun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Grousseau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b01332" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269389v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2015.11.006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269354v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Nozac'H" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina P&#233;rez-Gordo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2015.06.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XNFT0GWN-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175637v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Mith" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Benhamdi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Castillo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Berge" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin W Macdiarmid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.248" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189940v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pisey M Neang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5776-6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268568v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Intapun" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sainte Beuve" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.12556" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094778v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bordeaux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane De Girval" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Rullaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5671-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506519v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pisey Neang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcatb.2013.05.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8JP4T0P4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659902v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Schneider" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Degryse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf801626f" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-3KGS9KSG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664842v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2008.00400.x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312206v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770311v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiana Reynald" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lauti&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770320v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lautie-Dias" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953913v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Kergomard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Carri&#232;re" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Chonchon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Paboeuf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173416v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695703v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piot Carmine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771252v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Meneses Montero" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771150v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna C Proessdorf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J La Clair" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Burkart" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209390v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barea" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817723v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Degryse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772098v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rasamison" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771207v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771229v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04806187v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Villeneuve" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770985v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Proessdorf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael D Burkart" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770332v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Perrier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817764v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772180v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Garcia Sanchez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Breysse" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04771267v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918043v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-813167-1.00003-7" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>