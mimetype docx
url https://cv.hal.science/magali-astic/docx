--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -631,269 +631,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerr and four-wave mixing spectroscopy at the band edge of one-dimensional photonic crystals</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Träger</w:t>
+                <w:t xml:space="preserve">Transfer-matrix modeling of four-wave mixing at the band edge of a one-dimensional photonic crystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Delaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Astic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Roosen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 22 (11), pp.2494-2504</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00671148v1</w:t>
+                <w:t xml:space="preserve">hal-00671116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer-matrix modeling of four-wave mixing at the band edge of a one-dimensional photonic crystal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kerr and four-wave mixing spectroscopy at the band edge of one-dimensional photonic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Razzari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Träger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Astic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Optical Society of America B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 86, pp.231106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1944887⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00671116v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00671148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1496,51 +1496,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00806595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time resolved nonlinear characterization of light localization at band edge of 1D Photonic Crystals</w:t>
+                <w:t xml:space="preserve">Theoretical modelling of nonlinear four wave mixing in 2D Photonic Crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Astic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delaye</w:t>
@@ -1550,122 +1550,105 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Roosen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EOS Annual meeting "EOS Topical meeting on Nanophotonics, Photonics Crystals and Metamaterials"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554419v1</w:t>
+                <w:t xml:space="preserve">hal-00554417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical modelling of nonlinear four wave mixing in 2D Photonic Crystals</w:t>
+                <w:t xml:space="preserve">Time resolved nonlinear characterization of light localization at band edge of 1D Photonic Crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Astic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Delaye</w:t>
@@ -1675,81 +1658,98 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Roosen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EOS Annual meeting "EOS Topical meeting on Nanophotonics, Photonics Crystals and Metamaterials"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00554417v1</w:t>
+                <w:t xml:space="preserve">hal-00554419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D photonic crystals based on epitaxial III-V semiconductor structures for nonlinear optical interactions</w:t>
               </w:r>
@@ -2141,51 +2141,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871905v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.X. Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Coutaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4821627" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554113v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Astic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delaye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Frey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Roosen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.056608" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554084v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Andr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/22/224005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547768v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barthelemy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tr&#228;ger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Razzari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2006135014" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1776FE3469BF9AB5139764AF1358D321F662D234/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671148v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Razzari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tr&#228;ger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1944887" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671116v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296652v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bernier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie H&#233;rault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03623200v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881303v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797338v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806595v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Blary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554419v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M.H. Chong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. de La Rue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. O'Faolain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.F. Krauss" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belabas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.669476" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00579136v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871905v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.X. Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lheurette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Astic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Coutaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4821627" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554113v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Astic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Delaye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Frey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Roosen" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.056608" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554084v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Andr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/41/22/224005" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547768v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barthelemy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tr&#228;ger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Razzari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2006135014" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1776FE3469BF9AB5139764AF1358D321F662D234/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671116v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00671148v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Razzari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tr&#228;ger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1944887" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296652v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bernier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie H&#233;rault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03623200v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881303v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797338v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806595v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Blary" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554417v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00554419v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M.H. Chong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. de La Rue" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. O'Faolain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.F. Krauss" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belabas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.669476" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00579136v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>