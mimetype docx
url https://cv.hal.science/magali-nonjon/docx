--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -910,456 +910,456 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02316686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The managerial conversion of senior civil servants: a convenient myth for the French local welfare state?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christèle Marchand</w:t>
+                <w:t xml:space="preserve">Vers un standard participatif mondial ? Enjeux, conditions et limites de la standardisation internationale de la participation publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Mazeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Review of Administrative Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0020852315570552⟩</w:t>
+              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (1), pp.121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parti.014.0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03173645v1</w:t>
+                <w:t xml:space="preserve">halshs-02316879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un standard participatif mondial ? Enjeux, conditions et limites de la standardisation internationale de la participation publique</w:t>
+                <w:t xml:space="preserve">Les circulations transnationales de l’ingénierie participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mazeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Parizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 14 (1), pp.121. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/parti.014.0121⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 14 (1), pp.5-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/parti.014.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02316879v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02316883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les circulations transnationales de l’ingénierie participative</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Mazeaud</w:t>
+                <w:t xml:space="preserve">La conversion managériale des hauts fonctionnaires : un mythe utile pour l’Etat Social local français ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphaëlle Parizet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 14 (1), pp.5-35. </w:t>
+              <w:t xml:space="preserve">Revue internationale des sciences administratives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82 (1), pp.203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/parti.014.0005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/risa.821.0203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02316883v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conversion managériale des hauts fonctionnaires : un mythe utile pour l’Etat Social local français ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">The managerial conversion of senior civil servants: a convenient myth for the French local welfare state?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale des sciences administratives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 82 (1), pp.203. </w:t>
+              <w:t xml:space="preserve">International Review of Administrative Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 82 (1), pp.190-207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/risa.821.0203⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0020852315570552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03173589v1</w:t>
+                <w:t xml:space="preserve">hal-03173645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le progiciel socialisé</w:t>
               </w:r>
@@ -1631,64 +1631,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Quand les directeurs des services sociaux départementaux se saisissent du management : des représentations et des pratiques singulières et équivoques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1742,96 +1742,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01321267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La participation en kit : l'horizon funèbre de l'idéal participatif »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Innovation technologique ou innovation sociale ? Usages et valorisation d'un outil informatisé dans l'IAE »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderni costituzionali</w:t>
+              <w:t xml:space="preserve">Innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323493v1</w:t>
+                <w:t xml:space="preserve">hal-01323500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De la militance à la consultance » : les bureaux d'études urbaines acteurs de la procéduralisation de la participation »</w:t>
               </w:r>
@@ -1880,325 +1893,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Innovation technologique ou innovation sociale ? Usages et valorisation d'un outil informatisé dans l'IAE »</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+                <w:t xml:space="preserve">La participation en « kit » : l’horizon funèbre de l’idéal participatif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaderni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 79, pp.29-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/quaderni.618⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323500v1</w:t>
+                <w:t xml:space="preserve">halshs-01967856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation en « kit » : l’horizon funèbre de l’idéal participatif ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
+                <w:t xml:space="preserve">Innovation technologique ou innovation sociale ? Usages et valorisation d'un outil de gestion dans l'IAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderni</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/quaderni.618⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01967856v1</w:t>
+                <w:t xml:space="preserve">hal-01323155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation technologique ou innovation sociale ? Usages et valorisation d'un outil de gestion dans l'IAE</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« La participation en kit : l'horizon funèbre de l'idéal participatif »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations</w:t>
+              <w:t xml:space="preserve">Quaderni costituzionali</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323155v1</w:t>
+                <w:t xml:space="preserve">hal-01323493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La ”performance sociale” comme horizon ? Les directeurs départementaux de l'aide et de l'action sociales et leurs perceptions de la managérialisation »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2561,51 +2561,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les élites locales du Welfare français à l’épreuve de la « performance sociale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2915,411 +2915,424 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositifs d’ouverture sociale et effets socialisateurs de l’action publique éducative sur ses publics cibles</w:t>
+                <w:t xml:space="preserve">Action publique éducative et socialisations politiques en tensions : la construction des rapports au politique des publics de l’ouverture sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ST « Gouverner (par) les publics. La mise à contribution des administré·es dans la production de l’action publique », / Congrès de l'AFSP 2024</w:t>
+              <w:t xml:space="preserve">Groupe "SOPORA" / Congrès de l'AFSP 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705369v1</w:t>
+                <w:t xml:space="preserve">hal-04705367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action publique éducative et socialisations politiques en tensions : la construction des rapports au politique des publics de l’ouverture sociale</w:t>
+                <w:t xml:space="preserve">Gouverner les associations pour gouverner la jeunesse ? Le secteur associatif et la fabrique des ‘bons publics’ de l’action éducative dans les quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Lopez Puyol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe "SOPORA" / Congrès de l'AFSP 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Le gouvernement associatif des publics vulnérables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Raphaëlle PARIZET; Lucas FAURE, Mar 2024, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705367v1</w:t>
+                <w:t xml:space="preserve">hal-04705362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouverner les associations pour gouverner la jeunesse ? Le secteur associatif et la fabrique des ‘bons publics’ de l’action éducative dans les quartiers populaires</w:t>
+                <w:t xml:space="preserve">Dispositifs d’ouverture sociale et effets socialisateurs de l’action publique éducative sur ses publics cibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le gouvernement associatif des publics vulnérables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Raphaëlle PARIZET; Lucas FAURE, Mar 2024, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">ST « Gouverner (par) les publics. La mise à contribution des administré·es dans la production de l’action publique », / Congrès de l'AFSP 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04705362v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilités et socialisation dans un dispositif d’ouverture sociale</w:t>
+                <w:t xml:space="preserve">La circulation des logiques éducatives dans les politiques partenariales. L'exemple des cités éducatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès de l'Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RT 9 / Sociologie de l’urbain et de ses territoires, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès AFS ( Association Française de sociologie ) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705388v1</w:t>
+                <w:t xml:space="preserve">hal-04500645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les publics des Cités éducatives : une désignation par délégation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3377,152 +3390,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04500660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La circulation des logiques éducatives dans les politiques partenariales. L'exemple des cités éducatives</w:t>
+                <w:t xml:space="preserve">Mobilités et socialisation dans un dispositif d’ouverture sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès AFS ( Association Française de sociologie ) 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFS, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">10ème Congrès de l'Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RT 9 / Sociologie de l’urbain et de ses territoires, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500645v1</w:t>
+                <w:t xml:space="preserve">hal-04705388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la recherche des publics des Cités éducatives marseillaises : des enfants et des jeunes en arrière-plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3636,165 +3636,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L'institutionnalisation de la participation en France et au Québec. Défis méthodologiques et apports scientifiques de la « capture » de communautés professionnelles fragmentées »</w:t>
+                <w:t xml:space="preserve">Developing expertise in the design of digital democracy : a comparative and</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international « Si loin, si proche ? Comparaison France-québec en sciences sociales"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">GRDI Web Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323542v1</w:t>
+                <w:t xml:space="preserve">hal-01323538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« The institutionalisation of the French Market of Public Participation. Standardisation or diversification of the profile of the professionals ? »</w:t>
+                <w:t xml:space="preserve">« L'institutionnalisation de la participation en France et au Québec. Défis méthodologiques et apports scientifiques de la « capture » de communautés professionnelles fragmentées »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international, « Developing expertise in the design of participators tools: The professionalization and diversification of the public participation field », International Political Science Association's 23rd World Congress </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">colloque international « Si loin, si proche ? Comparaison France-québec en sciences sociales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323530v1</w:t>
+                <w:t xml:space="preserve">hal-01323542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les logiques de structuration du marché de la démocratie participative : une analyse par les marchés publics »</w:t>
               </w:r>
@@ -3843,165 +3843,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Is there really a global participatory turn ? Lessons from a comparative perspective of he professionnalization of public participation »</w:t>
+                <w:t xml:space="preserve">« The institutionalisation of the French Market of Public Participation. Standardisation or diversification of the profile of the professionals ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque international, « Developing expertise in the design of participators tools: The professionalization and diversification of the public participation field », International Political Science Association's 23rd World Congress </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">, Jul 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323540v1</w:t>
+                <w:t xml:space="preserve">hal-01323530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developing expertise in the design of digital democracy : a comparative and</w:t>
+                <w:t xml:space="preserve">« Is there really a global participatory turn ? Lessons from a comparative perspective of he professionnalization of public participation »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRDI Web Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">colloque international, « Developing expertise in the design of participators tools: The professionalization and diversification of the public participation field », International Political Science Association's 23rd World Congress </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323538v1</w:t>
+                <w:t xml:space="preserve">hal-01323540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les sciences de la participation’ : traceur ou moteur de l'impératif participatif ? ».</w:t>
               </w:r>
@@ -4050,165 +4050,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Fabrique de la norme participative locale et professionnels de la participation »</w:t>
+                <w:t xml:space="preserve">« L'équipement informatique du social : Dynamiques gestionnaires et jeux d'acteurs dans les secteurs de l'insertion par l’activité économique et l'action sociale départementale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international " Circulation et appropriation des normes et des modèles de l’action locale"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journée d'Etude "La fabrique des droits sociaux individualisés : acteurs et outils de l'expertise sur autrui"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323546v1</w:t>
+                <w:t xml:space="preserve">hal-01323553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L'équipement informatique du social : Dynamiques gestionnaires et jeux d'acteurs dans les secteurs de l'insertion par l’activité économique et l'action sociale départementale »</w:t>
+                <w:t xml:space="preserve">« Fabrique de la norme participative locale et professionnels de la participation »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'Etude "La fabrique des droits sociaux individualisés : acteurs et outils de l'expertise sur autrui"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">colloque international " Circulation et appropriation des normes et des modèles de l’action locale"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323553v1</w:t>
+                <w:t xml:space="preserve">hal-01323546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Ce que participer veut dire ». L'apport d'une sociologie des professionnels de la participation à la compréhension des mécanismes d'institutionnalisation et de circulation de la norme participative », département de science politique, Université De Laval, Québec, Canada</w:t>
               </w:r>
@@ -4257,385 +4257,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La dépolitisation, ressource politique et professionnelle des professionnels de la participation? »</w:t>
+                <w:t xml:space="preserve">« Saisir la nébuleuse participative en France », enjeux méthodologiques et théoriques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Association Française de Science Politique, Session Thématique 42 : la dépolitisation : registres, processus et interprétations </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Chaire France, Université de Montréal, Québec, Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323566v1</w:t>
+                <w:t xml:space="preserve">hal-01323585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Saisir la nébuleuse participative en France », enjeux méthodologiques et théoriques »</w:t>
+                <w:t xml:space="preserve">« La dépolitisation, ressource politique et professionnelle des professionnels de la participation? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaire France, Université de Montréal, Québec, Canada</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Congrès Association Française de Science Politique, Session Thématique 42 : la dépolitisation : registres, processus et interprétations </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323585v1</w:t>
+                <w:t xml:space="preserve">hal-01323566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Gouverner par le web ? Transformations des temporalités du politique et équipement numérique dans la compétition électorale et l'action publique »</w:t>
+                <w:t xml:space="preserve">« The contribution of the professionals of participation to the participatory turn »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Colloque international, Sciences du Web, panel : people and society,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Rio de Janeiro, Brésil</w:t>
+              <w:t xml:space="preserve">Colloque international, Panel : what explains the presence (or the absence) of participatory reforms, European Consortium Political Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323573v1</w:t>
+                <w:t xml:space="preserve">hal-01323563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« The contribution of the professionals of participation to the participatory turn »</w:t>
+                <w:t xml:space="preserve">« Gouverner par le web ? Transformations des temporalités du politique et équipement numérique dans la compétition électorale et l'action publique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international, Panel : what explains the presence (or the absence) of participatory reforms, European Consortium Political Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve"> Colloque international, Sciences du Web, panel : people and society,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Rio de Janeiro, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323563v1</w:t>
+                <w:t xml:space="preserve">hal-01323573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Governing by the Web ? Digital tools of political competition and public policies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Enjeux et dilemmes d’une cartographie des professionnels de la participation : l’apport de l’observation des espaces de socialisation et de professionnalisation »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> INCT Brazilian Institute for Web Science Research : Groupe de Recherche International en Sciences du Web</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">Colloque Société Québécoise de Science Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Ottawa, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323243v1</w:t>
+                <w:t xml:space="preserve">hal-01323569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les directeurs de l’aide et de l’action sociales des départements français et la managérialisation : une convergence discursive à nuancer »</w:t>
               </w:r>
@@ -4753,234 +4740,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Enjeux et dilemmes d’une cartographie des professionnels de la participation : l’apport de l’observation des espaces de socialisation et de professionnalisation »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Les directeurs de l'aide et de l'action sociales des départements français et la managérialisation : une convergence discursive à nuancer »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Société Québécoise de Science Politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">6ème Université de la Fonction Publique Territoriales : Collectivités territoriales et innovation : évolution ou révolution(s) ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323569v1</w:t>
+                <w:t xml:space="preserve">hal-01321444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les directeurs de l'aide et de l'action sociales des départements français et la managérialisation : une convergence discursive à nuancer »</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Governing by the Web ? Digital tools of political competition and public policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Université de la Fonction Publique Territoriales : Collectivités territoriales et innovation : évolution ou révolution(s) ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve"> INCT Brazilian Institute for Web Science Research : Groupe de Recherche International en Sciences du Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321444v1</w:t>
+                <w:t xml:space="preserve">hal-01323243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Etat social décentralisé au prisme de la ”performance sociale” : Conversion managériale et aménagements cognitifs des directeurs de l’action sociale des départements français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5038,208 +5038,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La participation en kit : l'horizon funèbre de l'idéal participatif »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'Etat social décentralisé au prisme de la &amp;quot;performance sociale&amp;quot; Conversion managériale et aménagements cognitifs des directeurs de l'action sociale des départements français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès du GIS participation et démocratie, Journée d'études les effets de la participation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">AFSP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323550v1</w:t>
+                <w:t xml:space="preserve">hal-01321301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">«L'instrumentation des politiques d'insertion professionnelle. Observation directe de la mise en place d'un outil informatisé de suivi des parcours d'insertion »</w:t>
+                <w:t xml:space="preserve">« La participation en kit : l'horizon funèbre de l'idéal participatif »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque internationale,  Les instruments d'action publique : mise en perspective théorique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">congrès du GIS participation et démocratie, Journée d'études les effets de la participation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323587v1</w:t>
+                <w:t xml:space="preserve">hal-01323550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les élites locales du Welfare français à l’épreuve de la « performance sociale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5284,204 +5323,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01321273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Etat social décentralisé au prisme de la &amp;quot;performance sociale&amp;quot; Conversion managériale et aménagements cognitifs des directeurs de l'action sociale des départements français</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Les Directeurs d’Aide et d’action Sociales à l’épreuve de la ”performance sociale” »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFSP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Colloque de l'Association Française de Sociologie, L'Etat social dans tous ses états : quelles rationalisations, épreuves et réactions de l'intervention sociale ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321301v1</w:t>
+                <w:t xml:space="preserve">hal-01323578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les Directeurs d’Aide et d’action Sociales à l’épreuve de la ”performance sociale” »</w:t>
+                <w:t xml:space="preserve">«L'instrumentation des politiques d'insertion professionnelle. Observation directe de la mise en place d'un outil informatisé de suivi des parcours d'insertion »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'Association Française de Sociologie, L'Etat social dans tous ses états : quelles rationalisations, épreuves et réactions de l'intervention sociale ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">Colloque internationale,  Les instruments d'action publique : mise en perspective théorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323578v1</w:t>
+                <w:t xml:space="preserve">hal-01323587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'instrumentation des politiques d'insertion professionnelle. Observation directe de la mise en place d'un outil informatisé de suivi des parcours d’insertion</w:t>
               </w:r>
@@ -5644,51 +5644,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Pour une culture de la participation » (Une expérience singulière de qualification : la Formation à l’Animation d’Espaces Publics Urbains)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Bonaccorsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5966,90 +5966,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles dynamiques partenariales dans les Cités éducatives marseillaises ? (rapport intermédiaire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Lopez Puyol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Marsaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cités éducatives (Marseille). 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6119,51 +6119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DREES-Mire, Convention n° : 2011 - 2200480260. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6189,51 +6189,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques et instruments de management dans les services d’aide et d’action sociales des conseils généraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6288,57 +6288,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques et instruments de management dans les services d'aide et d'action sociales des conseils généraux. Enquête nationale par questionnaire auprès des Directeurs d'aide et d'action sociales des départements (au printemps 2011)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Pratiques et instruments de management dans les services d’aide et d’action sociales des conseils généraux : Enquête nationale par questionnaire auprès des Directeurs d’aide et d’action sociales des départements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6347,103 +6347,103 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] ANDASS (Association Nationale des Directeurs de l’Action Sociale et de Santé) 2011</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] ANDASS (Association Nationale des Directeurs de l’Action Sociale et de Santé). 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321451v1</w:t>
+                <w:t xml:space="preserve">hal-01323212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques et instruments de management dans les services d’aide et d’action sociales des conseils généraux : Enquête nationale par questionnaire auprès des Directeurs d’aide et d’action sociales des départements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Pratiques et instruments de management dans les services d'aide et d'action sociales des conseils généraux. Enquête nationale par questionnaire auprès des Directeurs d'aide et d'action sociales des départements (au printemps 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Alcaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Marchand-Lagier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6452,73 +6452,73 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] ANDASS (Association Nationale des Directeurs de l’Action Sociale et de Santé). 2011</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] ANDASS (Association Nationale des Directeurs de l’Action Sociale et de Santé) 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323212v1</w:t>
+                <w:t xml:space="preserve">hal-01321451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les territoires du risque. La prévention des risques industriels comme processus de coproduction</w:t>
               </w:r>
@@ -6708,51 +6708,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BA6DE4D0"/>
+    <w:nsid w:val="7EB5FBE2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6939,51 +6939,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/magali-nonjon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3590-6550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316668v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mazeaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nonjon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173682v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.152.0009" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03909390v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourgues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/risa.884.0921" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00208523211003122" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316676v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gove.12439" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316847v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien O&#8217;miel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Parizet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.019.0221" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316686v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.120.0061" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173645v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Alcaras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852315570552" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316879v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.014.0121" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316883v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.014.0005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173589v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/risa.821.0203" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173624v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.152.0129" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173616v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Baudot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.191.0008" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321267v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.31.337-356" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323493v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323486v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323500v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967856v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonaccorsi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.618" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323155v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390350v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Geay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Floderer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507224v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien O'Miel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115999v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323172v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand-Lagier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323590v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323178v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323598v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705369v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705367v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705362v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lopez Puyol" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Richard-Bossez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705388v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500660v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Marsaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500645v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500820v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323522v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323542v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323558v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323540v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323538v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323518v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323546v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323553v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323594v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323566v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323585v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323573v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323563v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323243v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323576v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323544v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323569v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323258v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323550v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323587v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321273v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321301v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323578v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323266v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-00501513v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967831v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325525v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352568v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duch&#234;ne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafaye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704397v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323209v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gardon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323130v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321451v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323212v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822980v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/magali-nonjon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3590-6550" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316668v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mazeaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nonjon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173682v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.152.0009" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03909390v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourgues" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/risa.884.0921" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00208523211003122" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316676v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gove.12439" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316847v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien O&#8217;miel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Parizet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.019.0221" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316686v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.120.0061" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316879v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.014.0121" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02316883v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.014.0005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173589v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Alcaras" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/risa.821.0203" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173645v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852315570552" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173624v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.152.0129" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173616v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Baudot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.191.0008" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321267v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.31.337-356" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323500v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323486v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967856v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bonaccorsi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.618" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323155v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323493v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321260v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390350v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Geay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Floderer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507224v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien O'Miel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115999v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323172v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Marchand-Lagier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323590v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323178v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323598v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705367v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705362v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lopez Puyol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Richard-Bossez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705369v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500645v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500660v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Marsaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705388v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500820v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323522v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323538v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323542v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323558v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323530v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323540v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323518v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323553v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323546v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323594v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323585v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323566v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323563v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323573v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323569v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323576v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323544v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321444v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323243v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323258v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321301v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323550v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321273v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323578v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323587v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323266v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-00501513v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967831v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325525v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352568v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Duch&#234;ne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafaye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704397v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323209v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gardon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323130v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323212v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321451v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822980v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>