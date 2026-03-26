--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -334,546 +334,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05526674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of rumen microbiome in the development of methane mitigation strategies for ruminant livestock</w:t>
+                <w:t xml:space="preserve">Dynamic sensitivity analysis of a mathematical model describing the effect of the macroalgae Asparagopsis taxiformis on rumen fermentation and methane production under in vitro continuous conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.M. Waters</w:t>
+                <w:t xml:space="preserve">Paul Blondiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Roskam</w:t>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.E. Smith</w:t>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.A. Kenny</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2024-25778⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19189/001c.143644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04947783v1</w:t>
+                <w:t xml:space="preserve">hal-05363255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic sensitivity analysis of a mathematical model describing the effect of the macroalgae Asparagopsis taxiformis on rumen fermentation and methane production under in vitro continuous conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of rumen microbiome in the development of methane mitigation strategies for ruminant livestock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Waters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Blondiaux</w:t>
+                <w:t xml:space="preserve">E. Roskam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+                <w:t xml:space="preserve">P.E. Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">D.A. Kenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Popova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e126. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 108 (7), pp.7591-7606. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.19189/001c.143644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2024-25778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05363255v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved prediction by enteric methane emission models in ruminant production systems by integrating climate classification</w:t>
+                <w:t xml:space="preserve">Feed additives for methane mitigation: Modeling the impact of feed additives on enteric methane emission of ruminants—Approaches and recommendations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T.F. Akinropo</w:t>
+                <w:t xml:space="preserve">Jan Dijkstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Ricci</w:t>
+                <w:t xml:space="preserve">André Bannink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Faverin</w:t>
+                <w:t xml:space="preserve">Guilhermo F.S. Congio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Ciganda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Muñoz</w:t>
+                <w:t xml:space="preserve">Jennifer L Ellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101665⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 108 (1), pp.356 - 374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2024-25049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349869v1</w:t>
+                <w:t xml:space="preserve">hal-04876739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feed additives for methane mitigation: Modeling the impact of feed additives on enteric methane emission of ruminants—Approaches and recommendations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improved prediction by enteric methane emission models in ruminant production systems by integrating climate classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.F. Akinropo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Dijkstra</w:t>
+                <w:t xml:space="preserve">P. Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Bannink</w:t>
+                <w:t xml:space="preserve">C. Faverin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhermo F.S. Congio</w:t>
+                <w:t xml:space="preserve">V. Ciganda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer L Ellis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">C. Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 108 (1), pp.356 - 374. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (11), pp.101665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2024-25049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04876739v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation strategies to manage summer forage shortages improve animal performance and better maintain milk and cheese quality in grass- versus corn-based dairy systems</w:t>
               </w:r>
@@ -1032,51 +1032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flabiele S Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adibe L Abdalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Barreto-Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1255,295 +1255,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of farm-scale indicators and tools for farmers to assess sustainability of their mixed crop-ruminant livestock systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crop-livestock-forestry systems as a strategy for mitigating greenhouse gas emissions and enhancing the sustainability of forage-based livestock systems in the Amazon biome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyce Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernanda Figueiredo Granja Dorilêo Leite</w:t>
+                <w:t xml:space="preserve">Luciano Barreto Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Faverin</w:t>
+                <w:t xml:space="preserve">Audrey Fanchone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verónica Ciganda</w:t>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Cristobal-Carballo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julio Cesar dos Reis</w:t>
+                <w:t xml:space="preserve">Bruno C Pedreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 950, pp.175218. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.175218⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 906, pp.167396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167396⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792684v1</w:t>
+                <w:t xml:space="preserve">hal-04247372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crop-livestock-forestry systems as a strategy for mitigating greenhouse gas emissions and enhancing the sustainability of forage-based livestock systems in the Amazon biome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alyce Monteiro</w:t>
+                <w:t xml:space="preserve">Relevance of farm-scale indicators and tools for farmers to assess sustainability of their mixed crop-ruminant livestock systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Figueiredo Granja Dorilêo Leite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Barreto Mendes</w:t>
+                <w:t xml:space="preserve">Claudia Faverin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Fanchone</w:t>
+                <w:t xml:space="preserve">Verónica Ciganda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
+                <w:t xml:space="preserve">Omar Cristobal-Carballo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno C Pedreira</w:t>
+                <w:t xml:space="preserve">Julio Cesar dos Reis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 906, pp.167396. </w:t>
+              <w:t xml:space="preserve">, 2024, 950, pp.175218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167396⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.175218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04247372v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying H2 emissions under different nutritional mitigation strategies and its impact on improving the prediction of enteric methane emissions of ruminants</w:t>
               </w:r>
@@ -1581,51 +1581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Rosero-Noguera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Bayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Blondiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 277, pp.105342. </w:t>
@@ -1791,295 +1791,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the nature of energy (lipids vs. carbohydrates) on enteric methane emission and dairy performance in cows fed grass silage-based diets</w:t>
+                <w:t xml:space="preserve">Review: Reducing enteric methane emissions improves energy metabolism in livestock: is the tenet right?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">D.P. Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Coppa</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 22 (1), pp.1257 - 1267. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.100830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1828051x.2023.2244525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.100830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04331213v1</w:t>
+                <w:t xml:space="preserve">hal-04174171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review: Reducing enteric methane emissions improves energy metabolism in livestock: is the tenet right?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the nature of energy (lipids vs. carbohydrates) on enteric methane emission and dairy performance in cows fed grass silage-based diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.P. Morgavi</w:t>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Mohammed Benaouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17, pp.100830. </w:t>
+              <w:t xml:space="preserve">Italian Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (1), pp.1257 - 1267. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.100830⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1828051x.2023.2244525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04174171v1</w:t>
+                <w:t xml:space="preserve">hal-04331213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of enteric methane emissions by sheep using an intercontinental database</w:t>
               </w:r>
@@ -2193,1116 +2193,1116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic data for determining the accuracy of four open-circuit respiration chambers designed to quantify methane emissions from goats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The potential of kernel density estimation for modelling relations among dairy farm characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophelie Dhumez</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Michael S. Corson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal - Open Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anopes.2022.100006⟩</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 199, pp.103406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2022.103406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03594433v1</w:t>
+                <w:t xml:space="preserve">hal-03611420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The potential of kernel density estimation for modelling relations among dairy farm characteristics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Associating changes in the bacterial community of rumen and faeces and milk fatty acid profiles in dairy cows fed high-starch or starch and oil-supplemented diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bougouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2022.103406⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022029922000498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03611420v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03786693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associating changes in the bacterial community of rumen and faeces and milk fatty acid profiles in dairy cows fed high-starch or starch and oil-supplemented diets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of nitrogen excretion from data on dairy cows fed a wide range of diets compiled in an intercontinental database: A meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bougouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hristov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milka Popova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Ferlay</w:t>
+                <w:t xml:space="preserve">J. Dijkstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Bougouin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Martin</w:t>
+                <w:t xml:space="preserve">M.J. Aguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ahvenjärvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022029922000498⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (9), pp.7462-7481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2021-20885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03786693v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of nitrogen excretion from data on dairy cows fed a wide range of diets compiled in an intercontinental database: A meta-analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Full adoption of the most effective strategies to mitigate methane emissions by ruminants can help meet the 1.5 °C target by 2030 but not 2050</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Hristov</w:t>
+                <w:t xml:space="preserve">Claudia Arndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Hristov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Dijkstra</w:t>
+                <w:t xml:space="preserve">William Price</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.J. Aguerre</w:t>
+                <w:t xml:space="preserve">Shelby Mcclelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ahvenjärvi</w:t>
+                <w:t xml:space="preserve">Amalia Pelaez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 105 (9), pp.7462-7481. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (20), </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2021-20885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2111294119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04013674v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03900057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full adoption of the most effective strategies to mitigate methane emissions by ruminants can help meet the 1.5 °C target by 2030 but not 2050</w:t>
+                <w:t xml:space="preserve">Dynamic data for determining the accuracy of four open-circuit respiration chambers designed to quantify methane emissions from goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Arndt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexander Hristov</w:t>
+                <w:t xml:space="preserve">Ophelie Dhumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Price</w:t>
+                <w:t xml:space="preserve">Joseph-Alexandre J.-A. Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shelby Mcclelland</w:t>
+                <w:t xml:space="preserve">A.I. Martín-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amalia Pelaez</w:t>
+                <w:t xml:space="preserve">Alexandra Eymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 119 (20), </w:t>
+              <w:t xml:space="preserve">Animal - Open Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (1), pp.100006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2111294119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anopes.2022.100006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03900057v1</w:t>
+                <w:t xml:space="preserve">hal-03594433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges and opportunities to capture dietary effects in on-farm greenhouse gas emissions models of ruminant systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Methane mitigating options with forages fed to ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronaldo Vibart</w:t>
+                <w:t xml:space="preserve">Katja Klumpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile de Klein</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.144989⟩</w:t>
+              <w:t xml:space="preserve">Grass and Forage Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 76 (2), pp.196-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gfs.12540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03128215v1</w:t>
+                <w:t xml:space="preserve">hal-03300248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeatability and ranking of long-term enteric methane emissions measurement on dairy cows across diets and time using GreenFeed system in farm-conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Coppa</w:t>
+                <w:t xml:space="preserve">Challenges and opportunities to capture dietary effects in on-farm greenhouse gas emissions models of ruminant systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronaldo Vibart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile de Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Jurquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">Arjan Jonker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terrence Dechaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+                <w:t xml:space="preserve">Tony van Der Weerden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Bannink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2020.11.004⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 769, pp.144989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.144989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03128178v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methane mitigating options with forages fed to ruminants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Repeatability and ranking of long-term enteric methane emissions measurement on dairy cows across diets and time using GreenFeed system in farm-conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jurquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katja Klumpp</w:t>
+                <w:t xml:space="preserve">Terrence Dechaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Sauvant</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grass and Forage Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 76 (2), pp.196-204. </w:t>
+              <w:t xml:space="preserve">Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 186, pp.59-67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gfs.12540⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2020.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03300248v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diets supplemented with corn oil and wheat starch, marine algae, or hydrogenated palm oil modulate methane emissions similarly in dairy goats and cows, but not feeding behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fougère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bougouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3487,77 +3487,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new Tier 3 method to calculate methane emission inventory for ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Viallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3749,606 +3749,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02159608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial direct-fed microbials fail to reduce methane emissions in primiparous lactating dairy cows</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of enteric methane emissions due to extreme variations in management practices of dairy-production systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Corson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeyamalar Jeyanathan</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joël Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Wilfart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science and Biotechnology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40104-019-0342-9⟩</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 173, pp.449-457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2019.03.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154630v1</w:t>
+                <w:t xml:space="preserve">hal-02154622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a database to collect emission values for livestock systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bacterial direct-fed microbials fail to reduce methane emissions in primiparous lactating dairy cows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nadège Edouard</w:t>
+                <w:t xml:space="preserve">Jeyamalar Jeyanathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Quality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2134/jeq2019.01.0007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Animal Science and Biotechnology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40104-019-0342-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02387595v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02154630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual milk fatty acids are potential predictors of enteric methane emissions from dairy cows fed a wide range of diets: Approach by meta-analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adeline Bougouin</w:t>
+                <w:t xml:space="preserve">Development of a database to collect emission values for livestock systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Vigan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. A. D. Ranga Niroshan Appuhamy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Ferlay</w:t>
+                <w:t xml:space="preserve">Coline Brame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Kebreab</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Martin</w:t>
+                <w:t xml:space="preserve">Nadège Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 102 (11), pp.10616-10631. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Quality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48 (6), pp.1899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2018-15940⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2134/jeq2019.01.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02622653v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02387595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of enteric methane emissions due to extreme variations in management practices of dairy-production systems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">Individual milk fatty acids are potential predictors of enteric methane emissions from dairy cows fed a wide range of diets: Approach by meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bougouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Aubin</w:t>
+                <w:t xml:space="preserve">J. A. D. Ranga Niroshan Appuhamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Wilfart</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Kebreab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 173, pp.449-457. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 102 (11), pp.10616-10631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2019.03.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2018-15940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154622v1</w:t>
+                <w:t xml:space="preserve">hal-02622653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the performance of existing mathematical models predicting enteric methane emissions from ruminants: Animal categories and dietary mitigation strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benaouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinran Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4477,51 +4477,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander N. Hristov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joonpyo Oh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Arndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 24 (8), pp.3368-3389. </w:t>
@@ -4553,295 +4553,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02628617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short communication : Development of an equation for estimating methane emissions of dairy cows from milk Fourier transform mid-infrared spectra by using reference data obtained exclusively from respiration chambers</w:t>
+                <w:t xml:space="preserve">Intake, total-tract digestibility and methane emissions of Texel and Blackbelly sheep fed C4 and C3 grasses tested simultaneously in a temperate and a tropical area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Vanlierde</w:t>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Soyeurt</w:t>
+                <w:t xml:space="preserve">Moufida Rira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Gengler</w:t>
+                <w:t xml:space="preserve">Jérôme Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.G. Colinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. Froidmont</w:t>
+                <w:t xml:space="preserve">Marie-Laure Lastel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3168/jds.2018-14472⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 185, pp.455-463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.03.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621194v1</w:t>
+                <w:t xml:space="preserve">hal-02621218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intake, total-tract digestibility and methane emissions of Texel and Blackbelly sheep fed C4 and C3 grasses tested simultaneously in a temperate and a tropical area</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Short communication : Development of an equation for estimating methane emissions of dairy cows from milk Fourier transform mid-infrared spectra by using reference data obtained exclusively from respiration chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vanlierde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harry Archimède</w:t>
+                <w:t xml:space="preserve">H. Soyeurt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moufida Rira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">N. Gengler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Fleury</w:t>
+                <w:t xml:space="preserve">F.G. Colinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Lastel</w:t>
+                <w:t xml:space="preserve">E. Froidmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 185, pp.455-463. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101 (8), pp.7618-7624. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.03.059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2018-14472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621218v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of 3 methods for estimating enteric methane and carbon dioxide emission in nonlactating cows</w:t>
               </w:r>
@@ -4853,77 +4853,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Riquelme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clothilde Lascoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 96 (4), pp.1559-1569. </w:t>
@@ -4974,51 +4974,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An enteric methane emission calculator (DREEM) built to consider feed diversity: Case study of pastoral and sedentary farming systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5108,51 +5108,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symposium review: Uncertainties in enteric methane inventories, measurement techniques, and prediction models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.N. Hristov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Kebreab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Niu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5242,77 +5242,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tea saponin reduced methanogenesis in vitro but increased methane yield in lactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5402,64 +5402,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chambaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Delagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 55, pp.301-315. </w:t>
@@ -5497,51 +5497,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating livestock mobility as a strategy for climate change mitigation: combining models to address the specificities of pastoral systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5549,51 +5549,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 242, pp.89-101. </w:t>
@@ -5637,649 +5637,649 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of current in vivo measurement techniques for quantifying enteric methane emission from ruminants</w:t>
+                <w:t xml:space="preserve">Repeatability of enteric methane determinations from cattle using either the SF6 tracer technique or the GreenFeed system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.J. Hammond</w:t>
+                <w:t xml:space="preserve">Marie Arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Lascoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Crompton</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">D.R. Yáñez-Ruiz</w:t>
+                <w:t xml:space="preserve">Luis Miguel Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2016.05.018⟩</w:t>
+              <w:t xml:space="preserve">Animal Production Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 56, pp.238-243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/AN15512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02641513v1</w:t>
+                <w:t xml:space="preserve">hal-01281835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeatability of enteric methane determinations from cattle using either the SF6 tracer technique or the GreenFeed system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Review of current in vivo measurement techniques for quantifying enteric methane emission from ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.J. Hammond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Arbre</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Clothilde Lascoux</w:t>
+                <w:t xml:space="preserve">L. Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bannink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dijkstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Miguel Gomez</w:t>
+                <w:t xml:space="preserve">D.R. Yáñez-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Production Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 56, pp.238-243. </w:t>
+              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 219, pp.13-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/AN15512⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2016.05.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01281835v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02641513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrate but not tea saponin feed additives decreased enteric methane emissions in nonlactating cows</w:t>
+                <w:t xml:space="preserve">Additive methane-mitigating effect between linseed oil and nitrate fed to cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 93 (11), pp.5367-5377. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2527/jas.2015-9367⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 93 (7), pp.3564-3577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas2014-8196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631451v1</w:t>
+                <w:t xml:space="preserve">hal-02631969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive methane-mitigating effect between linseed oil and nitrate fed to cattle</w:t>
+                <w:t xml:space="preserve">Nitrate but not tea saponin feed additives decreased enteric methane emissions in nonlactating cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 93 (7), pp.3564-3577. </w:t>
+              <w:t xml:space="preserve">, 2015, 93 (11), pp.5367-5377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2527/jas2014-8196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2527/jas.2015-9367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631969v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of rumen protozoa on methane emission in ruminants: a meta-analysis approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8 (11), pp.1816-1825. </w:t>
@@ -6317,90 +6317,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between CH4 and urinary N outputs in ruminants fed forages: a meta-analysis of the literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6473,64 +6473,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael S. Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6606,77 +6606,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequential LCA of switching from maize silage-based to grass-based dairy systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael S. Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6761,64 +6761,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael S. Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6863,995 +6863,995 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of type of ration and allocation methods on the environmental impacts of beef-production systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Supplementation of increasing amounts of linseed oil to dairy cows fed total mixed rations: Effects on digestion, ruminal fermentation characteristics, protozoal populations, and milk fatty acid composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaouki Benchaar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.A. Romero-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P y Chouinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Hassanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Devun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Livestock Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.livsci.2012.02.010⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 95 (8), pp.4578-4590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2012-5455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209098v1</w:t>
+                <w:t xml:space="preserve">hal-02652144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supplementation of increasing amounts of linseed oil to dairy cows fed total mixed rations: Effects on digestion, ruminal fermentation characteristics, protozoal populations, and milk fatty acid composition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G.A. Romero-Pérez</w:t>
+                <w:t xml:space="preserve">Effects of type of ration and allocation methods on the environmental impacts of beef-production systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P y Chouinard</w:t>
+                <w:t xml:space="preserve">Patrick Veysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Hassanat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">Jean Devun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 95 (8), pp.4578-4590. </w:t>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 145 (1-3), pp.239-251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2012-5455⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.livsci.2012.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652144v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary linseed and starch supplementation decreases methane production of fattening bulls</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Leviers d'action pour réduire la production de méthane entérique par les ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24 (5), pp.461-474</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193677v1</w:t>
+                <w:t xml:space="preserve">hal-02650335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of fibre- and starch-rich finishing diets on methanogenic Archaea diversity and activity in the rumen of feedlot bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 166-167, pp.113-121. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2011.04.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02454712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leviers d'action pour réduire la production de méthane entérique par les ruminants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Comparison of methane production between C3 and C4 grasses and legumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Boval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 166, pp.59-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2011.04.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02650335v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of methane production between C3 and C4 grasses and legumes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Reducing methane emissions in ruminants: is it an achievable goal?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 99, pp.65-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02647800v1</w:t>
+                <w:t xml:space="preserve">hal-02646465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing methane emissions in ruminants: is it an achievable goal?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Dietary linseed and starch supplementation decreases methane production of fattening bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Krauss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Options Méditerranéennes. Série A : Séminaires Méditerranéens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 166, pp.330-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2011.04.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646465v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of defaunation on digestion of fresh Digitaria Decumbens grass and growth of lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 4 (3), pp.439-445. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7885,90 +7885,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducción de la emisión de metano en rumiantes ¿Es un objetivo realizable?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Albéitar (Odivelas)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8019,64 +8019,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vermorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Noblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8118,64 +8118,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of defaunation on microbial activities in the rumen of rams consuming a mixed diet (fresh Digitaria decumbens grass and concentrate)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Michalet-Doreau†</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8235,64 +8235,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of defaunation on digestion and growth, in sheep receiving a mixed diet (fresh Digitaria decumbens grass and concentrate) at four protein to energy ratios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8369,77 +8369,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative meta-analysis on the effects of defaunation of the rumen on growth, intake and digestion in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock Production Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 85, pp.81-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8511,51 +8511,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Aprelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 849, pp.384-390</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8606,1317 +8606,1317 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigating Greenhouse Gas Emissions in Tropical Agriculture: The impact of Crop-Livestock 6 Integration practices in Guadeloupe 7</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A theoretical optimal experiment design for accurate estimation of key parameters of a dynamic mechanistic model representing the effect of Asparagopsis taxiformis on rumen fermentation and methane production under in vitro continuous conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Blondiaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GGAA 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11. Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (Modnut 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agroscope, Sep 2025, Engelberg, Switzerland. pp.456, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2025.07.285⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349921v1</w:t>
+                <w:t xml:space="preserve">hal-05372609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A theoretical optimal experiment design for accurate estimation of key parameters of a dynamic mechanistic model representing the effect of Asparagopsis taxiformis on rumen fermentation and methane production under in vitro continuous conditions</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Opportunities for Data Based On-Farm Estimation of Greenhouse Gas Emissions from Ruminants Farming Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matti Pastell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasileios Anestis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Romera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Mancebo Mazzetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (Modnut 2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GGAA 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ILRI, Oct 2025, Nairobi (KY), Kenya</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05372609v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunities for Data Based On-Farm Estimation of Greenhouse Gas Emissions from Ruminants Farming Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matti Pastell</w:t>
+                <w:t xml:space="preserve">OPTI-HERD: Which farming practices lead cattle herds towards enhanced resilience and efficiency while emitting less GHG and nitrogen emissions when exposed to environmental disturbances? A modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Barreto-Mendes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasileios Anestis</w:t>
+                <w:t xml:space="preserve">Hieu Nguyen-Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Romera</w:t>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Mancebo Mazzetto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patricia Ricci</w:t>
+                <w:t xml:space="preserve">Beatriz Castro Dias Castro Dias Cuyabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GGAA 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ILRI, Oct 2025, Nairobi (KY), Kenya</w:t>
+              <w:t xml:space="preserve">Séminaire Annuel du Meta Programme CLIMAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Chambray-Lès-Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05349918v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05123192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPTI-HERD: Which farming practices lead cattle herds towards enhanced resilience and efficiency while emitting less GHG and nitrogen emissions when exposed to environmental disturbances? A modeling approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">Mitigating Greenhouse Gas Emissions in Tropical Agriculture: The impact of Crop-Livestock 6 Integration practices in Guadeloupe 7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Montout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Fanchone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hieu Nguyen-Ba</w:t>
+                <w:t xml:space="preserve">Nathalie Mandonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mosnier</w:t>
+                <w:t xml:space="preserve">Jacques-Giscard Topia M'Pangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Castro Dias Castro Dias Cuyabano</w:t>
+                <w:t xml:space="preserve">Fabien Stark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Annuel du Meta Programme CLIMAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Chambray-Lès-Tours, France</w:t>
+              <w:t xml:space="preserve">GGAA 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ILRI, Oct 2025, Nairobi (KY), Kenya</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05123192v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05349921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using risk analysis to compare the accuracy of enteric methane emissions models of dairy cattle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing circular agriculture: strategies and challenges in integrating livestock and crop production systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.H. Cabezas-Garcia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+                <w:t xml:space="preserve">Banira Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.F. Reed</w:t>
+                <w:t xml:space="preserve">Robin Dynes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony van der Weerden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.329</w:t>
+              <w:t xml:space="preserve">Emili 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique de Valence, Sep 2024, Valencia (Espagne), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04750397v1</w:t>
+                <w:t xml:space="preserve">hal-05196001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing circular agriculture: strategies and challenges in integrating livestock and crop production systems</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic sensitivity analysis of a mathematical model describing the effect of the macroalgae Asparagopsis taxiformis on methane production in a rumen in vitro continuous system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Blondiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emili 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique de Valence, Sep 2024, Valencia (Espagne), Spain</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.329</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05196001v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic sensitivity analysis of a mathematical model describing the effect of the macroalgae Asparagopsis taxiformis on methane production in a rumen in vitro continuous system</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mitigation practices for low-carbon livestock in sub-Saharan Africa: A Living Laboratory approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akinropo Tobi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josias Steve Adjassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Habibou Assouma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Arndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.A Odedire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.329</w:t>
+              <w:t xml:space="preserve">International Research Symposium on Agricultural GHG Mitigation – from Research to Implementation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04750366v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigation practices for low-carbon livestock in sub-Saharan Africa: A Living Laboratory approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Byproducts in Ruminant Feeding: Exploring their Mitigating Effects on Enteric Methane Emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">T. Akinropo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Josias Steve Adjassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Research Symposium on Agricultural GHG Mitigation – from Research to Implementation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.330</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04818222v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04751217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Byproducts in Ruminant Feeding: Exploring their Mitigating Effects on Enteric Methane Emissions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Some Advances in Research in Ruminant Nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nozière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Baumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Akinropo</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paul Dou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.330</w:t>
+              <w:t xml:space="preserve">Sommet de l'Elevage 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Cournon d'Auvergne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751217v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some Advances in Research in Ruminant Nutrition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using risk analysis to compare the accuracy of enteric methane emissions models of dairy cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Blondiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Nozière</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
+                <w:t xml:space="preserve">E.H. Cabezas-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Dou</w:t>
+                <w:t xml:space="preserve">K.F. Reed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sommet de l'Elevage 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Cournon d'Auvergne, France</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Jan 2024, Florence, Italy. pp.329</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04829762v1</w:t>
+                <w:t xml:space="preserve">hal-04750397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reducing enteric methane emissions improves energy metabolism in livestock: is the tenet right?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.P. Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Energy and Protein Metabolism and Nutrition (ISEP 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Sep 2022, Granada, Spain. pp.100830</w:t>
@@ -9971,51 +9971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Bord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10189,274 +10189,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">27. Global sensitivity analysis of empirical enteric methane emissions models for silvopastoral systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Sensitivity analysis of a mechanistic model of the rumen in-vitro fermentation: Study of the impact of 3 sampling methods on Sobol indices of accuracy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Blondiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Luciano Barreto-Mendes</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (MODNUT 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.07.418⟩</w:t>
+              <w:t xml:space="preserve">Modelling Nutrient Digestion and Utilization in Farm Animals (MODNUT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Alghero, Italy. pp.532-533, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.07.411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720781v1</w:t>
+                <w:t xml:space="preserve">hal-04396965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis of a mechanistic model of the rumen in-vitro fermentation: Study of the impact of 3 sampling methods on Sobol indices of accuracy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">27. Global sensitivity analysis of empirical enteric methane emissions models for silvopastoral systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyce Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno C Pedreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Abdalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Barreto-Mendes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling Nutrient Digestion and Utilization in Farm Animals (MODNUT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Alghero, Italy. pp.532-533, </w:t>
+              <w:t xml:space="preserve">10th Workshop on Modelling Nutrient Digestion and Utilization in Farm Animals (MODNUT 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Alghero, Italy. pp.541-542, </w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.07.411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.07.418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396965v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de la composition des laits et la qualité nutritionnelle, probiotique et sensorielle des produits laitiers par les pratiques d'élevage des vaches laitières (amont) et l'ajout de ferments (aval)</w:t>
               </w:r>
@@ -10606,51 +10606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hristov, A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.W. Price</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shelby Mcclelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pelaez, A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10686,937 +10686,937 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03256528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DataMan: initial analysis of greenhouse gas emissions from manure management</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling by meta-analysis enteric methane emissions from ruminants fed forages supplemented or not with tannins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Non CO2 Greenhouse Gases (NCGG8) on 13-14 June 2019, Amsterdam, the Netherlands</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">9. Workshop on Modelling Nutrient Digestion and Utilization in Farm animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Itamambuca Eco Resort, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737381v1</w:t>
+                <w:t xml:space="preserve">hal-02737664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling by meta-analysis enteric methane emissions from ruminants fed forages supplemented or not with tannins</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental and modelling for GHG accounting, LCA and inventory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bannink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Gastelen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leon Sebek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arjan Jonker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Workshop on Modelling Nutrient Digestion and Utilization in Farm animals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Itamambuca Eco Resort, Brazil</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Non CO2 Greenhouse Gases (NCGG8) on 13-14 June 2019, Amsterdam, the Netherlands</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737664v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and modelling for GHG accounting, LCA and inventory</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arjan Jonker</w:t>
+                <w:t xml:space="preserve">Inhibition of enteric methanogenesis in cows induces changes in plasma metabolome highlighting potential emission markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédict Yanibada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulli Hohenester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Non CO2 Greenhouse Gases (NCGG8) on 13-14 June 2019, Amsterdam, the Netherlands</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">7. Greenhouse Gas and Animal Agriculture Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Foz do Iguassu, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737897v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of enteric methanogenesis in cows induces changes in plasma metabolome highlighting potential emission markers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+                <w:t xml:space="preserve">Capturing effects of diet measures on emissions from ruminant systems – current approaches in on-farm accounting tools and national inventory models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bannink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les A. Crompton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lanigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Greenhouse Gas and Animal Agriculture Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Foz do Iguassu, Brazil</w:t>
+              <w:t xml:space="preserve">NCGG8 8th International Symposium on Non-CO2 Greenhouse Gases Global Challenges and Local Solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788492v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capturing effects of diet measures on emissions from ruminant systems – current approaches in on-farm accounting tools and national inventory models</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">The nutrition of dairy ruminants: a lever for increasing their milk quality and decreasing their methane emissions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bougouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NCGG8 8th International Symposium on Non-CO2 Greenhouse Gases Global Challenges and Local Solutions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">23th Congress of the European Society of Veterinary and Comparative Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Torino - Animal nutrition unit Dept of Veterinary Sciences, Sep 2019, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737896v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nutrition of dairy ruminants: a lever for increasing their milk quality and decreasing their methane emissions?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">A new Tier 3 method to calculate methane emission inventory for ruminant models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Viallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23th Congress of the European Society of Veterinary and Comparative Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Torino - Animal nutrition unit Dept of Veterinary Sciences, Sep 2019, Turin, Italy</w:t>
+              <w:t xml:space="preserve">8. International Symposium on Non CO2 Greenhouse Gases (NCGG8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220206v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new Tier 3 method to calculate methane emission inventory for ruminant models</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Khaled Oueslati</w:t>
+                <w:t xml:space="preserve">DataMan: initial analysis of greenhouse gas emissions from manure management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Vanderweerden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta A Alfaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Amon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Beltran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile de Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Symposium on Non CO2 Greenhouse Gases (NCGG8)</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Non CO2 Greenhouse Gases (NCGG8) on 13-14 June 2019, Amsterdam, the Netherlands</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735501v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La base de données ELFE : vers une meilleure connaissance des émissions gazeuses liées à l’élevage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11671,103 +11671,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enteric methane emissions from ruminants fed forages: Role of tannins content, a meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium on Emissions of Gas and Dust from Livestock (EmiLi)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Saint-Malo, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11805,64 +11805,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Database construction for meta-analysis of methane emissions by ruminants related to feed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinran Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium Emili</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11900,51 +11900,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Database construction for model comparisons of methane emissions by ruminants in relation to feed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinran Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ermias Kebreab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12006,320 +12006,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une base de données pour caractériser les émissions gazeuses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">La mobilité des systèmes d’élevage ovins utilisateurs d’une grande variété de ressources pâturées en Provence : impacts sur le bilan énergétique et les émissions de méthane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Tours, France</w:t>
+              <w:t xml:space="preserve">Réseau prairies – Symposium 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607648v1</w:t>
+                <w:t xml:space="preserve">hal-01608572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mobilité des systèmes d’élevage ovins utilisateurs d’une grande variété de ressources pâturées en Provence : impacts sur le bilan énergétique et les émissions de méthane</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Une base de données pour caractériser les émissions gazeuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florent Mouillot</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Ponchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseau prairies – Symposium 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Montpellier, France</w:t>
+              <w:t xml:space="preserve">12. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608572v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enteric methane emissions model considering diversity of feed resources and system management (DREEM): Case study of pastoralism in Southern Region of France Methane prediction in sheep production systems in south of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12387,64 +12387,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rénovation des systèmes d’unités d’alimentation pour les ruminants : Systali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Peyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12538,64 +12538,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12663,77 +12663,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Mouillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. 1 p</w:t>
@@ -12762,103 +12762,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enteric methane emissions of cows at grazing in two contrasted and low inputs dairy grassland-based systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Danglard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Emissions of Gas and Dust from Livestock (EMILI 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Empresa Brasileira de Pesquisa Agropecuária (EMBRAPA). BRA., Mar 2015, Florianopolis, Brazil. 5 p</w:t>
@@ -12887,77 +12887,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle d’estimation des émissions de méthane entérique prenant en compte la diversité des ressources alimentaires et la gestion du système (DREEM): étude de cas du pastoralisme dans le Sud de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13006,825 +13006,825 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts environnementaux d’additifs visant à réduire la production de méthane entérique : application aux bovins laitiers</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Influence of rumen protozoa on methane emissions in ruminants: A meta-analysis approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209215v1</w:t>
+                <w:t xml:space="preserve">hal-02750286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of rumen protozoa on methane emissions in ruminants: A meta-analysis approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Possibilités de réduire les émissions de gaz à effet de serre et d’autres impacts environnementaux dans les systèmes de production de viande bovine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Corson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 1 p</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 11 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750286v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Possibilités de réduire les émissions de gaz à effet de serre et d’autres impacts environnementaux dans les systèmes de production de viande bovine</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Intake, total-tract digestibility and methane emission of Texel and Blackbelly sheep fed C4 and C3 grasses tested simultaneously in a temperate and a tropical area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moufida Rira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Anais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Oct 2013, Paris, France. 11 diapositives</w:t>
+              <w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 285 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209231v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02745922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intake, total-tract digestibility and methane emission of Texel and Blackbelly sheep fed C4 and C3 grasses tested simultaneously in a temperate and a tropical area</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Climate change (greenhouse gas emissions) and other environmental impacts of dairy systems based either on maize silage or on grass only</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Corson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Anais</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 285 p</w:t>
+              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02745922v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change (greenhouse gas emissions) and other environmental impacts of dairy systems based either on maize silage or on grass only</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Need to conciliate beef quality, farm efficiency, environment preservation and animal welfare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Monteils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denys Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Delaby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 1 p</w:t>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2013, Nantes, France. 660 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209205v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Need to conciliate beef quality, farm efficiency, environment preservation and animal welfare</w:t>
+                <w:t xml:space="preserve">Impacts environnementaux d’additifs visant à réduire la production de méthane entérique : application aux bovins laitiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaëlle Botreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+                <w:t xml:space="preserve">Aurélie Wilfart-Monziols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Monteils</w:t>
+                <w:t xml:space="preserve">Thi Thu Hien Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denys Durand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Viêt Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Animal Production (EAAP). ITA., Aug 2013, Nantes, France. 660 p</w:t>
+              <w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749650v1</w:t>
+                <w:t xml:space="preserve">hal-01209215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La production de GES par les animaux terrestres et les moyens d'atténuation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Élevage et gaz à effets de serre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie d'Agriculture de France (AAF). FRA., Mar 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13875,64 +13875,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael S. Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13970,51 +13970,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthanogenèse et pistes de réduction des émissions de méthane entérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conseil scientifique URH. Les recherches sur les Gaz à Effet de serre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Theix, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14065,77 +14065,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Veysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Devun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Symposium on the Nutrition of Herbivores (ISNH8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Aberystwyth, United Kingdom</w:t>
@@ -14190,77 +14190,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Veysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Devun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
@@ -14283,1666 +14283,1666 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methane output in dairy cows in response to long-term feeding of grass-based diets supplemented with linseed or rapeseed</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Martin</w:t>
+                <w:t xml:space="preserve">Effect of diet rich in &amp;quot;fibre&amp;quot; or in&amp;quot;starch and lipid&amp;quot; on environmental impacts of bull-fattening system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Pomiès</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bruno Martin</w:t>
+                <w:t xml:space="preserve">Gwenola Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UMR 1334 AGAP : Equipe AFEF ‘Architecture et Fonctionnement des Espèces fruitières’ ; Team AFFS ‘Architecture and Functioning of Fruit Species’</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02758097v1</w:t>
+                <w:t xml:space="preserve">hal-01460895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of fibre- and starch-rich finishing diets on methanogenic Archaea diversity and activity in the rumen of feedlot bulls</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+                <w:t xml:space="preserve">Dietary linseed supplementation decreases methanogenic community diversity in the rumen of bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
+              <w:t xml:space="preserve">The Greenhouse Gases and Animal Agriculture (GGAA) conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756349v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary manipulation of rumen microbiota to reduce methane production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. TNO Beneficial Microbes Conference International conference on the health impact and future potential of beneficial microbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Noordwijkerhout, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary linseed supplementation decreases methanogenic community diversity in the rumen of bulls</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Comparison of methane production between temperate and tropical forage: A quantitative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Greenhouse Gases and Animal Agriculture (GGAA) conference</w:t>
+              <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750770v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of diet rich in &amp;quot;fibre&amp;quot; or in&amp;quot;starch and lipid&amp;quot; on environmental impacts of bull-fattening system</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Impacts of protozoal population on methanogenesis: A quantitative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01460895v1</w:t>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of methane production between temperate and tropical forage: A quantitative review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Comparaison des impacts environnementaux d'un système d’engraissement de taurillons utilisant une ration riche en fibres ou une ration riche en amidon et lipides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenola Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
+              <w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751283v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of protozoal population on methanogenesis: A quantitative review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Dietary linseed and starch supplementation decreases methane production of fattening bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Krauss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
+              <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02750482v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des impacts environnementaux d'un système d’engraissement de taurillons utilisant une ration riche en fibres ou une ration riche en amidon et lipides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Methane output in dairy cows in response to long-term feeding of grass-based diets supplemented with linseed or rapeseed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">UMR 1334 AGAP : Equipe AFEF ‘Architecture et Fonctionnement des Espèces fruitières’ ; Team AFFS ‘Architecture and Functioning of Fruit Species’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Greenhouse Gases and Animal Agriculture (GGAA)., 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00468-011-0629-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758547v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary linseed and starch supplementation decreases methane production of fattening bulls</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Effect of fibre- and starch-rich finishing diets on methanogenic Archaea diversity and activity in the rumen of feedlot bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gilles Renand</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture Conference</w:t>
+              <w:t xml:space="preserve">GGAA2010: 4. Greenhouse Gases and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193604v1</w:t>
+                <w:t xml:space="preserve">hal-02756349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methane production by growing bulls fed diets supplemented or not with extruded linseed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Réduction des émissions de méthane en début d’engraissement chez le taurillon alimenté avec des rations riches en concentrés et supplémentées en graine de lin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Krauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Renand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Symposium on Ruminant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193457v1</w:t>
+                <w:t xml:space="preserve">hal-01193596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction des émissions de méthane en début d’engraissement chez le taurillon alimenté avec des rations riches en concentrés et supplémentées en graine de lin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Effets de la défaunation du rumen sur la digestion du fourrage Digitaria Decumbens et sur la croissance d'agneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis Weisbecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">16. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193596v1</w:t>
+                <w:t xml:space="preserve">hal-01173508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la défaunation du rumen sur la digestion du fourrage Digitaria Decumbens et sur la croissance d'agneaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Réduction des émissions de méthane chez le taurillon alimenté avec des rations riches en concentrés et supplémentées en graine de lin extrudée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Krauss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173508v1</w:t>
+                <w:t xml:space="preserve">hal-01193497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction des émissions de méthane chez le taurillon alimenté avec des rations riches en concentrés et supplémentées en graine de lin extrudée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Methane production by growing bulls fed diets supplemented or not with extruded linseed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Krauss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Renand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Journées d’Animation Scientifique du Département de Physiologie Animale et Systèmes d’Elevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Tours, France</w:t>
+              <w:t xml:space="preserve">11. International Symposium on Ruminant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193497v1</w:t>
+                <w:t xml:space="preserve">hal-01193457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations of cellulolytic bacterial population, microbial efficiency and ruminal digestion, according to Digitaria decumbens grass maturity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Fonty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16025,51 +16025,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel online Tool for locating Research facilities and analyzing Enteric Methane data from Sub-Saharan Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Perveeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akinropo Tobi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippine Quantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16137,90 +16137,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure du méthane entérique produit par les ruminants en Enceinte Respiratoire (ER) semi-ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Anglard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Sete, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16245,77 +16245,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Microbiota Composition Data to Improve Predictive Models of Methane Emissions from Dairy Cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Blondiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16370,103 +16370,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milk fatty acids can predict enteric methane emissions from dairy cows fed various diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bougouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranga Niroshan Appuhamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ermias Kebreab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture (GGAA) conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Iguassu, Brazil. 2019</w:t>
@@ -16508,51 +16508,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La graine de lin pour atténuer les GES en élevage de bovins lait : approche bioéconomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Philippeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- Chauffard Lisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16614,411 +16614,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of starch substitution by rapeseed oil on enteric methane emission and performance in dairy cows fed grass-silage based diets</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">La graine de lin pour atténuer les émissions des GES en élevage de bovins lait : approche bioéconomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Philippeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Greenhouse Gases and Animal Agriculture (GGAA) conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Iguassu, Brazil. 2019</w:t>
+              <w:t xml:space="preserve">Apivales 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02734233v1</w:t>
+                <w:t xml:space="preserve">hal-02938168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diets supplemented with various lipid sources similarly modulate methane emissions in dairy goat and cow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Fougere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bougouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Baumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Symposium International sur la Physiologie des Ruminants (ISRP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Leipzig, Germany. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La graine de lin pour atténuer les émissions des GES en élevage de bovins lait : approche bioéconomique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Effect of starch substitution by rapeseed oil on enteric methane emission and performance in dairy cows fed grass-silage based diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ferlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Benouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apivales 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Rennes, France</w:t>
+              <w:t xml:space="preserve">The Greenhouse Gases and Animal Agriculture (GGAA) conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Iguassu, Brazil. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938168v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Database construction to predict enteric methane emission from ruminants under different nutritional mitigation strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benaouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Benaouda</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Greenhouse Gas and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Foz de Iguazo, Brazil. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17043,64 +17043,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of mathematical models to predict methane emissions from ruminants under different dietary mitigation strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benaouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xinran Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17168,51 +17168,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promising nutritional strategies to reduce enteric methane emission from ruminants – a meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Arndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander N. Hristov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17293,103 +17293,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of methane emissions from Holstein dairy cows based on milk fatty acid profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bougouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranga Niroshan Appuhamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ermias Kebreab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France. Cambridge University Press, Advances in Animal Biosciences, 9 (3), 2018, 10th. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t>
@@ -17418,77 +17418,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Tier 3 methodology to calculate methane emission inventory for ruminants (cattle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Viallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17543,103 +17543,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capturing effects of diet on emissions from ruminant systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile de Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Bannink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali R Bayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les A. Crompton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Agricultural GHG Emissions and Food Security – Connecting research to policy and practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Berlin, Germany. 2017</w:t>
@@ -17793,64 +17793,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ELFE, a database to determine greenhouse gases and ammonia emissions factors from livestock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17918,327 +17918,327 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elfe. Une base de données pour caractériser les émissions gazeuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Vigan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Espagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lorinquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2017, Journées de la Recherche Porcine en France</w:t>
+              <w:t xml:space="preserve">International Symposium on Emissions of Gas and Dust from Livestock (EmiLi)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. , 2017, Proceedings of the 3rd symposium on emission of gas and dust from livestock</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607132v1</w:t>
+                <w:t xml:space="preserve">hal-01607353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elfe. Une base de données pour caractériser les émissions gazeuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Espagnol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lorinquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Emissions of Gas and Dust from Livestock (EmiLi)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. , 2017, Proceedings of the 3rd symposium on emission of gas and dust from livestock</w:t>
+              <w:t xml:space="preserve">49. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2017, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01607353v1</w:t>
+                <w:t xml:space="preserve">hal-01607132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DREEM: model on enteric methane emissions in sheep farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mansard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Meuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18287,320 +18287,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enteric methane emissions of cows in two contrasted low input dairy grassland-based systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Comparison of three techniques for measuring enteric methane emissions by ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Arbre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Lascoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Wageningen Academic Publishers, 2016</w:t>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Academic Publishers, 2016, 67th. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742347v1</w:t>
+                <w:t xml:space="preserve">hal-02739490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three techniques for measuring enteric methane emissions by ruminants</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Enteric methane emissions of cows in two contrasted low input dairy grassland-based systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Danglard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">67. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Academic Publishers, 2016, 67th. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+              <w:t xml:space="preserve">67. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. Wageningen Academic Publishers, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739490v1</w:t>
+                <w:t xml:space="preserve">hal-02742347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating animal mobility in relation to climate change mitigation: Combining models to face methodological challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Vigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18668,103 +18668,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental impacts of feed additives used in dairy production systems using LCA approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vo Thi Ngoc Giau Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Wilfart-Monziols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture Conference (GGAA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Dublin, United Kingdom. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18802,90 +18802,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association of nitrate and linseed oil effectively reduces methane emission in ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint ISNH/ISRP International Conference 2014 : Harnessing the Ecology and Physiology of Herbivores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Canberra, Australia. 1 p., 2014, Harnessing the Ecology and Physiology of Herbivores</w:t>
@@ -18908,821 +18908,821 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of feeding forages on enteric methane emissions from ruminants: a meta-analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Global network for the development of nutrition-related strategies for mitigation of methane and nitrous oxide emissions from ruminant livestock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex N. Hristov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ermias Kebreab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. T. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint ISNH/ISRP International Conference 2014 : Harnessing the Ecology and Physiology of Herbivores</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Canberra, Australia. Proceedings of the Australian Society of Animal Production, 30, 2014, Proceedings of the Australian Society of Animal Production</w:t>
+              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Kansas City, United States. ADSA - ASAS, Journal of Animal Science, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356568v1</w:t>
+                <w:t xml:space="preserve">hal-02741974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating mobility in Mediterranean sheep farming systems in relation to climate change mitigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- Vigan Aurore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dutilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livestock, Climate Change and Food Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Madrid, Spain. 1 p., 2014, Livestock, Climate Change and Food Security</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global network for the development of nutrition-related strategies for mitigation of methane and nitrous oxide emissions from ruminant livestock</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Effect of feeding forages on enteric methane emissions from ruminants: a meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sauvant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADSA-ASAS Joint Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Kansas City, United States. ADSA - ASAS, Journal of Animal Science, 2014</w:t>
+              <w:t xml:space="preserve">Joint ISNH/ISRP International Conference 2014 : Harnessing the Ecology and Physiology of Herbivores</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Canberra, Australia. Proceedings of the Australian Society of Animal Production, 30, 2014, Proceedings of the Australian Society of Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741974v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01356568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-vivo effects of natural additives on ruminant methanogenesis, a meta-analysis approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Intake, total-tract digestibility and methane emission of Texel and Blackbelly sheep fed C4 and C3 grasses tested simultaneously in a temperate and a tropical area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moufida Rira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId511" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Anais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture Conference (GGAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 1 p., 2013, Greenhouse Gases and Animal Agriculture Conference (GGAA)</w:t>
+              <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture (GGAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Dublin, Ireland. , Advances in Animal Biosciences, 4 (2), pp.285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02745156v1</w:t>
+                <w:t xml:space="preserve">hal-02958457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intake, total-tract digestibility and methane emission of Texel and Blackbelly sheep fed C4 and C3 grasses tested simultaneously in a temperate and a tropical area</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Impacts environnementaux d'additifs visant à réduire la production de méthane entérique : application aux bovins laitiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Wilfart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V T N G Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T T H Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture (GGAA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Dublin, Ireland. , Advances in Animal Biosciences, 4 (2), pp.285</w:t>
+              <w:t xml:space="preserve">20. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02958457v1</w:t>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts environnementaux d'additifs visant à réduire la production de méthane entérique : application aux bovins laitiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Wilfart</w:t>
+                <w:t xml:space="preserve">In-vivo effects of natural additives on ruminant methanogenesis, a meta-analysis approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V T N G Nguyen</w:t>
+                <w:t xml:space="preserve">Jérôme Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T T H Nguyen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Maguy Eugène</w:t>
+                <w:t xml:space="preserve">Christelle Loncke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Paris, France. 2013</w:t>
+              <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture Conference (GGAA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. 1 p., 2013, Greenhouse Gases and Animal Agriculture Conference (GGAA)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04146803v1</w:t>
+                <w:t xml:space="preserve">hal-02745156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of enteric methane emission by SF6 tracer technique: permeation tubes must be calibrated after incubation in the rumen for an accurate quantification.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium on emission of gas and dust from livestock</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Saint-Malo, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19747,77 +19747,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méta-analyse des effets d’additifs alimentaires sur la méthanogénèse des ruminants, in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19868,64 +19868,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael S. Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19963,103 +19963,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production de méthane par des ruminants nourris uniquement avec des fourrages tempérés ou tropicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées 3R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Paris, France. </w:t>
@@ -20101,103 +20101,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of methane production between temperate and tropical forages: A quantitative review.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Marie-Magdeleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Boval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Greenhouse Gases and Animal Agriculture (GGAA) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Banff, Canada</w:t>
@@ -20297,51 +20297,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Thiollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Archimède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bastianelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20385,51 +20385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring emissions from livestock farming: greenhouse gases, ammonia and nitrogen oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20512,51 +20512,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : gaz à effet de serre, ammoniac et oxydes d‘azote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20671,51 +20671,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of plant bioactive compounds to reduce greenhouse gas emissions from farmed ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20723,51 +20723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reducing greenhouse gas emissions from livestock production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.231-260, 2021, </w:t>
@@ -20805,90 +20805,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émissions gazeuses de NH3, N2O, CH4 et CO2 en élevage avicole, bovin et porcin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélynda Hassouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Lagadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -20924,606 +20924,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02410528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enteric methane emissions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Émissions de méthane entérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Feeding System for Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Academic Publishers, pp.209-212, 2018, 978-90-8686-292-4. </w:t>
+              <w:t xml:space="preserve">Inra, 2018. Alimentation des ruminants : Apports nutritionnels - Besoins et réponses des animaux - Rationnement - Tables des valeurs des aliments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4ème ed., </w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-292-4⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.243-247, 2018, 978-2-7592-2867-6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840949v1</w:t>
+                <w:t xml:space="preserve">hal-02787464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émissions de méthane entérique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Enteric methane emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sauvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inra, 2018. Alimentation des ruminants : Apports nutritionnels - Besoins et réponses des animaux - Rationnement - Tables des valeurs des aliments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 4ème ed., </w:t>
+              <w:t xml:space="preserve">INRA Feeding System for Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academic Publishers, pp.209-212, 2018, 978-90-8686-292-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions Quae</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-292-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787464v1</w:t>
+                <w:t xml:space="preserve">hal-01840949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiche 17- Mesure du méthane (CH4) et du dioxyde de carbone (CO2) émis par les ruminants en enceintes semi-ouvertes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Fiche 18- Mesure de la respiration (CO2) et du méthane entérique (CH4) émis par les ruminants à l’aide d’un traceur (SF6)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jessie Guyader</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : Gaz à effet de serre, ammoniac et oxydes d’azote</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RMT Elevages et environnement, 2015</w:t>
+              <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : Gaz à effet de serre, ammoniac et oxydes d'azote</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RMT Elevages et environnement, 315 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02794047v1</w:t>
+                <w:t xml:space="preserve">hal-02799708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cas 4 - Mesurer les émissions de méthane entérique des ruminants avec la technique du gaz traceur SF6: comparaison de rations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Cas 3 - Mesurer les émissions de méthane entérique des ruminants en enceinte dynamique (semi-ouverte): comparaison de rations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessie Guyader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : Gaz à effet de serre, ammoniac et oxydes d’azote</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, RMT Elevages et environnement, 2015</w:t>
+              <w:t xml:space="preserve">, RMT Elevages et environnement, 316 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02792888v1</w:t>
+                <w:t xml:space="preserve">hal-02800771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiche 18- Mesure de la respiration (CO2) et du méthane entérique (CH4) émis par les ruminants à l’aide d’un traceur (SF6)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Cas 4 - Mesurer les émissions de méthane entérique des ruminants avec la technique du gaz traceur SF6: comparaison de rations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : Gaz à effet de serre, ammoniac et oxydes d'azote</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RMT Elevages et environnement, 315 p., 2015</w:t>
+              <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : Gaz à effet de serre, ammoniac et oxydes d’azote</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RMT Elevages et environnement, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799708v1</w:t>
+                <w:t xml:space="preserve">hal-02792888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cas 3 - Mesurer les émissions de méthane entérique des ruminants en enceinte dynamique (semi-ouverte): comparaison de rations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Fiche 17- Mesure du méthane (CH4) et du dioxyde de carbone (CO2) émis par les ruminants en enceintes semi-ouvertes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessie Guyader</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mesurer les émissions gazeuses en élevage : Gaz à effet de serre, ammoniac et oxydes d’azote</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, RMT Elevages et environnement, 316 p., 2015</w:t>
+              <w:t xml:space="preserve">, RMT Elevages et environnement, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02800771v1</w:t>
+                <w:t xml:space="preserve">hal-02794047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -21541,90 +21541,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vidéo : Comprendre, Quantifier et Prédire les émissions de méthane des ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvanne Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Anglard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21674,90 +21674,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l'Elevage de Ruminants et de porcINs ; Scénarios d’évolution du cadre socio-économique de l’agriculture à l’horizon 2050</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Veysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Larroque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21792,90 +21792,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the precision and accuracy of models of enteric methane emissions from ruminants using Bayesian inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Blondiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Hernando Cabezas-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristan Foster Reed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21910,90 +21910,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic sensitivity analysis of a mathematical model describing the effect of the macroalgae Asparagopsis taxiformis on rumen fermentation and methane production under in vitro continuous conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Blondiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Senga Kiessé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22011,103 +22011,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies to mitigate enteric methane emissions by ruminants - a way to approach the 2.0°C target.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Arndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Hristov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Price</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shelby Mcclelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amalia Pelaez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -22277,389 +22277,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minutes de l’atelier</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proposition et évaluation d’une solution de prédiction des émissions de CH4 en zone tropicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Raphaël Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maguy Eugène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vincent Blanfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] Livrable 2.3.3, Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). 2014</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katja Klumpp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Livrable 2.3.1., Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02800989v1</w:t>
+                <w:t xml:space="preserve">hal-02793426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition et évaluation d’une solution de prédiction des émissions de CH4 en zone tropicale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Impact de la conduite alimentaire des bovins laitiers, notamment nourris à l’herbe, sur les émissions de méthane, l’ingestion, la digestion et la production laitière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Delagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId567" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] Livrable 2.3.1., Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). 2014</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Farruggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] Parc Naturel Régional Normandie‐Maine. 2014, 65 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02793426v1</w:t>
+                <w:t xml:space="preserve">hal-01210911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la conduite alimentaire des bovins laitiers, notamment nourris à l’herbe, sur les émissions de méthane, l’ingestion, la digestion et la production laitière</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Minutes de l’atelier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harry Archimède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Blanfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Livrable 2.3.3, Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Farruggia</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-01210911v1</w:t>
+                <w:t xml:space="preserve">hal-02800989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des additifs naturels des plantes sur la méthanogénèse des ruminants en condition in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] INZO23000476, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -22681,51 +22681,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet « MONDFERENT » - Emissions de méthane par les bovins en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22803,103 +22803,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DéfiViande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bauchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] Institut National de la Recherche Agronomique (INRA). 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -22925,77 +22925,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DéfiViande&amp;quot; - Rapport d'étape-Première année - Bilan d’avancement des travaux 1ère campagne 2008-2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Mialon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bauchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23079,51 +23079,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la défaunation de ruminants sur les performances de production, en fonction de la ration ingérée. Etude des variations de la protéosynthèse et de la cellulolyse microbienne ruminale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. INAPG (AgroParisTech), 2002. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2002INAP0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -23150,51 +23150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la defaunation des ruminants sur les performances de production, en fonction de la ration ingérée. Etude des variations de la protéosynthèse et de cellulolyse microbienne ruminale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Eugène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Agronomique, 2002. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -23247,51 +23247,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
+                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
@@ -23323,97 +23323,97 @@
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791448v1</w:t>
+                <w:t xml:space="preserve">hal-02791226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
+                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
@@ -23445,73 +23445,73 @@
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791226v1</w:t>
+                <w:t xml:space="preserve">hal-02791448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId586"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -23587,51 +23587,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C04D9C9C"/>
+    <w:nsid w:val="25D077DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -23818,51 +23818,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maguy-eugene" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2111-0597" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05526674v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Habibou Assouma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2026.39.1.9470" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04947783v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Waters" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roskam" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Smith" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Kenny" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Popova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25778" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05363255v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blondiaux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19189/001c.143644" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349869v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.F. Akinropo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ricci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faverin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ciganda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101665" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04876739v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dijkstra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bannink" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhermo F.S. Congio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer L Ellis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25049" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071015v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouchon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bord" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.G. Bloor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25730" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213796v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyce Monteiro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flabiele S Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adibe L Abdalla" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto-Mendes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-025-04607-0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792667v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M H Kjeldsen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Johansen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Weisbjerg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L.F. Hellwing" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bannink" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-24414" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792684v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Figueiredo Granja Doril&#234;o Leite" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Faverin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Ciganda" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Cristobal-Carballo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar dos Reis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175218" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04247372v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto Mendes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fanchone" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C Pedreira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167396" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04336074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Bedoya Mazo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Posada-Ochoa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rosero-Noguera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bayat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2023.105342" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331242v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyang Zhang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shili Lin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Moraes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Firkins" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander N Hristov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-48449-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331213v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benaouda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051x.2023.2244525" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Morgavi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100830" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009386v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Belanche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hristov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk van Lingen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Denman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ermias Kebreab" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.135523" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03594433v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Dhumez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph-Alexandre J.-A. Tessier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Mart&#237;n-Garc&#237;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Eymard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2022.100006" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611420v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2022.103406" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03786693v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bougouin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029922000498" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013674v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bougouin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hristov" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dijkstra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Aguerre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahvenj&#228;rvi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-20885" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03900057v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Arndt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Price" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby Mcclelland" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Pelaez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111294119" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128215v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo Vibart" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile de Klein" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Jonker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony van Der Weerden" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.144989" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128178v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jurquet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrence Dechaux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Rochette" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2020.11.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03300248v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfs.12540" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103984v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Foug&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2020.114783" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949602v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dict Yanibada" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Hohenester" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72145-w" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625950v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Viallard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Oueslati" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.10.086" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159608v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk J. Van Lingen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutian Niu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#227;o C. Valadares Filho" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rooke" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106575" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154630v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeyamalar Jeyanathan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-019-0342-9" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387595v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Vigan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Guingand" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Brame" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2019.01.0007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622653v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. D. Ranga Niroshan Appuhamy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kebreab" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15940" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154622v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.03.024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569211v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinran Li" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2019.114207" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628617v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander N. Hristov" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonpyo Oh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14094" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621194v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanlierde" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Soyeurt" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gengler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Colinet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Froidmont" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-14472" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621218v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Rira" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fleury" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Lastel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.03.059" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Lascoux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky033" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629413v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mansard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2018.07.024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626521v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Hristov" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Niu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oh" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13536" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605970v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Guyader" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;rard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11644" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607224v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dolle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chambaut" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513779191662847E12" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607047v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouillot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.03.020" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7LZ3DKH7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641513v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Hammond" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Crompton" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Y&#225;&#241;ez-Ruiz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2016.05.018" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281835v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Arbre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Gomez" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AN15512" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631451v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9367" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631969v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2014-8196" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639438v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114001852" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173645v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AN1461" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209113v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyet Hanh Nguyen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2013.01.028" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB80MVZQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209142v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-013-0605-1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-63NW1Z5P-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209148v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112002200" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209098v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devun" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2012.02.010" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652144v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouki Benchaar" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Romero-P&#233;rez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P y Chouinard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hassanat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5455" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193677v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Mialon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krauss" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.023" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02454712v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doreau" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.060" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650335v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647800v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.003" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646465v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173497v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Weisbecker" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731109991194" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654514v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173493v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vermorel" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Jouany" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noblet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889929v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet-Doreau&#8224;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fonty" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2004008" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889928v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Weisbecker" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Periacarpin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Saminadin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2004004" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681243v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0301-6226(03)00117-9" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJ2HXJ6X-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697175v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aprelon" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349921v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montout" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Giscard Topia M'Pangi" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05372609v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.07.285" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349918v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Pastell" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Anestis" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Romera" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mancebo Mazzetto" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ricci" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05123192v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Nguyen-Ba" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Castro Dias Castro Dias Cuyabano" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750397v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H. Cabezas-Garcia" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Reed" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05196001v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banira Lombardi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Dynes" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Taylor" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony van der Weerden" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750366v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818222v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akinropo Tobi" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias Steve Adjassin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A Odedire" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04751217v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Akinropo" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829762v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nozi&#232;re" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dou" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174207v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229892v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bord" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180484v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Bois" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ickowicz" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720781v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Abdalla" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.418" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396965v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.411" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823848v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud-Liautaud" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256528v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt, C" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hristov, A." TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Price" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelaez, A." TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737381v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Vanderweerden" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta A Alfaro" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Amon" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Beltran" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Klein" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737664v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737897v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Gastelen" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Sebek" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788492v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737896v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les A. Crompton" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lanigan" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220206v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735501v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734465v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eglin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Espagnol" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830338v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737307v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737899v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.T. Yu" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607648v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ponchant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Espagnol" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608572v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743817v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741160v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738688v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741921v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Danglard" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournier" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743497v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209215v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart-Monziols" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Hien Nguyen" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vi&#234;t Hung Nguyen" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750286v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209231v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745922v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Anais" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209205v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749650v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186810v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209203v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801992v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744601v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Veysset" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748770v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758097v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-011-0629-8" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756349v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750661v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750770v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460895v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Chesneau" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751283v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750482v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758547v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193604v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193457v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193596v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173508v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193497v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835498v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Millet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349907v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Perveeva" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Quantin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hery-Manoha Ratovoarisoa" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zara Ehl Boube" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249809v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Anglard" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04184003v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Graviou" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bougoin" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738030v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranga Niroshan Appuhamy" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735046v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Philippeau" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Chauffard Lisa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chanteloube" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debrut" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734233v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benouda" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789381v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fougere" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938168v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738315v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159601v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737304v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby C. Mcclelland" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735258v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736389v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737306v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali R Bayat" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737505v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vanlierde" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehareng" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gengler" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Mathot" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kreuzer" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282316v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guingand" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607132v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lorinquer" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607353v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743381v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742347v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739490v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741694v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dutilly" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209281v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vo Thi Ngoc Giau Nguyen" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744062v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356568v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739987v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Vigan Aurore" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741974v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex N. Hristov" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. T. Yu" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745156v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pineau" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958457v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146803v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V T N G Nguyen" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T T H Nguyen" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744576v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03081369v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461064v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755178v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/43432.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958462v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293337v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5704543715167085E12" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567208v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colomb" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/animal_emissions/Page-d-accueil/Actualites/Mesurer-les-emissions-gazeuses-en-elevage" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590618v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Cellier" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318574v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/as.2020.0077.13" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410528v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lagadec" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840949v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-292-4" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787464v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794047v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792888v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799708v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800771v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820773v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Anglard" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023056v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04988924v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Hernando Cabezas-Garcia" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristan Foster Reed" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628905v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501865v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800989v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Martin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793426v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210911v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802407v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356565v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809726v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bauchart" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817484v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Krauss" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000348v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2002INAP0015" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02831414v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maguy-eugene" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2111-0597" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05526674v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Habibou Assouma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Berthelot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2026.39.1.9470" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05363255v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blondiaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Senga Kiess&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19189/001c.143644" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04947783v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Waters" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roskam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Smith" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Kenny" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Popova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25778" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04876739v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dijkstra" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bannink" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhermo F.S. Congio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer L Ellis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25049" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349869v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.F. Akinropo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ricci" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Faverin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ciganda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mu&#241;oz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101665" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071015v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bouchon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bord" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferlay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.G. Bloor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2024-25730" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213796v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyce Monteiro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flabiele S Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adibe L Abdalla" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto-Mendes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-025-04607-0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792667v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M H Kjeldsen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Johansen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Weisbjerg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L.F. Hellwing" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bannink" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2023-24414" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04247372v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto Mendes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fanchone" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C Pedreira" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167396" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Figueiredo Granja Doril&#234;o Leite" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Faverin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Ciganda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Cristobal-Carballo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar dos Reis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175218" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04336074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Bedoya Mazo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Posada-Ochoa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rosero-Noguera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bayat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2023.105342" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331242v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyang Zhang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shili Lin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Moraes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Firkins" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander N Hristov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-48449-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174171v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.P. Morgavi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100830" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331213v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benaouda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051x.2023.2244525" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009386v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Belanche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hristov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk van Lingen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Denman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ermias Kebreab" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.135523" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611420v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2022.103406" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03786693v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bougouin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022029922000498" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04013674v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bougouin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hristov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dijkstra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Aguerre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ahvenj&#228;rvi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-20885" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03900057v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Arndt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Price" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby Mcclelland" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Pelaez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2111294119" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03594433v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Dhumez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph-Alexandre J.-A. Tessier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.I. Mart&#237;n-Garc&#237;a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Eymard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2022.100006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03300248v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sauvant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gfs.12540" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128215v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronaldo Vibart" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile de Klein" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Jonker" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony van Der Weerden" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.144989" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128178v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jurquet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrence Dechaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Rochette" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2020.11.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103984v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Foug&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2020.114783" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949602v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dict Yanibada" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Hohenester" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72145-w" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625950v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Viallard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Oueslati" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2018.10.086" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159608v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk J. Van Lingen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutian Niu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#227;o C. Valadares Filho" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rooke" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106575" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154622v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Aubin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.03.024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154630v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeyamalar Jeyanathan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-019-0342-9" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387595v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Vigan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lynda Hassouna" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Guingand" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Brame" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Edouard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2134/jeq2019.01.0007" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622653v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. D. Ranga Niroshan Appuhamy" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kebreab" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15940" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569211v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinran Li" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2019.114207" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628617v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander N. Hristov" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joonpyo Oh" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14094" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621218v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Archim&#232;de" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Rira" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fleury" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Lastel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.03.059" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621194v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanlierde" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Soyeurt" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gengler" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Colinet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Froidmont" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-14472" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621443v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Lascoux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/sky033" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629413v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mansard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meuret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smallrumres.2018.07.024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626521v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Hristov" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Niu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oh" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13536" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605970v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Guyader" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G&#233;rard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11644" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607224v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dolle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chambaut" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Delagarde" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.513779191662847E12" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607047v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mouillot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2017.03.020" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7LZ3DKH7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281835v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Arbre" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Gomez" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AN15512" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641513v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. Hammond" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Crompton" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R. Y&#225;&#241;ez-Ruiz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2016.05.018" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631969v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2014-8196" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631451v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9367" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639438v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114001852" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173645v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/AN1461" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209113v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyet Hanh Nguyen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2013.01.028" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RB80MVZQ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209142v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-013-0605-1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-63NW1Z5P-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209148v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112002200" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652144v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaouki Benchaar" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Romero-P&#233;rez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P y Chouinard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hassanat" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2012-5455" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209098v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devun" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2012.02.010" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650335v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02454712v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Mialon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doreau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.060" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647800v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Marie-Magdeleine" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Boval" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.003" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646465v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193677v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krauss" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renand" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2011.04.023" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173497v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Weisbecker" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731109991194" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654514v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173493v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vermorel" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Jouany" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noblet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889929v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet-Doreau&#8224;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fonty" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2004008" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889928v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Weisbecker" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Periacarpin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Saminadin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2004004" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681243v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0301-6226(03)00117-9" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJ2HXJ6X-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697175v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aprelon" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05372609v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.07.285" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349918v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Pastell" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Anestis" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Romera" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mancebo Mazzetto" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ricci" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05123192v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Nguyen-Ba" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Castro Dias Castro Dias Cuyabano" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349921v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Montout" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandonnet" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Giscard Topia M'Pangi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05196001v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banira Lombardi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Dynes" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Taylor" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony van der Weerden" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750366v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818222v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akinropo Tobi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias Steve Adjassin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A Odedire" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04751217v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Akinropo" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04829762v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nozi&#232;re" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dou" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750397v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H. Cabezas-Garcia" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.F. Reed" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174207v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04229892v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bouchon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bord" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180484v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Bois" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ickowicz" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396965v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.411" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720781v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Abdalla" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.418" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823848v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Graulet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Irlinger" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud-Liautaud" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256528v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt, C" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hristov, A." TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. Price" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelaez, A." TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737664v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737897v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Gastelen" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Sebek" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Klein" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788492v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737896v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Les A. Crompton" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lanigan" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04220206v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735501v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737381v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Vanderweerden" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta A Alfaro" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Amon" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Beltran" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734465v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eglin" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Espagnol" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830338v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737307v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737899v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.T. Yu" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608572v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607648v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ponchant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Espagnol" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743817v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356577v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741160v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738688v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741921v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Danglard" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fournier" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743497v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750286v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209231v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745922v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Anais" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209205v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749650v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209215v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wilfart-Monziols" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Hien Nguyen" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vi&#234;t Hung Nguyen" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186810v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209203v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801992v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744601v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Veysset" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748770v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460895v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Chesneau" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750770v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750661v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751283v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750482v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758547v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193604v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758097v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-011-0629-8" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756349v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193596v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173508v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193497v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193457v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835498v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Millet" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349907v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Perveeva" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Quantin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hery-Manoha Ratovoarisoa" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zara Ehl Boube" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249809v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Anglard" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04184003v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Graviou" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bougoin" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738030v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranga Niroshan Appuhamy" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735046v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Philippeau" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Chauffard Lisa" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chanteloube" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debrut" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938168v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789381v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fougere" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734233v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benouda" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738315v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159601v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737304v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby C. Mcclelland" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735258v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736389v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737306v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali R Bayat" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737505v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Vanlierde" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehareng" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gengler" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Mathot" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kreuzer" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282316v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robin" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Guingand" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607353v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lorinquer" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607132v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743381v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739490v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742347v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741694v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dutilly" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209281v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vo Thi Ngoc Giau Nguyen" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744062v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741974v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex N. Hristov" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. T. Yu" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739987v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Vigan Aurore" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356568v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958457v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146803v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V T N G Nguyen" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T T H Nguyen" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745156v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pineau" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Loncke" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744576v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03081369v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461064v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755178v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/43432.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958462v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293337v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Heuz&#233;" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tran" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5704543715167085E12" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567208v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Eglin" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colomb" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.inra.fr/animal_emissions/Page-d-accueil/Actualites/Mesurer-les-emissions-gazeuses-en-elevage" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590618v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Cellier" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318574v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Maxin" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/as.2020.0077.13" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410528v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lagadec" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787464v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840949v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-292-4" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799708v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800771v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792888v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794047v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820773v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Anglard" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023056v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04988924v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Hernando Cabezas-Garcia" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristan Foster Reed" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628905v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501865v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793426v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Martin" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blanfort" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210911v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800989v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802407v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356565v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809726v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bauchart" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817484v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Krauss" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000348v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2002INAP0015" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02831414v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>