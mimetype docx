--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mahé Ben Hamed </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de Recherche CNRS - Laboratoire Pacte (UMR 5194, Grenoble, France) - Équipe Justice Sociale</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">maheben-hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5486-6788</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">089426010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pendant près de 20 ans, mes recherches se sont situées en anthropologie linguistique, à l'interface des Sciences du Langage et de celles de la Nature. Biologiste de formation, j'ai appréhendé la question de la diversité des langues du monde à partir du cadre théorique et méthodologique de l'écologie évolutive pour, d'une part, outiller de façon pertinente la sociolinguistique historique face aux enjeux de massification des données de description des langues, et d'autre part, étudier des domaines linguistiques particuliers, constitués à différentes échelles géographiques et profondeurs historiques, et dont l'étude a longtemps été pensée à partir de modèles évolutifs linéaires et euro-centrés. Outre les dynamiques mêmes d'évolution qui interrogent le partage nature/culture, les langues et les systèmes sociolinguistiques subissent des dynamiques d’homogénéisation et d'extinction similaires à celles qui affectent les espèces et écosystèmes naturels, invitant à penser conjointement la préservation des modes du Vivant naturels et culturels.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Parallèlement à ces recherches, et à titre personnel, je me suis formée depuis 2011 à plusieurs pratiques contemplatives et somatiques (pratiques centrées sur la perception du corps, du geste et du mouvement), en m'intéressant à leurs usages cliniques - en particulier autour de la question du traumatisme - et aux débordements de ces usages hors des institutions du soin. Depuis quelques années, ce fil de vie est également devenu un fil directeur de mes recherches, et j'ai réorienté mes activités de chercheure autour des usages politisés des somatiques et du contemplatif (comme pratiques et comme épistémologies) par des mouvements de justice sociale (et environnementale) aux États-Unis, en Grande-Bretagne, et en Europe continentale. Conjuguant les postures de praticienne, de facilitatrice et de chercheure, j'étudie:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les reformulations critiques des somatiques et du contemplatif par ces mouvements à partir de corporé(al)ités historiquement et systémiquement marginalisées;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les formes de citoyenneté et les actions collectives qui en émergent, notamment autour des notions de justice guérissante (healing justice), de démocratie profonde (deep democracy) et d'abolitionnisme somatique;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les imaginaires, utopies et futurismes qui s'y développent, ainsi qu'aux théorisations des somatiques et du contemplatif comme technologies du changement social.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enfin, je mobilise les somatiques et le contemplatif pour explorer des formes alternatives et participatives de production et de partage des savoirs, notamment au travers des médiums du son, du théâtre d'objets, de l'improvisation et des écritures éphémères.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Section CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Langage (34)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie, Sciences du Langage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots-Clés</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Usages politisés des pratiques somatiques et contemplatives</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Épistémologies critiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Corporé(al)ités et/en crise</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Expériences et sensibilités minorées</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activismes Somatiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Citoyennetés thérapeutiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoires culturelles et cultures affectives</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recherches participatives</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recherche-création</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écritures sensibles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champs Géographiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Amérique du Nord, Grande-Bretagne, Europe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healing myths, yoga styles and social bodies: Socio-logics of yoga as a health practice in the socially stratified city of Marseille, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Special Issue on Yoga Bodies ('Yoga Bodies, Yoga Minds'), 28 (3), pp.374-394. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13648470.2021.1949963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discursive Processes of Intergenerational Transmission of Recent History: (Re)Making Our Past. [Review]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30 (2), pp.211-213. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0957926519830541c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of phonetic complexity in Arabic, Berber, English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Gayraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Lahrouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Linguistics / Revue canadienne de linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (4), pp.527-555. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/cnj.2018.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01774442v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review: Johannes Angermuller, Analyse du discours poststructuraliste: Les voix du sujet dans le langage chez Lacan, Althusser, Foucault, Derrida, Sollers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (3), pp.359-360. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0957926516629754d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Ingjerd Hoëm (2015) - Languages of Governance in Conflict : Negotiating democracy in Tokelau (John Benjamins)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of Arabic(s): Making the Idiom speak for the Deme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Hamdi-Sultan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modern Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (8), pp.94-116. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/ijma.v1i8.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01740835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récits de mort et souvenir traumatique. Trames et traces lexicales des témoignages sur la Shoah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argumentation et Analyse du Discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Varia, 13, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aad.1836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01253245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invited comment on Alain Testart - Reconstructing Social and Cultural Evolution : The Case of Dowry in the Indo-European Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Testart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (1), pp.44-45. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/668679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gènes et Langues : Une longue histoire commune ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 19, pp.243-264. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.5363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique et Sciences Humaines : De la coévolution à la corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers gabonais d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Numéro Spécial Génétique et sciences humaines (19)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique et Sciences Humaines : Une bibliographie commentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers gabonais d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Numéro Spécial Génétique et sciences humaines (19)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stuck in the forest: Trees, networks and Chinese dialects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diachronica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 23(1), pp.29-60. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/dia.23.1.04ham⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On cladistic reconstruction of linguistic trees through vowel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1 (12), pp.79-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00363669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neighbour-nets portray the Chinese dialect continuum and the linguistic legacy of China’s demic history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 272, pp.1015-1022. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2004.3015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cladistic reconstruction of linguistic trees through vowel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 12(1), pp.79-109. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09296170500055467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The origin and expansion of Afroasiatic: methodology for a pluridisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15, pp.79-99. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomadic Roots, Feminine Roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tiempo y Papel; Lanzarote [Canarias. Espagne]. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconocer Lanzarote. First notebook. Nomadic Roots [Raíces nómadas]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2023, ISBN: 978-84-121492-8-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raíces nómadas, raíces femeninas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tiempo y Papel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">re.conocer Lanzarote - Cuaderno Primero - Raíces nómadas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, ISBN: 978-84-121492-6-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps de l’Histoire, Temps de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascaline Lefort; Christophe Rey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres et témoignages de guerres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Lambert-Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Linguistique et sociolinguistique, 978-2-35935-333-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sapere Aude… et douter. La science comme voie moyenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Silberstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la science… pour vous ? Tome 2 : 51 scientifiques, philosophes et amateurs de sciences répondent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Matériologiques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.69-72, 2018, 978-2-37361-165-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylo-Linguistics: Enacting Darwin’s Linguistic Image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HEAMS, Thomas and HUNEMAN, Philippe and LECOINTRE, Guillaume and SILBERSTEIN, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Evolutionary Thinking in the Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.825-852, 2015, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-9014-7_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards (phylo-)linguistiques sur l'évolution des concepts scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Charbonnat, Mahé Ben Hamed, Guillaume Lecointre (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apparenter la pensée ? Vers une phylogénie des concepts savants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Matériologiques - Collection Sciences &amp; Philosophie, pp.187-218, 2014, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.charb.2014.01.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Apparenter la pensée ? Saisir l’évolution et la phylogénie des concepts savants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Charbonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apparenter la pensée ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Matériologiques, pp.3, 2014, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.charb.2014.01.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir le sens dans les deux sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Dister; Dominique Longrée; Gérald Purnelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2012 - Actes des 11es Journées Internationales d’Analyse Statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de Liége / Facultés Universitaires Saint Louis - Bruxelles.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-133, 2012, 978-2-9601246-0-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNIDIA: a database for deriving Diachronic Universals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Flavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etleva Vocaj, Fernande Dupuis, Monique Dufresnes (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Linguistics 2007: Selected papers from the 18th International Conference on Historical Linguistics, Montreal, 6–11 August 2007 - Current Issues in Linguistic Theory 308</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.259-268, 2009, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.308.21ham⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La linguistique historique, nouveau terrain d’expérimentation de la phylogénie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Silberstein, Philippe Huneman, Thomas Heams, Guillaume Lecointre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes Darwiniens: L'évolution de l'évolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Syllepse, pp.975-996, 2009, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.heams.2011.02.1235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme une guerre qui ne finissait jamais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Botiveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De silences et d'eau fraîche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Fonvielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèmes et thématiques dans le discours politique [dossier thématique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 108, 2015, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mots.21969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost & found in translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASA18 - Sociality, Matter, and the Imagination: Re-Creating Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University, Association of Social ANthropologists of the UK &amp; Commonwealth, Sep 2018, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unclaimable rhythm of the wounded memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Holocaust and the Contemporary World International Interdisciplinary Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Cracovia, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps de l’Histoire, Temps de la Mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Burnod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Dauchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrei Mougoutov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international pluridisciplinaire Guerres et Témoignages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jules Verne, Nov 2014, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaning Genesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Applied Linguistics Association Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giving a face to the enemy terrorist images in the American press in the wake of 9/11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Languaging Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Naples -, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux faces des cooccurrences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La cooccurrence : du fait statistique au fait textuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer des distances par la cooccurrence. Du discours politique contemporain aux textes classiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues anciennes et analyse statistique : cinquante ans aprés. Distances textuelles et intertextualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-evaluating the Indo-European subbranching phylogeny of Ringe, Warnow & Taylor (2002)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Wenzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Freudenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian D. Joseph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Annual Martin Luther King Day Linguistics Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ohio State University, Jan 2009, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNIDIA : a database of diachronic universals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Historical Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Quebec at Montreal, Aug 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which words could tell the history of Chinese dialects ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual New Zealand Phylogenetics Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2005, Whitianga, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pareto-Parsimony and Historical Linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Charleston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell Gray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MBE’O5 - Molecular Biology and Evolution Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About Congruence between data sets, pairwise matrices and tree topologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Mathematical Genetics Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing the history of Chinese through lexicon: Cladistics, distances and trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIe Willi Hennig Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discretization and Human Populations Cladistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la Société d’Anthropologie de Paris: Réflexion sur les Méthodes utilisées en Anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et expansion de l’afro-asiatique: des limites méthodologiques de la génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVème Colloque du Groupe des Anthropologues de Langue Française (GALF): Biodiversité des populations humaines de Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Marrakech, Maroc, 22-25 Septembre 2003, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et expansion de l’afro-asiatique: méthodologie pour une approche pluridisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la Société d’Anthropologie de Paris: Histoire des Peuplements - approches interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction cladistique d’arbres linguistiques par les voyelles. Quels apports pour les typologies linguistiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Typologie des langues et Universaux linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de Congruence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALPHY - Conférence Annuelle de Bioinformatique et de Génomique comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Evolutionary Biology to the Evolution of Languages: the edge of transposability,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Culture and Mind Conference : Integrating Perspectives and Methodologies in the study of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Portsmouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Genetics help unravel the Afroasiatic cradle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounes Chikhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on the Evolution of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is congruence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Culture and Mind Conference : Integrating Perspectives and Methodologies in the study of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Portsmouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cladistic reconstruction of linguistic trees through vocalic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on the Evolution of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Harvard, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation arborée, représentation spatiale : comment choisir ? De la diversité des populations humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Dugoujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guénoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egidio Marsico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées 2001 de la Société Française de Systématique: Systématique et Biogéographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi y a-t-il des langues différentes ? Cité-Langage, Parcours Les langues dans le Monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi une nouvelle langue apparaît-elle ? Cité-Langage, Parcours Les origines du Langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DiaDM Project - A web-based platform for Diachronic Data and Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04124528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId116"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mahé Ben Hamed </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de Recherche CNRS - Laboratoire Pacte (UMR 5194, Grenoble, France) - Équipe Justice Sociale</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">maheben-hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5486-6788</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">089426010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pendant près de 20 ans, mes recherches se sont situées en anthropologie linguistique, à l'interface des Sciences du Langage et de celles de la Nature. Biologiste de formation, j'ai appréhendé la question de la diversité des langues du monde à partir du cadre théorique et méthodologique de l'écologie évolutive pour, d'une part, outiller de façon pertinente la sociolinguistique historique face aux enjeux de massification des données de description des langues, et d'autre part, étudier des domaines linguistiques particuliers, constitués à différentes échelles géographiques et profondeurs historiques, et dont l'étude a longtemps été pensée à partir de modèles évolutifs linéaires et euro-centrés. Outre les dynamiques mêmes d'évolution qui interrogent le partage nature/culture, les langues et les systèmes sociolinguistiques subissent des dynamiques d’homogénéisation et d'extinction similaires à celles qui affectent les espèces et écosystèmes naturels, invitant à penser conjointement la préservation des modes du Vivant naturels et culturels.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Parallèlement à ces recherches, et à titre personnel, je me suis formée depuis 2011 à plusieurs pratiques contemplatives et somatiques (pratiques centrées sur la perception du corps, du geste et du mouvement), en m'intéressant à leurs usages cliniques - en particulier autour de la question du traumatisme - et aux débordements de ces usages hors des institutions du soin. Depuis quelques années, ce fil de vie est également devenu un fil directeur de mes recherches, et j'ai réorienté mes activités de chercheure autour des usages politisés des somatiques et du contemplatif (comme pratiques et comme épistémologies) par des mouvements de justice sociale (et environnementale) aux États-Unis, en Grande-Bretagne, et en Europe continentale. Conjuguant les postures de praticienne, de facilitatrice et de chercheure, j'étudie:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les reformulations critiques des somatiques et du contemplatif par ces mouvements à partir de corporé(al)ités historiquement et systémiquement marginalisées;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les formes de citoyenneté et les actions collectives qui en émergent, notamment autour des notions de justice guérissante (healing justice), de démocratie profonde (deep democracy) et d'abolitionnisme somatique;</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">les imaginaires, utopies et futurismes qui s'y développent, ainsi qu'aux théorisations des somatiques et du contemplatif comme technologies du changement social.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enfin, je mobilise les somatiques et le contemplatif pour explorer des formes alternatives et participatives de production et de partage des savoirs, notamment au travers des médiums du son, du théâtre d'objets, de l'improvisation et des écritures éphémères.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Section CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Langage (34)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie, Sciences du Langage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots-Clés</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Usages politisés des pratiques somatiques et contemplatives</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Épistémologies critiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Corporé(al)ités et/en crise</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Expériences et sensibilités minorées</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activismes Somatiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Citoyennetés thérapeutiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mémoires culturelles et cultures affectives</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recherches participatives</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recherche-création</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écritures sensibles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champs Géographiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Amérique du Nord, Grande-Bretagne, Europe</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réparer ce qui nous sépare : les pratiques somatiques au risque des sous-communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature et récréation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Les Communs Récréatifs, 17, pp.20-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Healing myths, yoga styles and social bodies: Socio-logics of yoga as a health practice in the socially stratified city of Marseille, France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropology and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Special Issue on Yoga Bodies ('Yoga Bodies, Yoga Minds'), 28 (3), pp.374-394. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13648470.2021.1949963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discursive Processes of Intergenerational Transmission of Recent History: (Re)Making Our Past. [Review]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30 (2), pp.211-213. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0957926519830541c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of phonetic complexity in Arabic, Berber, English and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Gayraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Lahrouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Linguistics / Revue canadienne de linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (4), pp.527-555. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/cnj.2018.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01774442v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review: Johannes Angermuller, Analyse du discours poststructuraliste: Les voix du sujet dans le langage chez Lacan, Althusser, Foucault, Derrida, Sollers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (3), pp.359-360. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0957926516629754d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Ingjerd Hoëm (2015) - Languages of Governance in Conflict : Negotiating democracy in Tokelau (John Benjamins)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of Arabic(s): Making the Idiom speak for the Deme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rim Hamdi-Sultan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Modern Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (8), pp.94-116. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4314/ijma.v1i8.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01740835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récits de mort et souvenir traumatique. Trames et traces lexicales des témoignages sur la Shoah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argumentation et Analyse du Discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Varia, 13, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aad.1836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01253245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invited comment on Alain Testart - Reconstructing Social and Cultural Evolution : The Case of Dowry in the Indo-European Area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Testart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (1), pp.44-45. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/668679⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gènes et Langues : Une longue histoire commune ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 19, pp.243-264. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.5363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique et Sciences Humaines : De la coévolution à la corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers gabonais d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Numéro Spécial Génétique et sciences humaines (19)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génétique et Sciences Humaines : Une bibliographie commentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers gabonais d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Numéro Spécial Génétique et sciences humaines (19)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stuck in the forest: Trees, networks and Chinese dialects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diachronica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 23(1), pp.29-60. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/dia.23.1.04ham⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On cladistic reconstruction of linguistic trees through vowel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1 (12), pp.79-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00363669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neighbour-nets portray the Chinese dialect continuum and the linguistic legacy of China’s demic history</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 272, pp.1015-1022. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2004.3015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cladistic reconstruction of linguistic trees through vowel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Quantitative Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 12(1), pp.79-109. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09296170500055467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The origin and expansion of Afroasiatic: methodology for a pluridisciplinary approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15, pp.79-99. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomadic Roots, Feminine Roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tiempo y Papel; Lanzarote [Canarias. Espagne]. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconocer Lanzarote. First notebook. Nomadic Roots [Raíces nómadas]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2023, ISBN: 978-84-121492-8-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raíces nómadas, raíces femeninas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tiempo y Papel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">re.conocer Lanzarote - Cuaderno Primero - Raíces nómadas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, ISBN: 978-84-121492-6-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps de l’Histoire, Temps de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascaline Lefort; Christophe Rey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guerres et témoignages de guerres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Lambert-Lucas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Linguistique et sociolinguistique, 978-2-35935-333-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sapere Aude… et douter. La science comme voie moyenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Silberstein. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la science… pour vous ? Tome 2 : 51 scientifiques, philosophes et amateurs de sciences répondent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Matériologiques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.69-72, 2018, 978-2-37361-165-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylo-Linguistics: Enacting Darwin’s Linguistic Image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HEAMS, Thomas and HUNEMAN, Philippe and LECOINTRE, Guillaume and SILBERSTEIN, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Evolutionary Thinking in the Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.825-852, 2015, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-9014-7_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards (phylo-)linguistiques sur l'évolution des concepts scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Charbonnat, Mahé Ben Hamed, Guillaume Lecointre (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apparenter la pensée ? Vers une phylogénie des concepts savants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Matériologiques - Collection Sciences &amp; Philosophie, pp.187-218, 2014, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.charb.2014.01.0187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Apparenter la pensée ? Saisir l’évolution et la phylogénie des concepts savants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Charbonnat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lecointre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apparenter la pensée ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Matériologiques, pp.3, 2014, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.charb.2014.01.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saisir le sens dans les deux sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne Dister; Dominique Longrée; Gérald Purnelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2012 - Actes des 11es Journées Internationales d’Analyse Statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de Liége / Facultés Universitaires Saint Louis - Bruxelles.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.121-133, 2012, 978-2-9601246-0-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00909418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNIDIA: a database for deriving Diachronic Universals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Flavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etleva Vocaj, Fernande Dupuis, Monique Dufresnes (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical Linguistics 2007: Selected papers from the 18th International Conference on Historical Linguistics, Montreal, 6–11 August 2007 - Current Issues in Linguistic Theory 308</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.259-268, 2009, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.308.21ham⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La linguistique historique, nouveau terrain d’expérimentation de la phylogénie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Silberstein, Philippe Huneman, Thomas Heams, Guillaume Lecointre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mondes Darwiniens: L'évolution de l'évolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Syllepse, pp.975-996, 2009, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edmat.heams.2011.02.1235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme une guerre qui ne finissait jamais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Botiveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De silences et d'eau fraîche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Fonvielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèmes et thématiques dans le discours politique [dossier thématique]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 108, 2015, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mots.21969⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost & found in translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASA18 - Sociality, Matter, and the Imagination: Re-Creating Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University, Association of Social ANthropologists of the UK &amp; Commonwealth, Sep 2018, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The unclaimable rhythm of the wounded memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Holocaust and the Contemporary World International Interdisciplinary Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Cracovia, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temps de l’Histoire, Temps de la Mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Burnod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Dauchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrei Mougoutov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international pluridisciplinaire Guerres et Témoignages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jules Verne, Nov 2014, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meaning Genesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Applied Linguistics Association Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giving a face to the enemy terrorist images in the American press in the wake of 9/11</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Languaging Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Naples -, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux faces des cooccurrences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La cooccurrence : du fait statistique au fait textuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2012, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer des distances par la cooccurrence. Du discours politique contemporain aux textes classiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damon Mayaffre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues anciennes et analyse statistique : cinquante ans aprés. Distances textuelles et intertextualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-evaluating the Indo-European subbranching phylogeny of Ringe, Warnow & Taylor (2002)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Wenzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Freudenstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian D. Joseph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Annual Martin Luther King Day Linguistics Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ohio State University, Jan 2009, Columbus, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNIDIA : a database of diachronic universals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Historical Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Quebec at Montreal, Aug 2007, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which words could tell the history of Chinese dialects ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual New Zealand Phylogenetics Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2005, Whitianga, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pareto-Parsimony and Historical Linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Charleston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Russell Gray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MBE’O5 - Molecular Biology and Evolution Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Auckland, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About Congruence between data sets, pairwise matrices and tree topologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd European Mathematical Genetics Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing the history of Chinese through lexicon: Cladistics, distances and trees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIe Willi Hennig Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discretization and Human Populations Cladistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la Société d’Anthropologie de Paris: Réflexion sur les Méthodes utilisées en Anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et expansion de l’afro-asiatique: des limites méthodologiques de la génétique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVème Colloque du Groupe des Anthropologues de Langue Française (GALF): Biodiversité des populations humaines de Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Marrakech, Maroc, 22-25 Septembre 2003, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine et expansion de l’afro-asiatique: méthodologie pour une approche pluridisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles de la Société d’Anthropologie de Paris: Histoire des Peuplements - approches interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction cladistique d’arbres linguistiques par les voyelles. Quels apports pour les typologies linguistiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Typologie des langues et Universaux linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de Congruence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALPHY - Conférence Annuelle de Bioinformatique et de Génomique comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Evolutionary Biology to the Evolution of Languages: the edge of transposability,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Culture and Mind Conference : Integrating Perspectives and Methodologies in the study of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Portsmouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Genetics help unravel the Afroasiatic cradle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lounes Chikhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on the Evolution of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2004, Leipzig, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is congruence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Culture and Mind Conference : Integrating Perspectives and Methodologies in the study of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, Portsmouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cladistic reconstruction of linguistic trees through vocalic data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on the Evolution of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Harvard, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation arborée, représentation spatiale : comment choisir ? De la diversité des populations humaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Darlu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Dugoujon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guénoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egidio Marsico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées 2001 de la Société Française de Systématique: Systématique et Biogéographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi y a-t-il des langues différentes ? Cité-Langage, Parcours Les langues dans le Monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi une nouvelle langue apparaît-elle ? Cité-Langage, Parcours Les origines du Langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The DiaDM Project - A web-based platform for Diachronic Data and Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahé Ben Hamed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04124528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId117"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="97014653"/>
+    <w:nsid w:val="EDF19B64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A0802332"/>
+    <w:nsid w:val="914D8491"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="2A526392"/>
+    <w:nsid w:val="5725A211"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -640,51 +640,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maheben-hamed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5486-6788" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089426010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100898v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mah&#233; Ben Hamed" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13648470.2021.1949963" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201811v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957926519830541c" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774442v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Gayraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lahrouchi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cnj.2018.9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201812v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957926516629754d" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201826v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hamdi-Sultan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijma.v1i8.5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253245v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damon Mayaffre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aad.1836" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201686v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Testart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/668679" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360153v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Darlu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.5363" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360154v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360152v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360155v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Wang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.23.1.04ham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363669v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#233;e" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360156v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2004.3015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360158v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09296170500055467" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360157v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.564" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929536v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929526v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100924v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/guerres-et-temoignages-de-guerres/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201851v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://materiologiques.com/fr/sciences-philosophie/262-qu-est-ce-que-la-science-pour-vous--9782373611656.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360145v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9014-7_39" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.charb.2014.01.0187" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202268v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Charbonnat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.charb.2014.01.0003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909418v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/2268/147702" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360150v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flavier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.308.21ham" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360151v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.heams.2011.02.1235" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124223v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Botiveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124257v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fonvielle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201667v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.21969" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201792v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201722v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201765v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Burnod" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Dauchot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Mougoutov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201779v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360283v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360284v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonneau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360285v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201873v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Wenzel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Freudenstein" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D. Joseph" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201877v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201879v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201883v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Charleston" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Gray" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201886v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201892v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201890v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201899v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201895v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201902v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201908v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201833v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201836v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounes Chikhi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201832v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201837v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201839v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dugoujon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gu&#233;noche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Marsico" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201929v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201933v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124528v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maheben-hamed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5486-6788" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/089426010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543032v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mah&#233; Ben Hamed" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100898v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13648470.2021.1949963" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201811v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957926519830541c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01774442v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Gayraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lahrouchi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cnj.2018.9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201812v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0957926516629754d" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201826v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01740835v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Hamdi-Sultan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ijma.v1i8.5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253245v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damon Mayaffre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aad.1836" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201686v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Testart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/668679" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Darlu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.5363" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360154v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360152v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360155v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Wang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/dia.23.1.04ham" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00363669v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vall&#233;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360156v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2004.3015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360158v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09296170500055467" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360157v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.564" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929536v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929526v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100924v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lambert-lucas.com/livre/guerres-et-temoignages-de-guerres/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201851v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://materiologiques.com/fr/sciences-philosophie/262-qu-est-ce-que-la-science-pour-vous--9782373611656.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360145v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9014-7_39" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360146v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.charb.2014.01.0187" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202268v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Charbonnat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecointre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.charb.2014.01.0003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909418v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.handle.net/2268/147702" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360150v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Flavier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.308.21ham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360151v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.heams.2011.02.1235" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124223v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Botiveau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124257v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fonvielle" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201667v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.21969" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201792v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201722v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201765v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Burnod" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Dauchot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Mougoutov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201779v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360283v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360284v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bonneau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360285v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201873v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Wenzel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Freudenstein" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D. Joseph" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201877v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201879v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201883v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Charleston" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Gray" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201886v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201892v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201890v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201899v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201895v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201902v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201908v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201833v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201836v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounes Chikhi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201832v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201837v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201839v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dugoujon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gu&#233;noche" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Marsico" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201929v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201933v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04124528v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>