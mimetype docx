--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -135,3306 +135,3306 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cost vector effects in forced-choice discrete choice experiments: Assessing the acceptability of future glyphosate policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïa David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mermet-Bijon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Crastes Dit Sourd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Choice Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55, pp.100550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jocm.2025.100550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05031294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Planning sustainable urban lighting for biodiversity and society</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Tardieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Potin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chaurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Mariton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (6), pp.518-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44284-025-00245-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05138150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Urban Green Space Dilemma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Tuffery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Anougmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basak Bayramoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Land Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 102 (1), pp.052124-0046R1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3368/le.102.1.052124-0046R1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05299284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To tax or to ban? A discrete choice experiment to elicit public preferences for phasing out glyphosate use in agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalie Bjørnåvold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mermet-Bijon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Beaumais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Crastes Dit Sourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (3), pp.e0283131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0283131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why does France not meet its pesticide reduction targets? Farmers' socio-economic trade-offs when adopting agro-ecological practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amalie Bjørnåvold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bohan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 198, pp.107440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2022.107440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial preferences for invasion management: a choice experiment on the control of Ludwigia grandiflora in a French regional park.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douadia Bougherara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joakim Weill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (7), pp.1973-1993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-021-02707-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03476692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are citizens willing to accept changes in public lighting for biodiversity conservation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Tardieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 200, pp.107527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2022.107527⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Understanding farmers' reluctance to reduce pesticide use: A choice experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 167, pp.106349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2019.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02317175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Public policy design: Assessing the potential of new collective Agri-Environmental Schemes in the Marais Poitevin wetland region using a participatory approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Cornioley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Land Use Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 97, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2020.104724⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02898279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valuing the Impacts of An Invasive Biological Control Agent: A Choice Experiment on the Asian Ladybird in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raja Chakir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Gozlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aminata Sangare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Agricultural Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 67 (3), pp.619-638. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1477-9552.12160⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agri-environmental policies for biodiversity when the spatial pattern of the reserve matters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure L. Bamière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia M. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Vermont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85, pp.97-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2012.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental regulation and mergers within the eco-industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia M. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan J. Canton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard B. Sinclair-Desgagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strategic Behavior and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (2), pp.107-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1561/102.00000012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emission taxes and the market for abatement goods and services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain-Désiré Nimubona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resource and Energy Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (1), pp.179-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reseneeco.2010.04.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pollution abatement subsidies and the eco-industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental and Resource Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 45 (2), pp.271-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10640-009-9315-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politique environnementale et politique de la concurrence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie et Prévision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2007/2-3 (178-179), pp.125-138</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01186914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regulating a Polluting Oligopoly: Emission Tax or Voluntary Agreement?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Review of Development Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 9 (4), pp.514-529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-9361.2005.00291.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental Regulation and the Eco-Industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Regulatory Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 28 (2), pp.141-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11149-005-3106-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les approches volontaires comme instrument de régulation environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia M. David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française d'Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 19 (1), pp.227-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/rfeco.2004.1545⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taxe environnementale et approche volontaire en oligopole de Cournot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia M. David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Economique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 54 (3), pp.707-716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.543.0707⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSAE Brief n° 12 - Éclairer la ville ou protéger la biodiversité : faux dilemme</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Les citadins sont-ils prêts à réduire la place de la voiture pour végétaliser la ville ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basak Bayramoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Tuffery</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.64628/AAK.nqd664cqw⟩</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/AAK.w9hxeav34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05227729v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05301269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les citadins sont-ils prêts à réduire la place de la voiture pour végétaliser la ville ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">PSAE Brief n° 12 - Éclairer la ville ou protéger la biodiversité : faux dilemme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Tardieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Beaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Mariton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.64628/AAK.w9hxeav34⟩</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/AAK.nqd664cqw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05301269v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05227729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de l’acceptabilité des politiques publiques de sortie du glyphosate par une expérience de choix discret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, 4 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22004/ag.econ.335104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04114102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PSAE Brief n° 1 - Présentation de la collection et des thématiques de recherches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Georges Soler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chambolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Akolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nedoncelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tranchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éclairage public : les Français sont-ils prêts à éteindre la lumière ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Tardieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Beaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Amsallem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04393912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planning sustainable urban lighting for biodiversity and society</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Léa Mariton</w:t>
+                <w:t xml:space="preserve">Caractériser la demande sociale pour la biodiversité et les services écosystémiques à l’aide des sciences économiques : le cas du tramway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukaina Anougmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basak Bayramoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bonin, Sophie. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cities</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05138150v1</w:t>
+              <w:t xml:space="preserve">Infrastructures de transport créatives : mieux les intégrer aux écosystèmes, paysages et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, 2024, Synthèses, 9782759238125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Urban Green Space Dilemma</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Méthodes de préférences déclarées appliquées à l’évaluation de la nature en ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Tuffery</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...53 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne; Benjamin Fragny. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land Economics</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05299284v1</w:t>
+              <w:t xml:space="preserve">Économie urbaine et environnementale : Cours, cas pratiques, exercices: Licence 3, Master, Formation professionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck, Chap. 13, 2023, LMD Economie, 9782807345997</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost vector effects in forced-choice discrete choice experiments: Assessing the acceptability of future glyphosate policies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Vers une co-conception de paysages pour la santé des plantes et avec des acteurs du territoires: Evaluation économique du service de régulation de la santé des cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Romain Crastes Dit Sourd</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maia David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Choice Modelling</w:t>
-[...1695 lines deleted...]
-                <w:t xml:space="preserve">hal-02368395v1</w:t>
+              <w:t xml:space="preserve">Paysage, biodiversité fonctionnelle et santé des plantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 240 p., 2019, Sciences en Partage (Quae), 9782759230136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02317180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capacité des infrastructures de transport à répondre à la demande en Services Écosystémiques du MiliEu URbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basak Bayramoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias-Villessuzanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukaina Anougmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Boukcim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ITTECOP; INRAE; ESPI; ESPI2R; AgroParisTech; Valorhiz; Métropole de Lyon. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05299296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volet &amp;quot;écosystèmes agricoles&amp;quot; de l’Évaluation Française des Écosystèmes et des Services Écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] INRA. 2017, pp.966</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791232v1</w:t>
-              </w:r>
-[...353 lines deleted...]
-                <w:t xml:space="preserve">hal-02317180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3446,230 +3446,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dilemma of urban green spaces: Improved ecosystem services or smooth traffic?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The Dilemma of Urban Green Spaces: Improved Ecosystem Services or Smooth Traffic?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Tuffery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukaina Anougmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basak Bayramoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th European Real Estate Society Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ERES - European Real Estate Society, Jul 2023, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">AFSE Annual Congress - 71st Congress of the French Economic Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po Paris, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04570336v1</w:t>
+                <w:t xml:space="preserve">hal-04570315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Dilemma of Urban Green Spaces: Improved Ecosystem Services or Smooth Traffic?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Tuffery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukaina Anougmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basak Bayramoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Conférence annuelle de la FAERE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEE-M Center for Environmental Economics - Montpellier; Université de Montpellier, Sep 2023, Montpellier (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3688,191 +3688,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04570323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dilemma of Urban Green Spaces: Improved Ecosystem Services or Smooth Traffic?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The dilemma of urban green spaces: Improved ecosystem services or smooth traffic?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Tuffery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soukaina Anougmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basak Bayramoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Cantuarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFSE Annual Congress - 71st Congress of the French Economic Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sciences Po Paris, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">29th European Real Estate Society Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ERES - European Real Estate Society, Jul 2023, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04570315v1</w:t>
+                <w:t xml:space="preserve">hal-04570336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farmers' motivations to reduce their use of pesticides: a choice experiment analysis in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Chèze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3910,90 +3910,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for spatially heterogeneous preferences while managing invasive species: a choice experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douadia Bougherara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joakim Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Annual BIOECON Conference, Agriculture and Biodiversity: Spatial and Temporal Issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4018,90 +4018,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for spatially heterogeneous preferences while managing invasive species: a choice experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douadia Bougherara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joakim Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5.Workshop On Non-Market Valuation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Univerity of Leeds, Choice Modelling Center, Jun 2017, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4126,77 +4126,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farmers' motivations to reduce their use of pesticides: a choice experiment analysis in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Chèze</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Conférence annuelle de la FAERE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, French Association of Environmental and Resource Economists, Sep 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4221,103 +4221,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual vs collective in public policy design, a cooperation example in the Marais Poitevin region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Souchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Congress International Environmental Modelling and Software Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Environmental Modelling and Software Society (iEMSs). FRA., Jul 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4342,77 +4342,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A choice experiment assessment of the impacts of an invasive biological control agent: the case of the Asian ladybird in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raja R. Chakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Gozlan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Conférence annuelle de la FAERE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, French Association of Environmental and Resource Economists (FAERE). FRA., Sep 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4437,77 +4437,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental taxation and the structure of the eco-industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain-Désiré Nimubona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. EAERE Annual conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Thessalonique, Greece. 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4545,51 +4545,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental regulation and mergers within the eco-industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joan Canton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Desgagné-Sinclair</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4627,64 +4627,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the environmental subsidy in the presence of an eco-industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">. European Association of Environmental And Resource Economists</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4793,64 +4793,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Farmers' Reluctance to Reduce Pesticides use : a Choice Experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Chèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Martinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4868,64 +4868,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the environmental subsidy in the presence of an eco-industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4943,64 +4943,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental regulation and the eco-industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Sinclair-Desgagné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5044,271 +5044,271 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791226v1</w:t>
+                <w:t xml:space="preserve">hal-02791448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Tibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Accatino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791448v1</w:t>
+                <w:t xml:space="preserve">hal-02791226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5326,51 +5326,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instruments de politique environnementale en présence de comportements stratégiques des acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia M. David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Panthéon-Sorbonne, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5388,51 +5388,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instruments de politique environnementale en présence de comportements stratégiques des acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université Panthéon-Sorbonne (Paris I), 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5482,51 +5482,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economie des Approches Volontaires dans les Politiques Environnementales en Concurrence et Coopération Imparfaites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maia David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Ecole Polytechnique X, 2004. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5643,51 +5643,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E720CD39"/>
+    <w:nsid w:val="5A4091C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5874,51 +5874,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maia-david" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4546-9905" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227729v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tardieu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaudet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mariton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia David" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.nqd664cqw" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05301269v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basak Bayramoglu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias-Villessuzanne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Tuffery" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.w9hxeav34" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04114102v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.335104" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04926270v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chambolle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Akol&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nedoncelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tranchard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04393912v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Amsallem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05138150v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Potin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chaurand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44284-025-00245-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299284v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anougmar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3368/le.102.1.052124-0046R1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05031294v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a David" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mermet-Bijon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Crastes Dit Sourd" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocm.2025.100550" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057671v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalie Bj&#248;rn&#229;vold" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beaumais" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283131" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716593v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gibert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Rousselle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2022.107440" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476692v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douadia Bougherara" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Courtois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joakim Weill" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-021-02707-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749663v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2022.107527" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317175v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ch&#232;ze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.06.004" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898279v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Hardy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dray" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Cornioley" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2020.104724" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535818v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chakir" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gozlan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Sangare" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1477-9552.12160" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001364v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Bami&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia M. David" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Vermont" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2012.11.004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000329v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan J. Canton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Sinclair-Desgagn&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/102.00000012" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019345v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain-D&#233;sir&#233; Nimubona" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sinclair-Desgagn&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reseneeco.2010.04.010" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H32Q1TG8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172938v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-009-9315-3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S66722DJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186914v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368503v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11149-005-3106-8" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368655v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9361.2005.00291.x" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679944v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2004.1545" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368395v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.543.0707" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299296v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Anougmar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Blain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boukcim" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04393879v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Calvet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04393822v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317180v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Langlois" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1576/9782759230143/paysage-biodiversite-fonctionnelle-et-sante-des-plantes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570336v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570323v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570315v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879043v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ch&#232;ze" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789951v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800261v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743721v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741054v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja R. Chakir" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172828v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172840v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Canton" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desgagn&#233;-Sinclair" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818774v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Association of Environmental And Resource Economists" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association of Environmental And Resource Economists" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Asociaci&#243;n Latinoamericana y del Caribe de Economistas Ambientales y de Recursos Naturales" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03192158v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243054v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243019v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02808679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01544979v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000855v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/maia-david" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4546-9905" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05031294v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;a David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mermet-Bijon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Crastes Dit Sourd" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocm.2025.100550" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05138150v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Tardieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Beaudet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Potin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chaurand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Mariton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44284-025-00245-7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299284v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Tuffery" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Anougmar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basak Bayramoglu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias-Villessuzanne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia David" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3368/le.102.1.052124-0046R1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057671v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalie Bj&#248;rn&#229;vold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beaumais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283131" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03716593v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gibert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Rousselle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2022.107440" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476692v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douadia Bougherara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Courtois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joakim Weill" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-021-02707-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749663v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2022.107527" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317175v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ch&#232;ze" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.06.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02898279v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Hardy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dray" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Cornioley" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2020.104724" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535818v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chakir" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Gozlan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Sangare" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1477-9552.12160" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001364v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Bami&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia M. David" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Vermont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2012.11.004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000329v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan J. Canton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Sinclair-Desgagn&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/102.00000012" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019345v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain-D&#233;sir&#233; Nimubona" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sinclair-Desgagn&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reseneeco.2010.04.010" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H32Q1TG8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172938v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10640-009-9315-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-S66722DJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186914v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368655v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9361.2005.00291.x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368503v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11149-005-3106-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679944v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfeco.2004.1545" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368395v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.543.0707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05301269v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.w9hxeav34" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227729v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.nqd664cqw" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04114102v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.335104" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04926270v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chambolle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Akol&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nedoncelle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tranchard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04393912v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Amsallem" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04393879v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Calvet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Anougmar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04393822v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317180v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Langlois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1576/9782759230143/paysage-biodiversite-fonctionnelle-et-sante-des-plantes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299296v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Blain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Boukcim" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570315v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Cantuarias" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570323v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570336v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879043v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ch&#232;ze" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789951v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800261v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743721v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741054v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja R. Chakir" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172828v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172840v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Canton" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Desgagn&#233;-Sinclair" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818774v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. European Association of Environmental And Resource Economists" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association of Environmental And Resource Economists" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Asociaci&#243;n Latinoamericana y del Caribe de Economistas Ambientales y de Recursos Naturales" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03192158v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243054v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243019v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02808679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01544979v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000855v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>